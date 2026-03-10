--- v0 (2026-01-21)
+++ v1 (2026-03-10)
@@ -762,54 +762,51 @@
       <w:r w:rsidR="00A04311">
         <w:t xml:space="preserve"> Une con</w:t>
       </w:r>
       <w:r w:rsidR="00C40CD5">
         <w:t xml:space="preserve">vention </w:t>
       </w:r>
       <w:r w:rsidR="00A04311">
         <w:t>entre l’établissement d’accueil de l’étudiant et l’étudiant sera donc conclue.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B80906E" w14:textId="3E6F2CD1" w:rsidR="008C12CC" w:rsidRDefault="008C12CC" w:rsidP="002C3A60">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A172BE3" w14:textId="2171F3B2" w:rsidR="008C12CC" w:rsidRDefault="008C12CC" w:rsidP="002C3A60">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pour cet appel à candidature, les </w:t>
       </w:r>
       <w:r w:rsidR="001D3D3B">
-        <w:t>structures</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">structures </w:t>
       </w:r>
       <w:r>
         <w:t>concerné</w:t>
       </w:r>
       <w:r w:rsidR="001D3D3B">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>s sont ce</w:t>
       </w:r>
       <w:r w:rsidR="001D3D3B">
         <w:t>lles qui accueillent des étudiants en dernière année de formation en 2026/2027</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE0A97">
         <w:t>(y compris les élèves diplômés en février).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E02EE5" w14:textId="000F4DB4" w:rsidR="00D36408" w:rsidRDefault="00D36408" w:rsidP="00CA6C8A">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
       </w:pPr>
     </w:p>
@@ -1135,65 +1132,65 @@
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00344442">
         <w:t>ertificat de capacité d'orthoptiste</w:t>
       </w:r>
       <w:r>
         <w:t> : la 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00344442">
         <w:t>ème</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> année</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4CF866" w14:textId="366FA64A" w:rsidR="00E25817" w:rsidRDefault="00E25817" w:rsidP="00C67270">
+    <w:p w14:paraId="1B4CF866" w14:textId="419A1BCC" w:rsidR="00E25817" w:rsidRDefault="00E25817" w:rsidP="00C67270">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Nouveau) Diplôme d’Etat de Masseur-Kinésithérapeute : la </w:t>
       </w:r>
-      <w:r w:rsidR="00F7354B">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00840DFE">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E25817">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>ème</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> année</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3183CEB8" w14:textId="74168B78" w:rsidR="00C40CD5" w:rsidRDefault="00C40CD5" w:rsidP="00344442">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FF17E48" w14:textId="31B9070E" w:rsidR="00C40CD5" w:rsidRPr="00C40CD5" w:rsidRDefault="00C40CD5" w:rsidP="00C67270">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1231,64 +1228,64 @@
         <w:t>Diplôme d’Etat d’Aide-soignant (AS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCD7711" w14:textId="77777777" w:rsidR="00344442" w:rsidRDefault="00344442" w:rsidP="00344442">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Certificat de capacité d’orthophoniste : la 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00344442">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>ème</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> année</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB5317A" w14:textId="03CF269C" w:rsidR="00E25817" w:rsidRDefault="00E25817" w:rsidP="00E25817">
+    <w:p w14:paraId="5AB5317A" w14:textId="5929098D" w:rsidR="00E25817" w:rsidRDefault="00E25817" w:rsidP="00E25817">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(Nouveau) Diplôme d’Etat de Masseur-Kinésithérapeute : la </w:t>
       </w:r>
-      <w:r w:rsidR="00F7354B">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00840DFE">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E25817">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>ème</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> année</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A35869" w14:textId="4B5B5EC0" w:rsidR="00CE3446" w:rsidRDefault="00CE3446" w:rsidP="00C67270">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B4ED82D" w14:textId="6E3D306B" w:rsidR="008C12CC" w:rsidRDefault="008C12CC" w:rsidP="00C67270">
       <w:pPr>
         <w:pStyle w:val="corps-texte"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Ce dispositif ne peut se cumuler avec les contrats d’apprentissage et ne se substitue pas à la politique de formation interne de l’établissement (promotion professionnelle, études promotionnelles).</w:t>
       </w:r>
@@ -4594,253 +4591,211 @@
         </w:rPr>
         <w:t>7 000 euros net pour Infirmier</w:t>
       </w:r>
       <w:r w:rsidR="000357A7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t>, Manipulateur d’électrocardiographie médicale ou 5000 euros net pour Aide-soignant</w:t>
       </w:r>
       <w:r w:rsidR="00D25EE8">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A23C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A23C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3E6645C9" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
-          <w:highlight w:val="cyan"/>
-[...1 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">L’étudiant(e) perçoit 50% du montant total de l’allocation, soit </w:t>
       </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:pPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XXXXX</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’étudiant(e) perçoit 50% du montant total de l’allocation, soit </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> euros net, dès signature du présent contrat d’allocation d’études (subvention ARS versée à l’employeur).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74901432" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A la fin de la formation l’étudiant(e) percevra 50% du montant total de l’allocation, soit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A23C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XXXXX</w:t>
       </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> euros net, dès signature du présent contrat d’allocation d’études (subvention ARS versée à l’employeur).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74901432" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+        <w:t xml:space="preserve"> euros net.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5663BCBF" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">A la fin de la formation l’étudiant(e) percevra 50% du montant total de l’allocation, soit </w:t>
-      </w:r>
+        <w:t>Le versement de cette allocation s'effectue par virement bancaire sur le compte bancaire désigné par l'allocataire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4CCB85" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C2888E1" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Article 4 – Engagement de servir :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A17F83B" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A23C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>A l’obtention du diplôme de l’étudiant(e), l’établissement s’engage à le/la recruter dans les effectifs de son établissement, pour la durée définie à l’article 2 du présent contrat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249AB6C4" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A23C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En cas de refus par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A23C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>XXXXX</w:t>
+        <w:t>l’étudiant(e)/élève</w:t>
       </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> euros net.</w:t>
-[...116 lines deleted...]
-        <w:t>(e) devra rembourser la totalité des sommes perçues, accordées sous forme d’allocations d’études.</w:t>
+        <w:t xml:space="preserve"> diplômé(e) de prendre un poste au sein de l’établissement ou en cas de rupture anticipée de son engagement de servir, ce-tte dernièr(e) devra rembourser la totalité des sommes perçues, accordées sous forme d’allocations d’études.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E62540B" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D3F17D6" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Article 5 – Parcours professionnel</w:t>
@@ -5227,67 +5182,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ce</w:t>
       </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>tte</w:t>
       </w:r>
       <w:r w:rsidR="00A553C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t>(e) devra verser à l’établissement la totalité des sommes perçues pendant sa scolarité, accordées sous forme d’allocations d’études.</w:t>
+        <w:t xml:space="preserve"> dernièr(e) devra verser à l’établissement la totalité des sommes perçues pendant sa scolarité, accordées sous forme d’allocations d’études.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699BE596" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CC38DBA" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="004A23C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A23C7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Article 11 - non-respect de l’engagement de servir :</w:t>
@@ -5545,69 +5484,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4011" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39217544" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="00E241E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A23C7">
               <w:rPr>
                 <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Le/La Directrice/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> de l’établissement</w:t>
+              <w:t>Le/La Directrice/eur de l’établissement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="539C8A91" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="00E241E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="377CC6DA" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="00E241E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48E55B6F" w14:textId="77777777" w:rsidR="004A23C7" w:rsidRPr="004A23C7" w:rsidRDefault="004A23C7" w:rsidP="00E241E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Marianne Light" w:hAnsi="Marianne Light"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -10029,51 +9950,50 @@
   <w:num w:numId="27" w16cid:durableId="888154941">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1707868882">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="163709920">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="46682364">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="95562959">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1131092747">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#f9c,#b9fa00,#97cc00,#9ad000,#a1da00,#6f3,#f60,#cf6"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10089,50 +10009,51 @@
     <w:rsid w:val="00003EE5"/>
     <w:rsid w:val="00005195"/>
     <w:rsid w:val="000105DB"/>
     <w:rsid w:val="000108DA"/>
     <w:rsid w:val="00011314"/>
     <w:rsid w:val="000158CF"/>
     <w:rsid w:val="00020A24"/>
     <w:rsid w:val="00021594"/>
     <w:rsid w:val="00021F42"/>
     <w:rsid w:val="00022D55"/>
     <w:rsid w:val="00026D80"/>
     <w:rsid w:val="00030617"/>
     <w:rsid w:val="00035734"/>
     <w:rsid w:val="000357A7"/>
     <w:rsid w:val="00037EDF"/>
     <w:rsid w:val="000422E8"/>
     <w:rsid w:val="0005031B"/>
     <w:rsid w:val="00050E5D"/>
     <w:rsid w:val="000513D6"/>
     <w:rsid w:val="000520E3"/>
     <w:rsid w:val="000526CE"/>
     <w:rsid w:val="000539FE"/>
     <w:rsid w:val="000614E0"/>
     <w:rsid w:val="000623C4"/>
     <w:rsid w:val="00062D55"/>
+    <w:rsid w:val="0006320F"/>
     <w:rsid w:val="000632C0"/>
     <w:rsid w:val="000634B4"/>
     <w:rsid w:val="00066B63"/>
     <w:rsid w:val="00067274"/>
     <w:rsid w:val="00072595"/>
     <w:rsid w:val="00073B57"/>
     <w:rsid w:val="000752DB"/>
     <w:rsid w:val="00076BEA"/>
     <w:rsid w:val="00076C3A"/>
     <w:rsid w:val="00080464"/>
     <w:rsid w:val="00082371"/>
     <w:rsid w:val="00082FDB"/>
     <w:rsid w:val="000854F9"/>
     <w:rsid w:val="0008586E"/>
     <w:rsid w:val="00086311"/>
     <w:rsid w:val="000921F8"/>
     <w:rsid w:val="00096E73"/>
     <w:rsid w:val="000A3BD8"/>
     <w:rsid w:val="000A3EF7"/>
     <w:rsid w:val="000A4F32"/>
     <w:rsid w:val="000A5841"/>
     <w:rsid w:val="000A5AE1"/>
     <w:rsid w:val="000B0EDE"/>
     <w:rsid w:val="000B37E7"/>
     <w:rsid w:val="000B3E47"/>
@@ -10811,50 +10732,51 @@
     <w:rsid w:val="007F6503"/>
     <w:rsid w:val="00801F71"/>
     <w:rsid w:val="00802AAA"/>
     <w:rsid w:val="008030E3"/>
     <w:rsid w:val="00803AAA"/>
     <w:rsid w:val="00803E85"/>
     <w:rsid w:val="008058B1"/>
     <w:rsid w:val="00807371"/>
     <w:rsid w:val="00807AB0"/>
     <w:rsid w:val="008109AA"/>
     <w:rsid w:val="0081184F"/>
     <w:rsid w:val="00813983"/>
     <w:rsid w:val="00814AE6"/>
     <w:rsid w:val="00814EB9"/>
     <w:rsid w:val="0081556C"/>
     <w:rsid w:val="00823545"/>
     <w:rsid w:val="00825992"/>
     <w:rsid w:val="00832E4F"/>
     <w:rsid w:val="00834510"/>
     <w:rsid w:val="0083452F"/>
     <w:rsid w:val="00834626"/>
     <w:rsid w:val="00834888"/>
     <w:rsid w:val="00834EEA"/>
     <w:rsid w:val="008358EA"/>
     <w:rsid w:val="00840A08"/>
+    <w:rsid w:val="00840DFE"/>
     <w:rsid w:val="00840FB3"/>
     <w:rsid w:val="008416CC"/>
     <w:rsid w:val="008417E7"/>
     <w:rsid w:val="00844B44"/>
     <w:rsid w:val="00844DE5"/>
     <w:rsid w:val="00844DED"/>
     <w:rsid w:val="00850330"/>
     <w:rsid w:val="00857312"/>
     <w:rsid w:val="00857A98"/>
     <w:rsid w:val="00857B19"/>
     <w:rsid w:val="00862894"/>
     <w:rsid w:val="00864522"/>
     <w:rsid w:val="00867C2D"/>
     <w:rsid w:val="00870138"/>
     <w:rsid w:val="00870473"/>
     <w:rsid w:val="008708B5"/>
     <w:rsid w:val="00870E39"/>
     <w:rsid w:val="008732FB"/>
     <w:rsid w:val="00876D66"/>
     <w:rsid w:val="008777B0"/>
     <w:rsid w:val="00877952"/>
     <w:rsid w:val="0088075B"/>
     <w:rsid w:val="00880F5C"/>
     <w:rsid w:val="00881382"/>
     <w:rsid w:val="00885D73"/>
@@ -11504,50 +11426,51 @@
     <w:rsid w:val="00F54105"/>
     <w:rsid w:val="00F56209"/>
     <w:rsid w:val="00F572D7"/>
     <w:rsid w:val="00F6118B"/>
     <w:rsid w:val="00F637DF"/>
     <w:rsid w:val="00F63A08"/>
     <w:rsid w:val="00F63D2F"/>
     <w:rsid w:val="00F64CCC"/>
     <w:rsid w:val="00F67EAB"/>
     <w:rsid w:val="00F70135"/>
     <w:rsid w:val="00F709AD"/>
     <w:rsid w:val="00F715D6"/>
     <w:rsid w:val="00F71A97"/>
     <w:rsid w:val="00F723A9"/>
     <w:rsid w:val="00F72772"/>
     <w:rsid w:val="00F734C2"/>
     <w:rsid w:val="00F7354B"/>
     <w:rsid w:val="00F73732"/>
     <w:rsid w:val="00F7389D"/>
     <w:rsid w:val="00F741E3"/>
     <w:rsid w:val="00F7494E"/>
     <w:rsid w:val="00F74C7A"/>
     <w:rsid w:val="00F7557D"/>
     <w:rsid w:val="00F76F5D"/>
     <w:rsid w:val="00F813D6"/>
+    <w:rsid w:val="00F82933"/>
     <w:rsid w:val="00F850B2"/>
     <w:rsid w:val="00F862F1"/>
     <w:rsid w:val="00F90110"/>
     <w:rsid w:val="00F90420"/>
     <w:rsid w:val="00F92839"/>
     <w:rsid w:val="00F9288E"/>
     <w:rsid w:val="00F94416"/>
     <w:rsid w:val="00F9522A"/>
     <w:rsid w:val="00F97487"/>
     <w:rsid w:val="00FA07B3"/>
     <w:rsid w:val="00FA0A7C"/>
     <w:rsid w:val="00FA31E2"/>
     <w:rsid w:val="00FA477D"/>
     <w:rsid w:val="00FA4BCD"/>
     <w:rsid w:val="00FA50BC"/>
     <w:rsid w:val="00FA54EF"/>
     <w:rsid w:val="00FA617E"/>
     <w:rsid w:val="00FA625F"/>
     <w:rsid w:val="00FB0FBD"/>
     <w:rsid w:val="00FB1FCF"/>
     <w:rsid w:val="00FB2243"/>
     <w:rsid w:val="00FB2901"/>
     <w:rsid w:val="00FB47A5"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rsid w:val="00FB71B8"/>