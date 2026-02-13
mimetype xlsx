--- v0 (2025-12-28)
+++ v1 (2026-02-13)
@@ -1,989 +1,3948 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DS-DIRECTION-STRATEGIE\DS-COORDINATION-PROJETS-TRANSVERSES\11 - DEMOCRATIE EN SANTE\CDU\Liste_postes_vacants\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DS-DIRECTION-STRATEGIE\DS-COORDINATION-PROJETS-TRANSVERSES\11 - DEMOCRATIE EN SANTE\CDU\0_Comité_régio_CDU\Comité 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{883E808A-CE39-46E9-B7A9-C08EEA1AC01B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{03AC54E4-B6C7-458A-B13D-D7409DFADF19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{ED646E72-EAB1-4256-A546-89824B75468A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="21840" windowHeight="13020" xr2:uid="{A957C4AD-C627-4FCD-BFCA-A2A0C47865A9}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Feuil1!$A$1:$R$490</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="175">
-[...13 lines deleted...]
-    <t>Seine Maritime</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2617" uniqueCount="837">
+  <si>
+    <t xml:space="preserve">N° </t>
+  </si>
+  <si>
+    <t>GHT (pour les établissements publics)</t>
+  </si>
+  <si>
+    <t>ÉTABLISSEMENT</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>COMMUNE</t>
+  </si>
+  <si>
+    <t>NOM - PRÉNOM</t>
+  </si>
+  <si>
+    <t>association agréée nom entier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                          </t>
+  </si>
+  <si>
+    <t>pdt.e / Délégué</t>
+  </si>
+  <si>
+    <t>Prénom Président</t>
+  </si>
+  <si>
+    <t>Nom Président</t>
+  </si>
+  <si>
+    <t>adresse mail asso</t>
+  </si>
+  <si>
+    <t>tel asso</t>
+  </si>
+  <si>
+    <t>POSTE</t>
+  </si>
+  <si>
+    <t>adresse postale président</t>
+  </si>
+  <si>
+    <t>CP président</t>
+  </si>
+  <si>
+    <t>Commune président</t>
+  </si>
+  <si>
+    <t>14, CALVADOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANIDER </t>
+  </si>
+  <si>
+    <t>http://www.anider.asso.fr/</t>
+  </si>
+  <si>
+    <t>ÉPRON</t>
+  </si>
+  <si>
+    <t>BOSSUAT Sylvie</t>
+  </si>
+  <si>
+    <t>France Rein Normandie</t>
+  </si>
+  <si>
+    <t>https://www.francerein.org/region/normandie#:~:text=France%20Rein%20Normandie%20%C3%A0%20%C3%A9t%C3%A9%20cr%C3%A9e%20le%2023,Alen%C3%A7on%2C%20Caen%2C%20Cherbourg%2C%20Evreux%2C%20Le%20Havre%20et%20Rouen.</t>
+  </si>
+  <si>
+    <t>Corinne GUERIN</t>
+  </si>
+  <si>
+    <t>normandie@francerein.org</t>
+  </si>
+  <si>
+    <t>06 23 09 67 07</t>
+  </si>
+  <si>
+    <t>Titulaire 1</t>
+  </si>
+  <si>
+    <t>En attente de désignation</t>
+  </si>
+  <si>
+    <t>Association des Paralysés de France</t>
+  </si>
+  <si>
+    <t>https://www.apf-francehandicap.org/</t>
+  </si>
+  <si>
+    <t>nathalie.riviere@apf.asso.fr</t>
+  </si>
+  <si>
+    <t>02 31 06 82 80</t>
+  </si>
+  <si>
+    <t>Suppléant(e) 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAIR Stéphane </t>
+  </si>
+  <si>
+    <t>Titulaire 2</t>
+  </si>
+  <si>
+    <t>DIJON Michel</t>
+  </si>
+  <si>
+    <t>Suppléant(e) 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre de Lutte contre le Cancer François Baclesse </t>
+  </si>
+  <si>
+    <t>https://www.baclesse.fr/</t>
+  </si>
+  <si>
+    <t>CAEN</t>
+  </si>
+  <si>
+    <t>DELPERIE Nicole</t>
+  </si>
+  <si>
+    <t>Alliances Maladies Rares</t>
+  </si>
+  <si>
+    <t>http://www.udaf14.fr/index2.php?module=news&amp;PGL=4</t>
+  </si>
+  <si>
+    <t>Paul MERCIER DES ROCHETTES</t>
+  </si>
+  <si>
+    <t>alliance.normandie@maladiesrares.org</t>
+  </si>
+  <si>
+    <t>02 31 54 64 34</t>
+  </si>
+  <si>
+    <t>06 73 74 09 29</t>
+  </si>
+  <si>
+    <t>DE VANSSAY Christine</t>
+  </si>
+  <si>
+    <t>Association d'usagers de la santé mentale</t>
+  </si>
+  <si>
+    <t>http://www.advocacy-normandie.fr/</t>
+  </si>
+  <si>
+    <t>delegation.regionale@advocacy-normandie.fr</t>
+  </si>
+  <si>
+    <t>06 86 91 99 96</t>
+  </si>
+  <si>
+    <t>TURGIS Réjane</t>
+  </si>
+  <si>
+    <t>Union Départementale des Associations Familiales du Calvados</t>
+  </si>
+  <si>
+    <t>ageslot@udaf14.fr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hopital privé Saint Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caen </t>
+  </si>
+  <si>
+    <t>GUIBERT Yannick</t>
+  </si>
+  <si>
+    <t>jmdujardin@outlook.fr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAJ </t>
+  </si>
+  <si>
+    <t>LECHARPENTIER Martine</t>
+  </si>
+  <si>
+    <t>suppléant(e ) 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TURGIS Réjane </t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Aunay-Bayeux</t>
+  </si>
+  <si>
+    <t>http://www.ch-bayeux.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bayeux </t>
+  </si>
+  <si>
+    <t>CLAUDE Xavier</t>
+  </si>
+  <si>
+    <t>Association Française des Diabétiques</t>
+  </si>
+  <si>
+    <t>https://afd14-61-50nc.federationdesdiabetiques.org/infos-pratiques</t>
+  </si>
+  <si>
+    <t>Jean-Marc DUJARDIN</t>
+  </si>
+  <si>
+    <t>LEDOYEN Gilles</t>
+  </si>
+  <si>
+    <t>LAFARGE Delphine</t>
+  </si>
+  <si>
+    <t>PINEAU Chantal</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Falaise</t>
+  </si>
+  <si>
+    <t>http://www.ch-falaise.fr/</t>
+  </si>
+  <si>
+    <t>Falaise</t>
+  </si>
+  <si>
+    <t>BLIN Jean-Michel</t>
+  </si>
+  <si>
+    <t>Suppléant(e) 0</t>
+  </si>
+  <si>
+    <t>POIRIER Marie-Ange</t>
+  </si>
+  <si>
+    <t>INDECOSA CGT Calvados</t>
+  </si>
+  <si>
+    <t>BERGAR Didier</t>
+  </si>
+  <si>
+    <t>a.faucon.indecosa@cgt.fr</t>
+  </si>
+  <si>
+    <t>06 66 15 53 58</t>
+  </si>
+  <si>
+    <t>FOURGEAUD POINTCHEVAL Monique</t>
+  </si>
+  <si>
+    <t>7 66 15 53 58</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de la Côte Fleurie</t>
+  </si>
+  <si>
+    <t>http://www.ch-cotefleurie.com/</t>
+  </si>
+  <si>
+    <t>CRICQUEBOEUF</t>
+  </si>
+  <si>
+    <t>DELOBELLE Ann</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LE RICQUE Michel
+</t>
+  </si>
+  <si>
+    <t>http://www.udaf14.fr/index2.php?module=news&amp;PGL=5</t>
+  </si>
+  <si>
+    <t>3 31 54 64 34</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Pont L'Evêque</t>
+  </si>
+  <si>
+    <t>http://ch-ple.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pont-L'évêque </t>
+  </si>
+  <si>
+    <t>LEROY Myriam</t>
+  </si>
+  <si>
+    <t>Visite des malades dans les etablissements hospitaliers</t>
+  </si>
+  <si>
+    <t>https://www.jalmalv-normandie.com/jalmalv-calvados</t>
+  </si>
+  <si>
+    <t>vmeh14@free.fr</t>
+  </si>
+  <si>
+    <t>02 31 78 84 90</t>
+  </si>
+  <si>
+    <t>M'BARK Béatrice</t>
+  </si>
+  <si>
+    <t>VINCENT Nicolas</t>
+  </si>
+  <si>
+    <t>GHT Les collines de Normandie</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Vire</t>
+  </si>
+  <si>
+    <t>https://ght-collinesdenormandie.fr/</t>
+  </si>
+  <si>
+    <t>Vire</t>
+  </si>
+  <si>
+    <t>JAMET Brigitte</t>
+  </si>
+  <si>
+    <t>Union Fédérale des Consommateurs</t>
+  </si>
+  <si>
+    <t>https://www.quechoisir.org/un-litige/al-129-ufc-que-choisir-du-bocage-virois/</t>
+  </si>
+  <si>
+    <t>ufcquechoisir.bocagevirois@orange.fr</t>
+  </si>
+  <si>
+    <t>02 31 67 73 66</t>
+  </si>
+  <si>
+    <t>VAUTIER Jocelyne</t>
+  </si>
+  <si>
+    <t>SUZANNE Janick</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union nationale de familles et amis de personnes malades et/ou handicapées psychiques </t>
+  </si>
+  <si>
+    <t>https://www.unafaHommeorg/normandie</t>
+  </si>
+  <si>
+    <t>normandie@unafaHommeorg</t>
+  </si>
+  <si>
+    <t>06 33 21 56 71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier Robert Bisson </t>
+  </si>
+  <si>
+    <t>https://www.ch-lisieux.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lisieux </t>
+  </si>
+  <si>
+    <t>http://vmeh14.free.fr/index.html</t>
+  </si>
+  <si>
+    <t>Monique KONCEWIECZ</t>
+  </si>
+  <si>
+    <t>CZECZKO Annick</t>
+  </si>
+  <si>
+    <t>CHANCE Françoise</t>
+  </si>
+  <si>
+    <t>CHU de Caen</t>
+  </si>
+  <si>
+    <t>https://www.chu-caen.fr/</t>
+  </si>
+  <si>
+    <t>Union Fédérale des consommateurs</t>
+  </si>
+  <si>
+    <t>https://caen.ufcquechoisir.fr/</t>
+  </si>
+  <si>
+    <t>Jackie BAUCHER</t>
+  </si>
+  <si>
+    <t>contact@caen.ufcquechoisir.fr</t>
+  </si>
+  <si>
+    <t>02 31 86 32 54</t>
+  </si>
+  <si>
+    <t>GAREAU Sylvie</t>
+  </si>
+  <si>
+    <t>KAMTCHOUING Rose</t>
+  </si>
+  <si>
+    <t>Association de défense des patients et des usagers de la santé</t>
+  </si>
+  <si>
+    <t>http://lelien-association.fr/asso/index.php</t>
+  </si>
+  <si>
+    <t>Alain-Michel CERETTI</t>
+  </si>
+  <si>
+    <t>contact@associationlien.fr</t>
+  </si>
+  <si>
+    <t>06 75 86 10 12</t>
+  </si>
+  <si>
+    <t>Clinique de la Miséricorde Caen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUILBERT Laurence </t>
+  </si>
+  <si>
+    <t>CERA DA CONCEICAO Laurence</t>
+  </si>
+  <si>
+    <t>HAISE Annick</t>
+  </si>
+  <si>
+    <t>Fondation hospitalière de la miséricorde (FHF)</t>
+  </si>
+  <si>
+    <t>http://www.fondation-misericorde.fr/les-etablissements/la-clinique-de-la-misericorde/</t>
+  </si>
+  <si>
+    <t>FLEURIOT Jean-Jacques</t>
+  </si>
+  <si>
+    <t>Association des accidentés de la vie</t>
+  </si>
+  <si>
+    <t>https://www.fnath.org/</t>
+  </si>
+  <si>
+    <t>François MARTIN</t>
+  </si>
+  <si>
+    <t>fnath.14@wanadoo.fr</t>
+  </si>
+  <si>
+    <t>Vivalto santé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clinique Notre Dame </t>
+  </si>
+  <si>
+    <t>https://cliniquenotredame.vivalto-sante.com/</t>
+  </si>
+  <si>
+    <t>CORDON Serge</t>
+  </si>
+  <si>
+    <t>AFM Téléthon</t>
+  </si>
+  <si>
+    <t>EPSM de Caen</t>
+  </si>
+  <si>
+    <t>http://www.epsm-caen.fr/</t>
+  </si>
+  <si>
+    <t>PILLU Joël</t>
+  </si>
+  <si>
+    <t>Eric MEDRINAL</t>
+  </si>
+  <si>
+    <t>GUERIN Yves</t>
+  </si>
+  <si>
+    <t>HAD Croix Rouge Française de Caen</t>
+  </si>
+  <si>
+    <t>Groupe clinique developpement</t>
+  </si>
+  <si>
+    <t>Höpital Privé du Pays d'Auge</t>
+  </si>
+  <si>
+    <t>http://www.cliniquedeveloppement.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deauville </t>
+  </si>
+  <si>
+    <t>FAUCON Arnaud</t>
+  </si>
+  <si>
+    <t>LE RICQUE Michel</t>
+  </si>
+  <si>
+    <t>Ramsay santé</t>
+  </si>
+  <si>
+    <t>Hôpital Privé Saint-Martin Caen</t>
+  </si>
+  <si>
+    <t>https://hopital-prive-saint-martin-caen.ramsaygds.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUJARDIN Jean-Marc </t>
+  </si>
+  <si>
+    <t>02 31 93 16 50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMPR du Bois de Lébisey </t>
+  </si>
+  <si>
+    <t>https://www.impr-herouville.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hérouville Saint Clair </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESNAULT Pascal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERY Dominique </t>
+  </si>
+  <si>
+    <t>HAKEM Ali</t>
+  </si>
+  <si>
+    <t>HELIAS Régine</t>
+  </si>
+  <si>
+    <t>KORIAN Brocéliande</t>
+  </si>
+  <si>
+    <t>https://www.korian.fr/clinique-ssr/ssr-korian-broceliande-caen-14000</t>
+  </si>
+  <si>
+    <t>Association Française des Sclérosés en plaques (AFSEP)</t>
+  </si>
+  <si>
+    <t>afsep@afsep.fr</t>
+  </si>
+  <si>
+    <t>02 31 72 25 40</t>
+  </si>
+  <si>
+    <t>TURGIS Maryse</t>
+  </si>
+  <si>
+    <t>EVRARD Michel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LELIEVRE Nathalie </t>
+  </si>
+  <si>
+    <t>KORIAN Côtes Normandes</t>
+  </si>
+  <si>
+    <t>https://www.korian.fr/clinique-ssr/ssr-korian-cote-normande-ifs-14123</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>LELIEVRE Nathalie</t>
+  </si>
+  <si>
+    <t>LECONTE Annie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KORIAN THALATTA </t>
+  </si>
+  <si>
+    <t>https://www.korian.fr/clinique-ssr/ssr-korian-thalatta-ouistreham-14150</t>
+  </si>
+  <si>
+    <t>Ouistreham</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BESOMBES Paul </t>
+  </si>
+  <si>
+    <t>Association pour le droit de mourir dans la dignité</t>
+  </si>
+  <si>
+    <t>ru@admd.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polyclinique du Parc </t>
+  </si>
+  <si>
+    <t>https://www.elsan.care/fr/polyclinique-parc-caen</t>
+  </si>
+  <si>
+    <t>https://www.alliance-maladies-rares.org/</t>
+  </si>
+  <si>
+    <t>SSR Pédiatrique Manoir d'Aprigny</t>
+  </si>
+  <si>
+    <t>https://www.ladapt.net/sites/default/files/atoms/document/plaquette_ssr_ehb_ladapt2_1.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COHEN-ADAD Alain </t>
+  </si>
+  <si>
+    <t>PASQUIER Jean-philippe</t>
+  </si>
+  <si>
+    <t>delegation14@afm-telethon.fr</t>
+  </si>
+  <si>
+    <t>27, EURE</t>
+  </si>
+  <si>
+    <t>UGECAM</t>
+  </si>
+  <si>
+    <t>Centre de soins de suite et de réadaptation (CSSR) l'Hostréa</t>
+  </si>
+  <si>
+    <t>http://www.ugecam-normandie.fr/etablissements/cssr-lhostrea</t>
+  </si>
+  <si>
+    <t>Noyers</t>
+  </si>
+  <si>
+    <t>TIXIER Michèle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier de Bernay Anne De Ticheville </t>
+  </si>
+  <si>
+    <t>http://www.ch-bernay.fr/</t>
+  </si>
+  <si>
+    <t>Bernay</t>
+  </si>
+  <si>
+    <t>JEAN Monique</t>
+  </si>
+  <si>
+    <t>Alccol Assistance 76</t>
+  </si>
+  <si>
+    <t>bcduez@gmail.com</t>
+  </si>
+  <si>
+    <t>02 32 59 57 57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALLIX Hubert </t>
+  </si>
+  <si>
+    <t>Union Départementale des associations familiales de l'Eure</t>
+  </si>
+  <si>
+    <t>http://www.udaf27.org/</t>
+  </si>
+  <si>
+    <t>Eric RECTENWALD</t>
+  </si>
+  <si>
+    <t>valerielefebvre@udaf27.org</t>
+  </si>
+  <si>
+    <t>02 32 29 67 00</t>
+  </si>
+  <si>
+    <t>DUEZ Bernard</t>
+  </si>
+  <si>
+    <t>https://www.alcoolassistance.net/</t>
+  </si>
+  <si>
+    <t>Bernard DUEZ</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Gisors</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.ch-gisors.fr/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gisors </t>
+  </si>
+  <si>
+    <t>PORTEJOIE Claude</t>
+  </si>
+  <si>
+    <t>Suppléant 1</t>
+  </si>
+  <si>
+    <t>MARQUOIS Dominique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ligue contre le cancer 76 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ligue contre le cancer 27 </t>
+  </si>
+  <si>
+    <t>https://www.ligue-cancer.net/cd27/journal</t>
+  </si>
+  <si>
+    <t>Nanou DESSAUX</t>
+  </si>
+  <si>
+    <t>cd27@ligue-cancer.net</t>
+  </si>
+  <si>
+    <t>02 32 39 39 45 / 06 07 30 06 85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVERTON Raymonde </t>
+  </si>
+  <si>
+    <t>Suppléante 2</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de la Risle Pont Audemer</t>
+  </si>
+  <si>
+    <t>https://ch-pont-audemer.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pont-Audemer </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M'BARCK Béatrice </t>
+  </si>
+  <si>
+    <t>Association des Diabétiques de Haute Normandie</t>
+  </si>
+  <si>
+    <t>https://afdhnormandie.federationdesdiabetiques.org/qui-soFemmes-nous</t>
+  </si>
+  <si>
+    <t>Mauricette DUPONT</t>
+  </si>
+  <si>
+    <t>associationdesdiabetiques7627@gmail.com</t>
+  </si>
+  <si>
+    <t>02 32 56 33 49</t>
+  </si>
+  <si>
+    <t>DRIEL NOEL Magali</t>
+  </si>
+  <si>
+    <t>Consommation Logement Cadre de Vie
+Association nationale de défense des consommateurs et usagers</t>
+  </si>
+  <si>
+    <t>https://www.clcv.org/nos-coordonnees/76/clcv-n-d-de-gravenchon</t>
+  </si>
+  <si>
+    <t>clcv.ndgravenchon@orange.fr</t>
+  </si>
+  <si>
+    <t>02 35 38 72 88</t>
+  </si>
+  <si>
+    <t>JEANNIN Thierry</t>
+  </si>
+  <si>
+    <t>Hôpital Pierre Hurabielle Bourg Achard</t>
+  </si>
+  <si>
+    <t>http://www.hopital-bourgachard.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bourg Achard </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUPONT Mauricette </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier de Saint-Jacques des Andelys </t>
+  </si>
+  <si>
+    <t>http://www.hopital-lesandelys.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Andelys </t>
+  </si>
+  <si>
+    <t>TOUZARD Evelyne</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier du Neubourg</t>
+  </si>
+  <si>
+    <t>https://www.leneubourg.fr/education-solidarite-sante/seniors/hopital-et-maisons-de-retraite/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le Neubourg </t>
+  </si>
+  <si>
+    <t>PAVARD Jean-Marc</t>
+  </si>
+  <si>
+    <t>UFC Que Choisir de l'Eure</t>
+  </si>
+  <si>
+    <t>https://www.quechoisir.org/un-litige/al-150-ufc-que-choisir-de-l-eure/</t>
+  </si>
+  <si>
+    <t>Jean6Yves GUYOMARCH</t>
+  </si>
+  <si>
+    <t>ufc.evreux@orange.fr</t>
+  </si>
+  <si>
+    <t>02 32 39 44 70</t>
+  </si>
+  <si>
+    <t>COTTIN Catherine</t>
+  </si>
+  <si>
+    <t>Jusqu'à la mort accompagner la vie</t>
+  </si>
+  <si>
+    <t>jalmalv-rouen.association@neuf.fr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier Eure Seine </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evreux </t>
+  </si>
+  <si>
+    <t>ANDREOLETTI Sylvie</t>
+  </si>
+  <si>
+    <t>LEPILLEUR Jean-Marie</t>
+  </si>
+  <si>
+    <t>Union Départementale des Associations Familiales de Seine-Maritime</t>
+  </si>
+  <si>
+    <t>http://www.udaf76.fr/</t>
+  </si>
+  <si>
+    <t>Noelle DOMBRONSKI</t>
+  </si>
+  <si>
+    <t>dokinoe@orange.fr</t>
+  </si>
+  <si>
+    <t>02 76 51 71 58</t>
+  </si>
+  <si>
+    <t>https://www.ch-eureseine.fr/</t>
+  </si>
+  <si>
+    <t>POULIQUEN Isabelle</t>
+  </si>
+  <si>
+    <t>Visite des malades dans les étblissements hospitaliers</t>
+  </si>
+  <si>
+    <t>https://www.vmeh-national.com/</t>
+  </si>
+  <si>
+    <t>27vmeh@gmail.com</t>
+  </si>
+  <si>
+    <t>HAMELET Marie-Angèle</t>
+  </si>
+  <si>
+    <t>Homme LEMAGNANT responsable régional</t>
+  </si>
+  <si>
+    <t>02 31 06 82 80
+06 89 09 36 68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier Intercommunal Elbeuf Louviers Val De Reuil </t>
+  </si>
+  <si>
+    <t>https://chi-elbeuf-louviers.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elbeuf </t>
+  </si>
+  <si>
+    <t>PENNARUN Olivier</t>
+  </si>
+  <si>
+    <t>Ligue Française contre la SEP</t>
+  </si>
+  <si>
+    <t>http://www.ligue-sclerose.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEREZ Claire </t>
+  </si>
+  <si>
+    <t>CLCV ROUEN  METROPOLE</t>
+  </si>
+  <si>
+    <t>clcv-rouen-metropole@clcv.org</t>
+  </si>
+  <si>
+    <t>Suppléant€ 1</t>
+  </si>
+  <si>
+    <t>MIGLIERINA Jean-Louis</t>
+  </si>
+  <si>
+    <t>https://www.ligue-cancer.net/cd76/journal</t>
+  </si>
+  <si>
+    <t>Yvon GRAIC</t>
+  </si>
+  <si>
+    <t>cd76@ligue-cancer.net</t>
+  </si>
+  <si>
+    <t>02 35 89 20 26</t>
+  </si>
+  <si>
+    <t>BENHAROUN Anne-Marie</t>
+  </si>
+  <si>
+    <t>Communauté des Etvalissements du Sud de l'Eure</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Verneuil Sur Avre</t>
+  </si>
+  <si>
+    <t>http://www.vbr-sudeure.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verneuil sur Avre </t>
+  </si>
+  <si>
+    <t>BOLUFER PUSEY Sylvie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEPILLEUR Jean-Marie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hôpital privé de l'Eure </t>
+  </si>
+  <si>
+    <t>https://www.cliniquebergouignan.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOMO Josette </t>
+  </si>
+  <si>
+    <t>MAURY Catherine</t>
+  </si>
+  <si>
+    <t>DESSAUX Maryvonne</t>
+  </si>
+  <si>
+    <t>JUBLANC-DUCARPE Pascal</t>
+  </si>
+  <si>
+    <t>Suppléant 2</t>
+  </si>
+  <si>
+    <t>Suppléant(e) 3</t>
+  </si>
+  <si>
+    <t>Groupe Sinoué, santé mentale</t>
+  </si>
+  <si>
+    <t>Clinique des portes de l'Eure Vernon</t>
+  </si>
+  <si>
+    <t>https://www.sinoue.com/etablissement/clinique-des-portes-de-leure/</t>
+  </si>
+  <si>
+    <t>Vernon</t>
+  </si>
+  <si>
+    <t>PARMENTIER Colette</t>
+  </si>
+  <si>
+    <t>DORDAIN Pascal</t>
+  </si>
+  <si>
+    <t>JOURNO Chantal</t>
+  </si>
+  <si>
+    <t>INICEA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clinique La Mare O Dans </t>
+  </si>
+  <si>
+    <t>https://www.inicea.fr/clinique-la-mare-o-dans-damps/accueil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Damps </t>
+  </si>
+  <si>
+    <t>REYNOLDS Barbara</t>
+  </si>
+  <si>
+    <t>CLINEA est une filiale du Groupe français ORPEA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clinique Les Bruyeres </t>
+  </si>
+  <si>
+    <t>https://www.clinea.fr/clinique-daddictologie-les-bruyeres-brosville-27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brosville </t>
+  </si>
+  <si>
+    <t>HELOU Jean-Marie</t>
+  </si>
+  <si>
+    <t>02 32 40 79 75</t>
+  </si>
+  <si>
+    <t>Nouvel Hôpital de Navarre (NHN)</t>
+  </si>
+  <si>
+    <t>HAD Eure Seine</t>
+  </si>
+  <si>
+    <t>https://www.hadfrance.fr/had-eure-seine/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANONVILLE Evelyne </t>
+  </si>
+  <si>
+    <t>La renaissance sanitaire fondation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hôpital La Musse </t>
+  </si>
+  <si>
+    <t>https://www.larenaissancesanitaire.fr/musse.php</t>
+  </si>
+  <si>
+    <t>Saint sébastien de Morsent</t>
+  </si>
+  <si>
+    <t>PARIN Thierry</t>
+  </si>
+  <si>
+    <t>Hôpital privé Pasteur Evreux</t>
+  </si>
+  <si>
+    <t>https://www.clinique-pasteur-evreux.fr/</t>
+  </si>
+  <si>
+    <t>Institut Médical Spécialisé de l'Eure</t>
+  </si>
+  <si>
+    <t>https://www.clinea.fr/clinique-la-loviere-louviers-27</t>
+  </si>
+  <si>
+    <t>Louviers</t>
+  </si>
+  <si>
+    <t>THOMAS Sylvain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HINFRAY Hervé </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PICARD Hervé </t>
+  </si>
+  <si>
+    <t>GHT seine Pays d'Ouche</t>
+  </si>
+  <si>
+    <t>https://www.nh-navarre.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Navarre </t>
+  </si>
+  <si>
+    <t>LAGREE Annick</t>
+  </si>
+  <si>
+    <t>PLUSQUELLEC Antoinette</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAGREE Annick </t>
+  </si>
+  <si>
+    <t>50, MANCHE</t>
+  </si>
+  <si>
+    <t>GHT Centre Manche</t>
+  </si>
+  <si>
+    <t>Centre Hopsitalier de proximité Carentan les Marais</t>
+  </si>
+  <si>
+    <t>https://www.ch-carentan.fr/</t>
+  </si>
+  <si>
+    <t>Carentan Les Marais</t>
+  </si>
+  <si>
+    <t>BOUCHAIN Arlette</t>
+  </si>
+  <si>
+    <t>Association Française sur le Rétinoblastome</t>
+  </si>
+  <si>
+    <t>https://www.retinostop.org/</t>
+  </si>
+  <si>
+    <t>Arlette BOUCHAIN</t>
+  </si>
+  <si>
+    <t>retinostop@retinostop.org</t>
+  </si>
+  <si>
+    <t>02 33 22 14 77</t>
+  </si>
+  <si>
+    <t>CLEMENT Elisabeth</t>
+  </si>
+  <si>
+    <t>https://www.clcv.org/nos-coordonnees/50/manche-50</t>
+  </si>
+  <si>
+    <t>Eric PERCEAU</t>
+  </si>
+  <si>
+    <t>clcv-manche-50@clcv.org</t>
+  </si>
+  <si>
+    <t>06 12 65 50 08</t>
+  </si>
+  <si>
+    <t>LOUICHE Valérie</t>
+  </si>
+  <si>
+    <t>suppléante 2</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Avranches Granville</t>
+  </si>
+  <si>
+    <t>http://www.ch-avranches-granville.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avranches-Granville </t>
+  </si>
+  <si>
+    <t>REBOURS Joseph</t>
+  </si>
+  <si>
+    <t>Union Départementale des Associations Familiales de la Manche</t>
+  </si>
+  <si>
+    <t>http://udaf50.fr/</t>
+  </si>
+  <si>
+    <t>contact@udaf50.fr</t>
+  </si>
+  <si>
+    <t>02 33 57 92 25</t>
+  </si>
+  <si>
+    <t>PONTIS Jean-Yves</t>
+  </si>
+  <si>
+    <t>FRANCOISE Yves</t>
+  </si>
+  <si>
+    <t>Ligue contre le cancer 50</t>
+  </si>
+  <si>
+    <t>https://www.ligue-cancer.net/cd50/journal</t>
+  </si>
+  <si>
+    <t>Christine RENNES</t>
+  </si>
+  <si>
+    <t>cd50@ligue-cancer.net</t>
+  </si>
+  <si>
+    <t>02 33 05 60 48</t>
+  </si>
+  <si>
+    <t>PAYS Chantal</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Coutances</t>
+  </si>
+  <si>
+    <t>http://www.ch-coutances.fr/</t>
+  </si>
+  <si>
+    <t>COUTANCES</t>
+  </si>
+  <si>
+    <t>LEHOUSSEL Claude</t>
+  </si>
+  <si>
+    <t>contact@afd50manche.fr</t>
+  </si>
+  <si>
+    <t>06 12 88 95 83</t>
+  </si>
+  <si>
+    <t>GUILLON Patricia</t>
+  </si>
+  <si>
+    <t>SAUSSAYE Anne-Marie</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de l'Estran</t>
+  </si>
+  <si>
+    <t>PONTORSON</t>
+  </si>
+  <si>
+    <t>ROGER Jean-Pierre</t>
+  </si>
+  <si>
+    <t>fnathraymond.beaufils@orange.fr</t>
+  </si>
+  <si>
+    <t>NGUYEN Cyrille</t>
+  </si>
+  <si>
+    <t>VAN LANDEGHEM Isabelle</t>
+  </si>
+  <si>
+    <t>Suppléante</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Saint Hilaire du Harcouët</t>
+  </si>
+  <si>
+    <t>https://www.st-hilaire-du-harcouet.fr/contacts/centre-hospitalier-de-saint-hilaire/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saint hilaire du harcouet </t>
+  </si>
+  <si>
+    <t>BOYER Maurice</t>
+  </si>
+  <si>
+    <t>RIVIERE Jean-Louis</t>
+  </si>
+  <si>
+    <t>BUGEY Marc</t>
+  </si>
+  <si>
+    <t>https://www.admd.net/</t>
+  </si>
+  <si>
+    <t>Yves GREGOIRE</t>
+  </si>
+  <si>
+    <t>06 21 56 62 92</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Saint James</t>
+  </si>
+  <si>
+    <t>http://www.hopital-stjames.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saint James </t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Villedieu Les Poêles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Villedieu les Poeles </t>
+  </si>
+  <si>
+    <t>BESSIN Christophe</t>
+  </si>
+  <si>
+    <t>KELLER Nicole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOBILET Sylvie </t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Mémorial Saint Lô</t>
+  </si>
+  <si>
+    <t>http://www.ch-stlo.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saint-Lô </t>
+  </si>
+  <si>
+    <t>https://afd50manche.federationdesdiabetiques.org/</t>
+  </si>
+  <si>
+    <t>Claude LEHOUSSEL</t>
+  </si>
+  <si>
+    <t>suppléante 1</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Public du Cotentin</t>
+  </si>
+  <si>
+    <t>https://www.ch-cotentin.fr/web/accueil.do</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherbourg </t>
+  </si>
+  <si>
+    <t>THEVENY Marianne</t>
+  </si>
+  <si>
+    <t>INGOUF Dominique</t>
+  </si>
+  <si>
+    <t>CROCQ Valérie</t>
+  </si>
+  <si>
+    <t>Association des familles des traumatisés craniens</t>
+  </si>
+  <si>
+    <t>https://aftcmanche.fr/</t>
+  </si>
+  <si>
+    <t>Christian EECKMAN</t>
+  </si>
+  <si>
+    <t>aftc50@orange.fr</t>
+  </si>
+  <si>
+    <t>06 15 01 46 72</t>
+  </si>
+  <si>
+    <t>Fondation Bon Sauveur de la Manche</t>
+  </si>
+  <si>
+    <t>https://www.fbs50.fr/</t>
+  </si>
+  <si>
+    <t>Picauville</t>
+  </si>
+  <si>
+    <t>AVICE Françoise</t>
+  </si>
+  <si>
+    <t>LIORET Michel</t>
+  </si>
+  <si>
+    <t>LEBLACHER Geneviève</t>
+  </si>
+  <si>
+    <t>Hôpital Local Gilles Buisson Mortain</t>
+  </si>
+  <si>
+    <t>http://www.hopital-mortain.fr/specific/formats/index.jsp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mortain </t>
+  </si>
+  <si>
+    <t>Hôpital Privé de la Manche</t>
+  </si>
+  <si>
+    <t>MARTIN France</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KORIAN L'Estran </t>
+  </si>
+  <si>
+    <t>https://www.korian.fr/clinique-ssr/ssr-korian-l-estran-siouville-hague-50340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siouville </t>
+  </si>
+  <si>
+    <t>KORIAN William Harvey</t>
+  </si>
+  <si>
+    <t>https://www.korian.fr/clinique-ssr/ssr-korian-william-harvey-saint-martin-d-aubigny-50190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saint Martin d'Aubigny </t>
+  </si>
+  <si>
+    <t>LUCAS Jean-Pierre</t>
+  </si>
+  <si>
+    <t>LE RIDEE Yves</t>
+  </si>
+  <si>
+    <t>Possibilité de non-reprise de fonctions</t>
+  </si>
+  <si>
+    <t>VAILLANT Isabelle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le Normandy </t>
+  </si>
+  <si>
+    <t>http://www.lenormandy.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t>PIERRE Alain</t>
+  </si>
+  <si>
+    <t>Polyclinique de la Baie Avranches</t>
+  </si>
+  <si>
+    <t>https://www.polyclinique-delabaie.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avranches </t>
+  </si>
+  <si>
+    <t>GILBERT  Martine</t>
+  </si>
+  <si>
+    <t>https://www.ufcquechoisir-manche.fr/</t>
+  </si>
+  <si>
+    <t>Polyclinique du Cotentin</t>
+  </si>
+  <si>
+    <t>http://www.polyclinique-cotentin.fr/</t>
+  </si>
+  <si>
+    <t>Equeurdreville-Haineville</t>
+  </si>
+  <si>
+    <t>BOSSE Eric</t>
+  </si>
+  <si>
+    <t>02 31 84 68 28</t>
+  </si>
+  <si>
+    <t>president@lamanche.ufcquechoisir.fr</t>
+  </si>
+  <si>
+    <t>02 33 05 68 76</t>
+  </si>
+  <si>
+    <t>BURNOUF Hervé</t>
+  </si>
+  <si>
+    <t>SSR AJD de Gouville sur Mer</t>
+  </si>
+  <si>
+    <t>Gouville-sur-mer</t>
+  </si>
+  <si>
+    <t>DEMARET Béatrice</t>
+  </si>
+  <si>
+    <t>Association des Parents d’Enfants ayant des Problèmes de Croissance</t>
+  </si>
+  <si>
+    <t>https://grandir.asso.fr/WordPress3/</t>
+  </si>
+  <si>
+    <t>Béatrice DEMARET</t>
+  </si>
+  <si>
+    <t>president@grandir.asso.fr</t>
+  </si>
+  <si>
+    <t>06 12 40 72 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MECS de Gouvillle </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gouville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nouvelle </t>
+  </si>
+  <si>
+    <t>61, ORNE</t>
+  </si>
+  <si>
+    <t>Groupe Normandie UGECAM</t>
+  </si>
+  <si>
+    <t>Centre de soins de suite Le Parc Bagnoles de l'Orne</t>
+  </si>
+  <si>
+    <t>http://www.ugecam-normandie.fr/etablissements/ssr-le-parc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bagnoles de l'orne </t>
+  </si>
+  <si>
+    <t>DAVY Huguette</t>
+  </si>
+  <si>
+    <t>Ligue contre le cancer 61</t>
+  </si>
+  <si>
+    <t>GHT Les Collines de Normandie</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Flers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flers </t>
+  </si>
+  <si>
+    <t>LECORNU Michel</t>
+  </si>
+  <si>
+    <t>UFC Que Choisir 61</t>
+  </si>
+  <si>
+    <t>https://orne.ufcquechoisir.fr/</t>
+  </si>
+  <si>
+    <t>contact@orne.ufcquechoisir.fr</t>
+  </si>
+  <si>
+    <t>02 33 26 79 47</t>
+  </si>
+  <si>
+    <t>BAGLIN Danielle</t>
+  </si>
+  <si>
+    <t>VIENNOT Pierrette</t>
+  </si>
+  <si>
+    <t>Union Départementale des Associations Familiales de l’Orne</t>
+  </si>
+  <si>
+    <t>https://udaf-orne.fr/category/udaf-61/</t>
+  </si>
+  <si>
+    <t>Brigitte CHOQUET</t>
+  </si>
+  <si>
+    <t>asergentmartel@udaf-orne.fr</t>
+  </si>
+  <si>
+    <t>02 33 80 32 20</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de L'Aigle</t>
+  </si>
+  <si>
+    <t>https://www.ch-laigle.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L'aigle </t>
+  </si>
+  <si>
+    <t>VALLEE Colette</t>
+  </si>
+  <si>
+    <t>Ainés ruraux de l'Orne</t>
+  </si>
+  <si>
+    <t>http://orne.generations-mouvement.org/</t>
+  </si>
+  <si>
+    <t>fede61@gmouv.org</t>
+  </si>
+  <si>
+    <t>02.33.26.29.45</t>
+  </si>
+  <si>
+    <t>CHESNEAU Alain</t>
+  </si>
+  <si>
+    <t>TESSIER Jacqueline</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Sees</t>
+  </si>
+  <si>
+    <t>https://ch-sees.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sees </t>
+  </si>
+  <si>
+    <t>SERGENT Yvonne</t>
+  </si>
+  <si>
+    <t>CLOUET Alain</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Fernand Léger Argentan</t>
+  </si>
+  <si>
+    <t>https://www.ch-argentan.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentan </t>
+  </si>
+  <si>
+    <t>MOULIN Michel</t>
+  </si>
+  <si>
+    <t>https://www.ligue-cancer.net/cd61/journal</t>
+  </si>
+  <si>
+    <t>Olivier TOUSSAINT</t>
+  </si>
+  <si>
+    <t>cd61@ligue-cancer.net</t>
+  </si>
+  <si>
+    <t>02 33 27 89 22</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Inter Communal Alençon Mamers</t>
+  </si>
+  <si>
+    <t>https://www.ch-alencon.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alençon Mamers </t>
+  </si>
+  <si>
+    <t>LEROY Michèle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier Intercommunal des Andaines </t>
+  </si>
+  <si>
+    <t>La Ferte Mace</t>
+  </si>
+  <si>
+    <t>VERON Michel</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Marguerite de Lorraine Mortagne au Perche</t>
+  </si>
+  <si>
+    <t>http://www.ch-mortagne.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mortagne au perche </t>
+  </si>
+  <si>
+    <t>CAILLY Micheline</t>
+  </si>
+  <si>
+    <t>Alccol Assistance 61</t>
+  </si>
+  <si>
+    <t>Michel BRULARD</t>
+  </si>
+  <si>
+    <t>michel.brulard5@orange.fr</t>
+  </si>
+  <si>
+    <t>06 84 59 43 98</t>
+  </si>
+  <si>
+    <t>BRULARD Michel</t>
+  </si>
+  <si>
+    <t>HENRI Jacques</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Psychotherapique de l'Orne </t>
+  </si>
+  <si>
+    <t>http://www.cpo-alencon.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alençon </t>
+  </si>
+  <si>
+    <t>BABONNEAU Didier</t>
+  </si>
+  <si>
+    <t>GUESDON Didier</t>
+  </si>
+  <si>
+    <t>Clinique d'Alençon</t>
+  </si>
+  <si>
+    <t>CMPR Bagnoles de l'Orne</t>
+  </si>
+  <si>
+    <t>https://www.cmpr-bagnoles.com/</t>
+  </si>
+  <si>
+    <t>Normandie generations</t>
+  </si>
+  <si>
+    <t>CMPR La Clairière Flers</t>
+  </si>
+  <si>
+    <t>https://www.normandie-generations.fr/nos-etablissements/cmpr-clairiere-flers/missions-de-letablissement/</t>
+  </si>
+  <si>
+    <t>Etablissement public de santé de Bellême</t>
+  </si>
+  <si>
+    <t>Bellême</t>
+  </si>
+  <si>
+    <t>FAGET Nicolas</t>
+  </si>
+  <si>
+    <t>BOURGEOIS Josette</t>
+  </si>
+  <si>
+    <t>DECHIN Patrick</t>
+  </si>
+  <si>
+    <t>HAD d'Alençon</t>
+  </si>
+  <si>
+    <t>http://www.hadalencon.fr/</t>
+  </si>
+  <si>
+    <t>Asso Pierre Noal (Alencon - La Ferté Domfront)</t>
+  </si>
+  <si>
+    <t>NOEL Isabelle</t>
+  </si>
+  <si>
+    <t>Association soins santé</t>
+  </si>
+  <si>
+    <t>HAD d'Argentan</t>
+  </si>
+  <si>
+    <t>https://www.ch-argentan.fr/ehpad/#:~:text=L%E2%80%99EHPAD%20du%20Centre%20Hospitalier%20d%E2%80%99Argentan%20est%20un%20%C3%A9tablissement,de%20l%E2%80%99aide%20sociale%20et%20de%20l%E2%80%99allocation%20personnalis%C3%A9e%20d%E2%80%99autonomie.</t>
+  </si>
+  <si>
+    <t>ADMR Orne</t>
+  </si>
+  <si>
+    <t>HAD Orne-Est Mortagne au Perche</t>
+  </si>
+  <si>
+    <t>https://www.admr61.fr/hospitalisation-domicile</t>
+  </si>
+  <si>
+    <t>Mortagne au Perche</t>
+  </si>
+  <si>
+    <t>LAMBERT Michelle</t>
+  </si>
+  <si>
+    <t>Hôpital Local Marescot de Vimoutiers</t>
+  </si>
+  <si>
+    <t>http://www.hopital-marescot.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vimoutiers </t>
+  </si>
+  <si>
+    <t>COOL Gabriel</t>
+  </si>
+  <si>
+    <t>76, SEINE-MARITIME</t>
   </si>
   <si>
     <t>ADAPT CSSR pédiatrique Caudebec-les-Elbeuf</t>
   </si>
   <si>
+    <t>https://www.ladapt.net/etablissement-service-normandie-seine-maritime</t>
+  </si>
+  <si>
     <t>Caudebec-les-elbeuf</t>
   </si>
   <si>
-    <t>Titulaire</t>
-[...14 lines deleted...]
-    <t>Centre de Convalescence La Roseraie Sainte adresse</t>
+    <t>DUPONT Mauricette</t>
+  </si>
+  <si>
+    <t>DUPONT Daniel</t>
+  </si>
+  <si>
+    <t>Centre de Convalescence La Roseraie Sainte Adresse</t>
+  </si>
+  <si>
+    <t>http://www.roseraie.fr/</t>
   </si>
   <si>
     <t xml:space="preserve">Sainte adresse </t>
   </si>
   <si>
-    <t>Eure</t>
-[...47 lines deleted...]
-    <t>Bernay</t>
+    <t>BEAUVAIS Anne-Marie</t>
+  </si>
+  <si>
+    <t>France Alzheimer 76</t>
+  </si>
+  <si>
+    <t>anne-marie.beauvais@francealzheimer76.fr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre de Reeducation Fonctionnelle de La Heve </t>
+  </si>
+  <si>
+    <t>http://heve.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le Havre </t>
+  </si>
+  <si>
+    <t>GIAMELUCA Pascal</t>
+  </si>
+  <si>
+    <t>GRANCHER Claudine</t>
+  </si>
+  <si>
+    <t>Association Française des Fibromyalgiques</t>
+  </si>
+  <si>
+    <t>https://www.fibromyalgie-association-normandie.fr/contact.html</t>
+  </si>
+  <si>
+    <t>Claudine GRANCHER</t>
+  </si>
+  <si>
+    <t>grancher.claudine@wanadoo.fr</t>
+  </si>
+  <si>
+    <t>02 35 27 64 30</t>
+  </si>
+  <si>
+    <t>HEBERT Dominique</t>
+  </si>
+  <si>
+    <t>UFC Que Choisir Le Havre</t>
+  </si>
+  <si>
+    <t>https://lehavre.ufcquechoisir.fr/</t>
+  </si>
+  <si>
+    <t>Claude GOULEY</t>
+  </si>
+  <si>
+    <t>contact@lehavre.ufcquechoisir.fr</t>
+  </si>
+  <si>
+    <t>09 62 51 94 37</t>
+  </si>
+  <si>
+    <t>NOLENT Pascale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre de Sante Mentale MGEN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rouen </t>
+  </si>
+  <si>
+    <t>MANGANE Emmanuel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TURQUIER-PICQ Isabelle </t>
+  </si>
+  <si>
+    <t>COEUFF Katherine</t>
+  </si>
+  <si>
+    <t>Association de lutte contre la maltraitance</t>
+  </si>
+  <si>
+    <t>https://sites.google.com/site/sosmaltraitancealma76</t>
+  </si>
+  <si>
+    <t>Pierre CZERNICHOW</t>
+  </si>
+  <si>
+    <t>asso.alma76@gmail.com</t>
+  </si>
+  <si>
+    <t>02 35 63 27 34</t>
+  </si>
+  <si>
+    <t>KILLIAN Jean-Marc</t>
+  </si>
+  <si>
+    <t>UFC Que Choisir Rouen</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Barentin</t>
+  </si>
+  <si>
+    <t>https://www.chbarentin.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barentin </t>
+  </si>
+  <si>
+    <t>Catherine DEMANNEVILLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mettre les coordonnées </t>
+  </si>
+  <si>
+    <t>HARTEL Monique</t>
+  </si>
+  <si>
+    <t>AURIAU Jean-Louis</t>
+  </si>
+  <si>
+    <t>Groupement Hospitalier Caux Maritime</t>
   </si>
   <si>
     <t>Centre Hospitalier de Dieppe</t>
   </si>
   <si>
+    <t>http://www.ch-dieppe.fr/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dieppe </t>
   </si>
   <si>
+    <t>DEMAREST Martine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LE BARON Catherine </t>
+  </si>
+  <si>
+    <t>Ligue contre le cancer 76</t>
+  </si>
+  <si>
     <t>Centre Hospitalier de Eu</t>
   </si>
   <si>
-    <t xml:space="preserve">Eu </t>
-[...14 lines deleted...]
-    <t>Centre Hospitalier de Gournay En Bray</t>
+    <t>http://www.ch-dieppe.fr/page75.html</t>
+  </si>
+  <si>
+    <t>Eu re</t>
+  </si>
+  <si>
+    <t>OSINSKI Doriane</t>
+  </si>
+  <si>
+    <t>TAILLEUX Marie-Pierre</t>
+  </si>
+  <si>
+    <t>THOUVENEL Rolande</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier de Gournay en Bray</t>
   </si>
   <si>
     <t xml:space="preserve">Gournay en bray </t>
   </si>
   <si>
-    <t>Centre Hospitalier de la Côte Fleurie</t>
-[...14 lines deleted...]
-    <t>PONTORSON</t>
+    <t>LEMAIRE Georgette</t>
+  </si>
+  <si>
+    <t>Groupement Hospitalier Rouen Cœur de Seine</t>
   </si>
   <si>
     <t>Centre Hospitalier de Neufchatel en Bray</t>
   </si>
   <si>
+    <t>https://ch-neufchatel.fr/</t>
+  </si>
+  <si>
     <t>Neufchâtel-en-Bray</t>
   </si>
   <si>
-    <t>Centre Hospitalier de Pont L'Evêque</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Saint James </t>
+    <t>PORTIER Annick</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAMIDIEU Louvard </t>
+  </si>
+  <si>
+    <t>DESHAYES Jean-Jacques</t>
+  </si>
+  <si>
+    <t>PAPILLON Gisèle</t>
   </si>
   <si>
     <t xml:space="preserve">Centre Hospitalier de Saint Valery en Caux </t>
   </si>
   <si>
+    <t>http://ch-dieppe.fr/page70.html</t>
+  </si>
+  <si>
     <t xml:space="preserve">Saint-Valery en Caux </t>
   </si>
   <si>
-    <t xml:space="preserve">Centre Hospitalier de Saint-Jacques des Andelys </t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Sees </t>
+    <t>CAHEREC Véronique</t>
   </si>
   <si>
     <t>Centre Hospitalier de St Romain De Colbosc</t>
   </si>
   <si>
-    <t>St Romain de Colbosc</t>
-[...11 lines deleted...]
-    <t>Vire</t>
+    <t>https://hl-saintromain.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">St Romain de Colbosc </t>
+  </si>
+  <si>
+    <t>VAIN Patrick</t>
+  </si>
+  <si>
+    <t>FERMENT Irène</t>
   </si>
   <si>
     <t xml:space="preserve">Centre Hospitalier du Belvedère </t>
   </si>
   <si>
+    <t>http://www.ch-belvedere.fr/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mont Saint Aignan  </t>
   </si>
   <si>
-    <t>Centre Hospitalier du Bois Petit Sotteville-lès-Rouen</t>
+    <t>VION Marie-José</t>
+  </si>
+  <si>
+    <t>BARE Laurence</t>
+  </si>
+  <si>
+    <t>CARRIQUE Regina</t>
+  </si>
+  <si>
+    <t>HAD Mont-Saint-Aignan</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier du Bois Petit Sotteville-les-Rouen</t>
+  </si>
+  <si>
+    <t>https://www.ch-boispetit.fr/</t>
   </si>
   <si>
     <t>Sotteville-les-Rouen</t>
   </si>
   <si>
-    <t>Centre Hospitalier du Neubourg</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Centre Hospitalier Durecu Lavoisier Darnetal </t>
+    <t>Ainés ruraux de Seine Maritime</t>
+  </si>
+  <si>
+    <t>http://gmouv76.e-monsite.com/</t>
+  </si>
+  <si>
+    <t>Annick DUFOUR</t>
+  </si>
+  <si>
+    <t>fede76@gmouv.org</t>
+  </si>
+  <si>
+    <t>02 32 98 72 95</t>
+  </si>
+  <si>
+    <t>SERVO Michel</t>
+  </si>
+  <si>
+    <t>MOREL Simone</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier du Rouvray Sotteville-les-Rouen</t>
+  </si>
+  <si>
+    <t>https://www.ch-lerouvray.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sotteville-les-Rouen </t>
+  </si>
+  <si>
+    <t>CADEC Evelyne</t>
+  </si>
+  <si>
+    <t>JOUEN Bastien</t>
+  </si>
+  <si>
+    <t>DOMBROWSKI Noëlle</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Durecu Lavoisier Darnetal</t>
+  </si>
+  <si>
+    <t>http://www.chdl-darnetal.fr/</t>
   </si>
   <si>
     <t xml:space="preserve">Darnetal </t>
   </si>
   <si>
-    <t>Centre Hospitalier Inter Communal Alençon Mamers</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Centre Hospitalier inter-communal Caux Vallee De Seine Lillebonne </t>
+    <t>LEMARCHAND Véronique</t>
+  </si>
+  <si>
+    <t>BROUT Brigitte</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre Hospitalier Intercommunal Caux Vallee De Seine Lillebonne </t>
   </si>
   <si>
     <t xml:space="preserve">Lillebonne </t>
   </si>
   <si>
-    <t xml:space="preserve">Centre Hospitalier Intercommunal des Andaines </t>
-[...5 lines deleted...]
-    <t>Centre Hospitalier Intercommunal du Pays Des Hautes Falaises Fécamp</t>
+    <t>LEMIEUX Christian</t>
+  </si>
+  <si>
+    <t>Fédération Nationale des Associations de Retraités</t>
+  </si>
+  <si>
+    <t>Philippe SERRE</t>
+  </si>
+  <si>
+    <t>fnar.asso@wanadoo.fr</t>
+  </si>
+  <si>
+    <t>01 40 58 15 00 / 02 35 96 10 09</t>
+  </si>
+  <si>
+    <t>DELAHAYE Françoise</t>
+  </si>
+  <si>
+    <t>KERVELLA Nadine</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Intercommunal du Pays Des Hautes Falaises Fecamp</t>
+  </si>
+  <si>
+    <t>http://www.ch-fecamp.fr/index.php/had-estuaire-chi-fecamp/#:~:text=L%E2%80%99HAD%20Estuaire%20est%20une%20%C3%A9quipe%20pluridisciplinaire%20%3A%20Un,le%20service%20des%20transports%20du%20CH%20de%20F%C3%A9camp.</t>
   </si>
   <si>
     <t xml:space="preserve">Fecamp </t>
   </si>
   <si>
-    <t>Centre Hospitalier Marguerite de Lorraine Mortagne au Perche</t>
-[...23 lines deleted...]
-    <t>Clinique d'Alençon</t>
+    <t>DE CANTILLON Muriel</t>
+  </si>
+  <si>
+    <t>https://www.francealzheimer.org/seinemaritime/</t>
+  </si>
+  <si>
+    <t>Anne-Marie BEAUVAIS</t>
+  </si>
+  <si>
+    <t>02 35 24 26 96 / 06 21 06 09 93</t>
+  </si>
+  <si>
+    <t>CHU de Rouen</t>
+  </si>
+  <si>
+    <t>DELANLAY Yves</t>
+  </si>
+  <si>
+    <t>ROUSSEL Béatrice</t>
+  </si>
+  <si>
+    <t>Les papillons blancs 76</t>
+  </si>
+  <si>
+    <t>http://www.pb76.fr/</t>
+  </si>
+  <si>
+    <t>inf.goelands@pb76.fr</t>
+  </si>
+  <si>
+    <t>02 35 07 34 53</t>
+  </si>
+  <si>
+    <t>PHILIPPART Agnès</t>
+  </si>
+  <si>
+    <t>president@rouen.ufcquechoisir.fr</t>
+  </si>
+  <si>
+    <t>CLCC Henri Becquerel Rouen</t>
+  </si>
+  <si>
+    <t>https://www.becquerel.fr/</t>
+  </si>
+  <si>
+    <t>BONNEAU Annick</t>
+  </si>
+  <si>
+    <t>https://www.jalmalv-normandie.com/</t>
+  </si>
+  <si>
+    <t>Nathalie MAHIU</t>
+  </si>
+  <si>
+    <t>02 35 15 87 45 / 06 18 95 08 50</t>
+  </si>
+  <si>
+    <t>FAUDIER Patrice</t>
+  </si>
+  <si>
+    <t>France Lymphome espoir</t>
+  </si>
+  <si>
+    <t>https://www.francelymphomeespoir.fr/</t>
+  </si>
+  <si>
+    <t>02 35 80 76 31</t>
+  </si>
+  <si>
+    <t>CLINEA Cliniques</t>
   </si>
   <si>
     <t>Clinique de Bois-Guillaume</t>
   </si>
   <si>
+    <t>https://www.clinea.fr/clinique-de-soins-de-suite-bois-guillaume-76</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bois-Guillaume </t>
   </si>
   <si>
-    <t>Clinique de la Miséricorde Caen</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Clinique des Boucles de la Seine Yvetot </t>
+    <t>MONNIER Jérémy</t>
+  </si>
+  <si>
+    <t>Pôle Santé Chirurgical de Fécamp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fécamp </t>
+  </si>
+  <si>
+    <t>http://clinique-abbaye.fr/</t>
+  </si>
+  <si>
+    <t>Clinique de L'Europe Rouen</t>
+  </si>
+  <si>
+    <t>GIRARD Rémy</t>
+  </si>
+  <si>
+    <t>https://chpeurope-rouen.vivalto-sante.com/votre-sejour/centre-meridienne/</t>
+  </si>
+  <si>
+    <t>RIBOUT Thierry</t>
+  </si>
+  <si>
+    <t>Suppléant€ 2</t>
+  </si>
+  <si>
+    <t>Clinique des Boucles de la Seine Yvetot</t>
+  </si>
+  <si>
+    <t>https://cbs-yvetot.fr/</t>
   </si>
   <si>
     <t xml:space="preserve">Yvetot </t>
   </si>
   <si>
+    <t>JOUEN Lydie</t>
+  </si>
+  <si>
+    <t>REMEUR Florence</t>
+  </si>
+  <si>
     <t>Clinique des Essarts</t>
   </si>
   <si>
+    <t>http://www.clinique-essarts.com/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Grand Couronne </t>
   </si>
   <si>
-    <t>Clinique des portes de l'Eure Vernon</t>
-[...2 lines deleted...]
-    <t>Vernon</t>
+    <t>Coordonnées</t>
+  </si>
+  <si>
+    <t>Clinique des Ormeaux Le Havre</t>
+  </si>
+  <si>
+    <t>https://www.ormeaux.com/</t>
+  </si>
+  <si>
+    <t>LE BON Françoise</t>
+  </si>
+  <si>
+    <t>Ajouter Véronique MALO</t>
   </si>
   <si>
     <t>Clinique du Caux Littoral</t>
   </si>
   <si>
+    <t>http://ssrducauxlittoral.com/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Neville </t>
   </si>
   <si>
-    <t xml:space="preserve">Clinique du Cèdre Bois-Guillaume </t>
-[...26 lines deleted...]
-    <t xml:space="preserve">Brosville </t>
+    <t>VIARD Corinne</t>
+  </si>
+  <si>
+    <t>Clinique du Cèdre Bois Guillaume</t>
+  </si>
+  <si>
+    <t>http://www.clinique-du-cedre.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bois-guillaume </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOURGEOIS Jacky </t>
+  </si>
+  <si>
+    <t xml:space="preserve">THIBOUT Anne </t>
+  </si>
+  <si>
+    <t>LEROUX Jack</t>
+  </si>
+  <si>
+    <t>Clinique Héméra Yvetot</t>
+  </si>
+  <si>
+    <t>https://clinique-hemera.com/</t>
   </si>
   <si>
     <t>Clinique Mathilde Rouen</t>
   </si>
   <si>
-    <t xml:space="preserve">Rouen </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Clinique Mégival Saint Aubin sur Scie </t>
+    <t>https://www.clinique-mathilde.fr/</t>
+  </si>
+  <si>
+    <t>GIRARD Yolande</t>
+  </si>
+  <si>
+    <t>GESLIN Annie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PORCU Dominique </t>
+  </si>
+  <si>
+    <t>Clinique Mégival Saint Aubin sur Scie</t>
+  </si>
+  <si>
+    <t>https://megival.com/</t>
   </si>
   <si>
     <t xml:space="preserve">Saint Aubin sur Scie </t>
   </si>
   <si>
-    <t xml:space="preserve">Clinique Notre Dame </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Clinique Saint-Hilaire Rouen </t>
+    <t>DUPUIS Marie-Christine</t>
+  </si>
+  <si>
+    <t>PIETROIS Martine</t>
+  </si>
+  <si>
+    <t>Clinique Océane Le Havre</t>
+  </si>
+  <si>
+    <t>https://clinique-oceane.ramsaygds.fr/</t>
+  </si>
+  <si>
+    <t>AGOUNDOU KONGA Agostino</t>
+  </si>
+  <si>
+    <t>BERTHELOT Anki</t>
+  </si>
+  <si>
+    <t>Clinique Saint-Antoine Bois Guillaume</t>
+  </si>
+  <si>
+    <t>https://cliniquesaintantoine.vivalto-sante.com/</t>
+  </si>
+  <si>
+    <t>JUE Etienne</t>
+  </si>
+  <si>
+    <t>BARRAY Chantal</t>
+  </si>
+  <si>
+    <t>ASSOCIATION VIVRE COFemme AVANT</t>
+  </si>
+  <si>
+    <t>https://www.vivrecoFemmeavant.fr/</t>
+  </si>
+  <si>
+    <t>contact@vivrecoFemmeavant.fr</t>
+  </si>
+  <si>
+    <t>01 53 55 25 26</t>
+  </si>
+  <si>
+    <t>Clinique Saint-Hilaire Rouen</t>
+  </si>
+  <si>
+    <t>http://www.clinique-sainthilaire.fr/</t>
+  </si>
+  <si>
+    <t>LAMISSE BELIERE Valérie</t>
+  </si>
+  <si>
+    <t>JOUEN Daniel</t>
+  </si>
+  <si>
+    <t>QUIBEL Alain</t>
+  </si>
+  <si>
+    <t>PAIS DE ALMEIDA Angélique</t>
   </si>
   <si>
     <t>Clinique SSR Le Château Blanc</t>
   </si>
   <si>
     <t xml:space="preserve">Saint Etienne du Rouvray </t>
   </si>
   <si>
-    <t xml:space="preserve">Clinique Tous Vents Lillebonne </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">CSSR Les Jonquilles GAINNEVILLE </t>
+    <t>ABAD Joëlle</t>
+  </si>
+  <si>
+    <t>https://btprms.probtp.com/accueil/EHPAD/chateau-blanc/clinique-ssr.html</t>
+  </si>
+  <si>
+    <t>DELAHAYE Michèle</t>
+  </si>
+  <si>
+    <t>Clinique Tous Vents Lillebonne</t>
+  </si>
+  <si>
+    <t>HUON Didier</t>
+  </si>
+  <si>
+    <t>Groupe UGECAM</t>
+  </si>
+  <si>
+    <t>CRMPR Les Herbiers Bois Guillaume</t>
+  </si>
+  <si>
+    <t>http://www.ugecam-normandie.fr/etablissements/crmpr-les-herbiers</t>
+  </si>
+  <si>
+    <t>EVRARD Françoise</t>
+  </si>
+  <si>
+    <t>CSSR Les Jonquilles Gainneville</t>
+  </si>
+  <si>
+    <t>http://jonquilles.fr/</t>
   </si>
   <si>
     <t xml:space="preserve">GAINNEVILLE </t>
   </si>
   <si>
-    <t>EPSM de Caen</t>
-[...35 lines deleted...]
-    <t>Mortagne au Perche</t>
+    <t>THUMEREAU Brigitte</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe Hospitalier du Havre </t>
+  </si>
+  <si>
+    <t>ADES Philippe Emmanuel</t>
+  </si>
+  <si>
+    <t>FOUACHE Martine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DELAISTRE Sandrine </t>
+  </si>
+  <si>
+    <t>LNA santé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centre de Réeducation Fonctionnelle de La Heve </t>
+  </si>
+  <si>
+    <t>https://had-caux-maritime.lna-sante.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOLENT Pascale </t>
+  </si>
+  <si>
+    <t>HAD Caux Maritime Dieppe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hôpital Bois Guillaume Croix Rouge Francaise </t>
+  </si>
+  <si>
+    <t>https://irfss-normandie.croix-rouge.fr/</t>
+  </si>
+  <si>
+    <t>RENALOO</t>
+  </si>
+  <si>
+    <t>manuela.dejean@renaloo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LECLERC Yvan </t>
   </si>
   <si>
     <t>Hôpital d'Yvetot</t>
   </si>
   <si>
-    <t xml:space="preserve">Hôpital La Musse </t>
-[...83 lines deleted...]
-    <t>Bayeux</t>
+    <t>https://hopital-yvetot.com/</t>
+  </si>
+  <si>
+    <t>Hopital Privé de l'Estuaire Le Havre et Clinique du Petit Colmoulins</t>
+  </si>
+  <si>
+    <t>https://hopital-prive-de-l-estuaire-le-havre.ramsaygds.fr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGOUNDOU KONGA Béatrice </t>
+  </si>
+  <si>
+    <t>LANIEU Laurence</t>
+  </si>
+  <si>
+    <t>Institut de Jour Alfred Binet Darnetal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <u/>
       <sz val="10"/>
+      <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="14"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Display"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color rgb="FF0000FF"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF333333"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF00B050"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="16">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFB5E6A2"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF00FFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF7C7AC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF94DCF8"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA6C9EC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF00FFCC"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF3300"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF66FFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC00000"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2CEEF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="16">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-        <color indexed="64"/>
+      <left style="thin">
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
-      <top style="medium">
-        <color indexed="64"/>
+      <top style="thin">
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
-      <right style="thin">
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...14 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...12 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
-      <top style="medium">
-[...40 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
-      <right style="thin">
-[...4 lines deleted...]
-      </top>
+      <right/>
+      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="64"/>
-[...44 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="286">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="12" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="23" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="12" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="15" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="15" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="15" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="15" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="13" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="12" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
+    <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 3" xfId="1" xr:uid="{CA26EE75-34FF-41AA-A934-A1BAD64418AD}"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{F869ABC0-4C5D-4000-A44B-674118FD21E3}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -991,51 +3950,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1102,65 +4061,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1181,2375 +4140,36203 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vmeh14.free.fr/index.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcoolassistance.net/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.chdl-darnetal.fr/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/50/manche-50" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation.regionale@advocacy-normandie.fr" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation.regionale@advocacy-normandie.fr" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv.ndgravenchon@orange.fr" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinique-mathilde.fr/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asso.alma76@gmail.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnathraymond.beaufils@orange.fr" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@grandir.asso.fr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francelymphomeespoir.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quechoisir.org/un-litige/al-150-ufc-que-choisir-de-l-eure/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd50manche.federationdesdiabetiques.org/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baclesse.fr/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ch-dieppe.fr/page70.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcduez@gmail.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.korian.fr/clinique-ssr/ssr-korian-cote-normande-ifs-14123" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@afd50manche.fr" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinique-oceane.ramsaygds.fr/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcoolassistance.net/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation.regionale@advocacy-normandie.fr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd50/journal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/site/sosmaltraitancealma76" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnar.asso@wanadoo.fr" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-avranches-granville.fr/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anne-marie.beauvais@francealzheimer76.fr" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd14-61-50nc.federationdesdiabetiques.org/infos-pratiques" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-laigle.fr/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinea.fr/clinique-de-soins-de-suite-bois-guillaume-76" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alliance-maladies-rares.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michel.brulard5@orange.fr" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fede76@gmouv.org" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quechoisir.org/un-litige/al-150-ufc-que-choisir-de-l-eure/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-fecamp.fr/index.php/had-estuaire-chi-fecamp/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/50/manche-50" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.faucon.indecosa@cgt.fr" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ch-pont-audemer.fr/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsan.care/fr/polyclinique-parc-caen" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inf.goelands@pb76.fr" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fbs50.fr/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://caen.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinique-hemera.com/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vivrecommeavant.fr/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.polyclinique-delabaie.com/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clinique-sainthilaire.fr/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/50/manche-50" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd61@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fibromyalgie-association-normandie.fr/contact.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pb76.fr/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ligue-sclerose.fr/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd50@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ght-collinesdenormandie.fr/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vbr-sudeure.fr/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.admd.net/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinea.fr/clinique-daddictologie-les-bruyeres-brosville-27" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michel.brulard5@orange.fr" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf27.org/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lelien-association.fr/asso/index.php" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ch-ple.fr/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-belvedere.fr/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vmeh14@free.fr" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leneubourg.fr/education-solidarite-sante/seniors/hopital-et-maisons-de-retraite/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-manche-50@clcv.org" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.polyclinique-cotentin.fr/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chpeurope-rouen.vivalto-sante.com/votre-sejour/centre-meridienne/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.advocacy-normandie.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@lamanche.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grandir.asso.fr/WordPress3/wp-content/uploads/2012/07/personnagegrandir2006.gif" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd27/journal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.admr61.fr/hospitalisation-domicile" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.becquerel.fr/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francealzheimer.org/seinemaritime/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-manche-50@clcv.org" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fede61@gmouv.org" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fibromyalgie-association-normandie.fr/contact.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jalmalv-normandie.com/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:27vmeh@gmail.com" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladapt.net/etablissement-service-normandie-seine-maritime" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.admd.net/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-eureseine.fr/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinea.fr/clinique-la-loviere-louviers-27" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf27.org/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asso.alma76@gmail.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.impr-herouville.com/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd14-61-50nc.federationdesdiabetiques.org/infos-pratiques" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-dieppe.fr/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcoolassistance.net/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-manche-50@clcv.org" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.retinostop.org/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.korian.fr/clinique-ssr/ssr-korian-william-harvey-saint-martin-d-aubigny-50190" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-cotefleurie.com/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation.regionale@advocacy-normandie.fr" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://btprms.probtp.com/accueil/EHPAD/chateau-blanc/clinique-ssr.html" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://had-caux-maritime.lna-sante.com/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/76/clcv-n-d-de-gravenchon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcduez@gmail.com" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd27/journal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv.ndgravenchon@orange.fr" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cpo-alencon.fr/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ssrducauxlittoral.com/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.admd.net/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fibromyalgie-association-normandie.fr/contact.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quechoisir.org/un-litige/al-129-ufc-que-choisir-du-bocage-virois/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fede61@gmouv.org" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jalmalv-normandie.com/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chu-caen.fr/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://heve.fr/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inicea.fr/clinique-la-mare-o-dans-damps/accueil" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@lamanche.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sinoue.com/etablissement/clinique-des-portes-de-leure/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vmeh14.free.fr/index.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-bayeux.fr/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-lerouvray.fr/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.advocacy-normandie.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aftcmanche.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcoolassistance.net/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@lehavre.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/76/clcv-n-d-de-gravenchon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hopital-stjames.fr/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ormeaux.com/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asso.alma76@gmail.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcduez@gmail.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv.ndgravenchon@orange.fr" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-argentan.fr/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grandir.asso.fr/WordPress3/wp-content/uploads/2012/07/personnagegrandir2006.gif" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jalmalv-normandie.com/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd27/journal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hopital-marescot.fr/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michel.brulard5@orange.fr" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irfss-normandie.croix-rouge.fr/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@afd50manche.fr" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lehavre.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@lamanche.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orne.generations-mouvement.org/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hadfrance.fr/had-eure-seine/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epsm-caen.fr/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-argentan.fr/ehpad/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francerein.org/region/normandie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcoolassistance.net/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-falaise.fr/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hl-saintromain.fr/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-manche-50@clcv.org" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.advocacy-normandie.fr/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://megival.com/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-belvedere.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd50@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/site/sosmaltraitancealma76" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lehavre.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation14@afm-telethon.fr" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lenormandy.com/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jonquilles.fr/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@rouen.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnathraymond.beaufils@orange.fr" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alliance.normandie@maladiesrares.org" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fede76@gmouv.org" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnar.asso@wanadoo.fr" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francerein.org/region/normandie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufc.evreux@orange.fr" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ugecam-normandie.fr/etablissements/ssr-le-parc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.st-hilaire-du-harcouet.fr/contacts/centre-hospitalier-de-saint-hilaire/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/50/manche-50" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.faucon.indecosa@cgt.fr" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-bernay.fr/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladapt.net/sites/default/files/atoms/document/plaquette_ssr_ehb_ladapt2_1.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hopital-yvetot.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@caen.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf27.org/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anne-marie.beauvais@francealzheimer76.fr" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-stlo.fr/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-carentan.fr/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd50manche.federationdesdiabetiques.org/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.advocacy-normandie.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.retinostop.org/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd61/journal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cliniquesaintantoine.vivalto-sante.com/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grancher.claudine@wanadoo.fr" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francealzheimer.org/seinemaritime/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anne-marie.beauvais@francealzheimer76.fr" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-mortagne.fr/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jalmalv-normandie.com/jalmalv-calvados" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ch-neufchatel.fr/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gmouv76.e-monsite.com/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf27.org/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufc.evreux@orange.fr" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-lisieux.fr/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/50/manche-50" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chbarentin.fr/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vmeh14@free.fr" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnar.asso@wanadoo.fr" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd61@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-gisors.fr/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-rouen-metropole@clcv.org" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation.regionale@advocacy-normandie.fr" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-cotentin.fr/web/accueil.do" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clinique-abbaye.fr/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fibromyalgie-association-normandie.fr/contact.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@vivrecommeavant.fr" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd27/journal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hadalencon.fr/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cliniquedeveloppement.fr/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-manche-50@clcv.org" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/50/manche-50" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandir.asso.fr/WordPress3/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd61/journal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grancher.claudine@wanadoo.fr" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alliance.normandie@maladiesrares.org" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vmeh-national.com/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normandie-generations.fr/nos-etablissements/cmpr-clairiere-flers/missions-de-letablissement/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chi-elbeuf-louviers.fr/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francerein.org/region/normandie" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.admd.net/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vmeh14@free.fr" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinique-pasteur-evreux.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf27.org/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.korian.fr/clinique-ssr/ssr-korian-thalatta-ouistreham-14150" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-boispetit.fr/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/site/sosmaltraitancealma76" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hopital-lesandelys.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv-manche-50@clcv.org" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fondation-misericorde.fr/les-etablissements/la-clinique-de-la-misericorde/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hopital-mortain.fr/specific/formats/index.jsp" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation.regionale@advocacy-normandie.fr" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clinique-du-cedre.fr/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cbs-yvetot.fr/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcduez@gmail.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalmalv-rouen.association@neuf.fr" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd27/journal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ch-alencon.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ugecam-normandie.fr/etablissements/crmpr-les-herbiers" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.admd.net/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufcquechoisir.bocagevirois@orange.fr" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd14-61-50nc.federationdesdiabetiques.org/infos-pratiques" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grancher.claudine@wanadoo.fr" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jalmalv-normandie.com/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fede61@gmouv.org" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cliniquedeveloppement.fr/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.roseraie.fr/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cliniquebergouignan.fr/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larenaissancesanitaire.fr/musse.php" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd27@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.anider.asso.fr/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-dieppe.fr/page75.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcduez@gmail.com" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@lamanche.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.advocacy-normandie.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alcoolassistance.net/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@afd50manche.fr" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@lamanche.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francerein.org/region/normandie" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@lehavre.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afsep@afsep.fr" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ch-coutances.fr/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clinique-essarts.com/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valerielefebvre@udaf27.org" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf76.fr/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.faucon.indecosa@cgt.fr" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcduez@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unafam.org/normandie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clcv.org/nos-coordonnees/76/clcv-n-d-de-gravenchon" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcv.ndgravenchon@orange.fr" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grandir.asso.fr/WordPress3/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jalmalv-normandie.com/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd27/journal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ght-collinesdenormandie.fr/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://had-caux-maritime.lna-sante.com/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@orne.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ch-sees.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orne.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hopital-bourgachard.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd50manche.federationdesdiabetiques.org/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orne.generations-mouvement.org/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@lehavre.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asergentmartel@udaf-orne.fr" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@lamanche.ufcquechoisir.fr" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie.riviere@apf.asso.fr" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hopital-prive-saint-martin-caen.ramsaygds.fr/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ch-sees.fr/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ru@admd.net" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@grandir.asso.fr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udaf50.fr/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ugecam-normandie.fr/etablissements/cssr-lhostrea" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@udaf50.fr" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ght-collinesdenormandie.fr/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cd76@ligue-cancer.net" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aftc50@orange.fr" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delegation14@afm-telethon.fr" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apf-francehandicap.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.korian.fr/clinique-ssr/ssr-korian-l-estran-siouville-hague-50340" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@associationlien.fr" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hopital-prive-de-l-estuaire-le-havre.ramsaygds.fr/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afd14-61-50nc.federationdesdiabetiques.org/infos-pratiques" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnar.asso@wanadoo.fr" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:a.faucon.indecosa@cgt.fr" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udaf-orne.fr/category/udaf-61/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lehavre.ufcquechoisir.fr/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cmpr-bagnoles.com/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmdujardin@outlook.fr" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageslot@udaf14.fr" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ufcquechoisir-manche.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orne.generations-mouvement.org/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nh-navarre.fr/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normandie@unafam.org" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cliniquenotredame.vivalto-sante.com/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fnath.14@wanadoo.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francerein.org/region/normandie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ligue-cancer.net/cd76/journal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dokinoe@orange.fr" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:associationdesdiabetiques7627@gmail.com" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63B57F1C-8389-48A3-8392-5972C7F00ADB}">
-  <dimension ref="A1:D163"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BCDF215-293B-4AFF-A72E-ACCD3B9BE2B6}">
+  <sheetPr filterMode="1"/>
+  <dimension ref="A1:ID2887"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G20" sqref="G20"/>
+    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="F54" sqref="F54"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="21" outlineLevelCol="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.140625" style="2" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="11.42578125" style="2"/>
+    <col min="1" max="1" width="20.5703125" style="278" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31.5703125" style="149" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="108.42578125" style="280" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.28515625" style="149" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="26.85546875" style="281" customWidth="1"/>
+    <col min="6" max="6" width="48.7109375" style="284" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.42578125" style="283" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="8" max="8" width="86.5703125" style="283" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="9" max="9" width="37.28515625" style="283" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="10" max="10" width="28.28515625" style="283" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="11" max="11" width="24.42578125" style="283" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="12" max="12" width="46" style="283" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="13" max="13" width="31" style="283" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="14" max="14" width="18.42578125" style="229" customWidth="1" outlineLevel="1"/>
+    <col min="15" max="15" width="31.7109375" style="19" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" style="19" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="0.28515625" style="20" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="63.28515625" style="21" customWidth="1"/>
+    <col min="19" max="93" width="11.42578125" style="22"/>
+    <col min="94" max="94" width="11.42578125" style="23"/>
+    <col min="95" max="16384" width="11.42578125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="12.75" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:94" s="9" customFormat="1" ht="50.65" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D3" s="8" t="s">
+      <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="9" t="s">
+      <c r="J1" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="10" t="s">
+      <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="10" t="s">
+      <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D4" s="11" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="10" t="s">
+      <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="10" t="s">
+      <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="D5" s="11" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="3" t="s">
+      <c r="O1" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="4" t="s">
+      <c r="P1" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="Q1" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...32 lines deleted...]
-      <c r="A9" s="3" t="s">
+      <c r="R1" s="6"/>
+      <c r="S1" s="7"/>
+      <c r="T1" s="7"/>
+      <c r="U1" s="7"/>
+      <c r="V1" s="7"/>
+      <c r="W1" s="7"/>
+      <c r="X1" s="7"/>
+      <c r="Y1" s="7"/>
+      <c r="Z1" s="7"/>
+      <c r="AA1" s="7"/>
+      <c r="AB1" s="7"/>
+      <c r="AC1" s="7"/>
+      <c r="AD1" s="7"/>
+      <c r="AE1" s="7"/>
+      <c r="AF1" s="7"/>
+      <c r="AG1" s="7"/>
+      <c r="AH1" s="7"/>
+      <c r="AI1" s="7"/>
+      <c r="AJ1" s="7"/>
+      <c r="AK1" s="7"/>
+      <c r="AL1" s="7"/>
+      <c r="AM1" s="7"/>
+      <c r="AN1" s="7"/>
+      <c r="AO1" s="7"/>
+      <c r="AP1" s="7"/>
+      <c r="AQ1" s="7"/>
+      <c r="AR1" s="7"/>
+      <c r="AS1" s="7"/>
+      <c r="AT1" s="7"/>
+      <c r="AU1" s="7"/>
+      <c r="AV1" s="7"/>
+      <c r="AW1" s="7"/>
+      <c r="AX1" s="7"/>
+      <c r="AY1" s="7"/>
+      <c r="AZ1" s="7"/>
+      <c r="BA1" s="7"/>
+      <c r="BB1" s="7"/>
+      <c r="BC1" s="7"/>
+      <c r="BD1" s="7"/>
+      <c r="BE1" s="7"/>
+      <c r="BF1" s="7"/>
+      <c r="BG1" s="7"/>
+      <c r="BH1" s="7"/>
+      <c r="BI1" s="7"/>
+      <c r="BJ1" s="7"/>
+      <c r="BK1" s="7"/>
+      <c r="BL1" s="7"/>
+      <c r="BM1" s="7"/>
+      <c r="BN1" s="7"/>
+      <c r="BO1" s="7"/>
+      <c r="BP1" s="7"/>
+      <c r="BQ1" s="7"/>
+      <c r="BR1" s="7"/>
+      <c r="BS1" s="7"/>
+      <c r="BT1" s="7"/>
+      <c r="BU1" s="7"/>
+      <c r="BV1" s="7"/>
+      <c r="BW1" s="7"/>
+      <c r="BX1" s="7"/>
+      <c r="BY1" s="7"/>
+      <c r="BZ1" s="7"/>
+      <c r="CA1" s="7"/>
+      <c r="CB1" s="7"/>
+      <c r="CC1" s="7"/>
+      <c r="CD1" s="7"/>
+      <c r="CE1" s="7"/>
+      <c r="CF1" s="7"/>
+      <c r="CG1" s="7"/>
+      <c r="CH1" s="7"/>
+      <c r="CI1" s="7"/>
+      <c r="CJ1" s="7"/>
+      <c r="CK1" s="7"/>
+      <c r="CL1" s="7"/>
+      <c r="CM1" s="7"/>
+      <c r="CN1" s="7"/>
+      <c r="CO1" s="7"/>
+      <c r="CP1" s="8"/>
+    </row>
+    <row r="2" spans="1:94" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="4" t="s">
+      <c r="B2" s="11"/>
+      <c r="C2" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="D2" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="6" t="s">
+      <c r="E2" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" s="16"/>
+      <c r="K2" s="16"/>
+      <c r="L2" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:94" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="10"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" s="28"/>
+      <c r="J3" s="28"/>
+      <c r="K3" s="28"/>
+      <c r="L3" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M3" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" s="31"/>
+      <c r="P3" s="31"/>
+      <c r="Q3" s="32"/>
+      <c r="R3" s="33"/>
+    </row>
+    <row r="4" spans="1:94" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="10"/>
+      <c r="B4" s="11"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" s="34"/>
+      <c r="H4" s="35"/>
+      <c r="I4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="K4" s="34"/>
+      <c r="L4" s="35"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="31"/>
+      <c r="P4" s="31"/>
+      <c r="Q4" s="32"/>
+      <c r="R4" s="33"/>
+    </row>
+    <row r="5" spans="1:94" ht="30.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="10"/>
+      <c r="B5" s="11"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="I5" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" s="16"/>
+      <c r="K5" s="16"/>
+      <c r="L5" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:94" ht="30.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="7" t="s">
-[...16 lines deleted...]
-      <c r="C11" s="10" t="s">
+      <c r="B6" s="11"/>
+      <c r="C6" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" s="40" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" s="41" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" s="42" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" s="42"/>
+      <c r="K6" s="42"/>
+      <c r="L6" s="44" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R6" s="33"/>
+    </row>
+    <row r="7" spans="1:94" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="37"/>
+      <c r="B7" s="11"/>
+      <c r="C7" s="38"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="28"/>
+      <c r="J7" s="28"/>
+      <c r="K7" s="28"/>
+      <c r="L7" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O7" s="31"/>
+      <c r="P7" s="31"/>
+      <c r="Q7" s="32"/>
+    </row>
+    <row r="8" spans="1:94" ht="30.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="37"/>
+      <c r="B8" s="11"/>
+      <c r="C8" s="38"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="40"/>
+      <c r="F8" s="41" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" s="47" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="47"/>
+      <c r="J8" s="47"/>
+      <c r="K8" s="47"/>
+      <c r="L8" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="M8" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="N8" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" s="31"/>
+      <c r="P8" s="31"/>
+      <c r="Q8" s="32"/>
+    </row>
+    <row r="9" spans="1:94" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="37"/>
+      <c r="B9" s="11"/>
+      <c r="C9" s="38"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="40"/>
+      <c r="F9" s="41" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="I9" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="J9" s="42"/>
+      <c r="K9" s="42"/>
+      <c r="L9" s="43" t="s">
+        <v>55</v>
+      </c>
+      <c r="M9" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="N9" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" s="31"/>
+      <c r="P9" s="31"/>
+      <c r="Q9" s="32"/>
+      <c r="R9" s="33"/>
+    </row>
+    <row r="10" spans="1:94" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="11"/>
+      <c r="C10" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" s="50"/>
+      <c r="E10" s="51" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" s="52" t="s">
+        <v>58</v>
+      </c>
+      <c r="G10" s="53"/>
+      <c r="H10" s="54"/>
+      <c r="I10" s="53"/>
+      <c r="J10" s="53"/>
+      <c r="K10" s="53"/>
+      <c r="L10" s="54"/>
+      <c r="M10" s="53"/>
+      <c r="N10" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R10" s="57" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:94" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="48"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="49"/>
+      <c r="D11" s="50"/>
+      <c r="E11" s="51"/>
+      <c r="F11" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" s="53"/>
+      <c r="H11" s="54"/>
+      <c r="I11" s="53"/>
+      <c r="J11" s="53"/>
+      <c r="K11" s="53"/>
+      <c r="L11" s="54"/>
+      <c r="M11" s="53"/>
+      <c r="N11" s="55" t="s">
+        <v>62</v>
+      </c>
+      <c r="R11" s="58"/>
+    </row>
+    <row r="12" spans="1:94" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="48"/>
+      <c r="B12" s="11"/>
+      <c r="C12" s="49"/>
+      <c r="D12" s="50"/>
+      <c r="E12" s="51"/>
+      <c r="F12" s="52" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" s="285"/>
+      <c r="H12" s="54"/>
+      <c r="I12" s="53"/>
+      <c r="J12" s="53"/>
+      <c r="K12" s="53"/>
+      <c r="L12" s="54"/>
+      <c r="M12" s="53"/>
+      <c r="N12" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O12" s="59"/>
+      <c r="P12" s="59"/>
+      <c r="Q12" s="60"/>
+      <c r="R12" s="58"/>
+    </row>
+    <row r="13" spans="1:94" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="48"/>
+      <c r="B13" s="11"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="50"/>
+      <c r="E13" s="51"/>
+      <c r="F13" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I13" s="28"/>
+      <c r="J13" s="28"/>
+      <c r="K13" s="28"/>
+      <c r="L13" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M13" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N13" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:94" ht="29.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="11"/>
+      <c r="C14" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="61" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="36" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H14" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="I14" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="J14" s="16"/>
+      <c r="K14" s="16"/>
+      <c r="L14" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="M14" s="16"/>
+      <c r="N14" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R14" s="33"/>
+    </row>
+    <row r="15" spans="1:94" ht="28.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="10"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="25"/>
+      <c r="E15" s="61"/>
+      <c r="F15" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="16"/>
+      <c r="H15" s="17"/>
+      <c r="I15" s="16"/>
+      <c r="J15" s="16"/>
+      <c r="K15" s="16"/>
+      <c r="L15" s="17"/>
+      <c r="M15" s="16"/>
+      <c r="N15" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="R15" s="62"/>
+    </row>
+    <row r="16" spans="1:94" ht="27" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="10"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="61"/>
+      <c r="F16" s="36" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" s="16"/>
+      <c r="H16" s="16"/>
+      <c r="I16" s="16"/>
+      <c r="J16" s="16"/>
+      <c r="K16" s="16"/>
+      <c r="L16" s="17"/>
+      <c r="M16" s="16"/>
+      <c r="N16" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R16" s="62"/>
+    </row>
+    <row r="17" spans="1:18" ht="32.1" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="10"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="61"/>
+      <c r="F17" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="16"/>
+      <c r="H17" s="16"/>
+      <c r="I17" s="16"/>
+      <c r="J17" s="16"/>
+      <c r="K17" s="16"/>
+      <c r="L17" s="17"/>
+      <c r="M17" s="16"/>
+      <c r="N17" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O17" s="63"/>
+      <c r="P17" s="63"/>
+      <c r="Q17" s="64"/>
+      <c r="R17" s="33"/>
+    </row>
+    <row r="18" spans="1:18" ht="31.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="11"/>
+      <c r="C18" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="39" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" s="40" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="65" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" s="67"/>
+      <c r="H18" s="67"/>
+      <c r="I18" s="67"/>
+      <c r="J18" s="67"/>
+      <c r="K18" s="67"/>
+      <c r="L18" s="67"/>
+      <c r="M18" s="67"/>
+      <c r="N18" s="66" t="s">
+        <v>78</v>
+      </c>
+      <c r="R18" s="33"/>
+    </row>
+    <row r="19" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="37"/>
+      <c r="B19" s="11"/>
+      <c r="C19" s="38"/>
+      <c r="D19" s="46"/>
+      <c r="E19" s="40"/>
+      <c r="F19" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G19" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H19" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I19" s="28"/>
+      <c r="J19" s="28"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M19" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N19" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O19" s="31"/>
+      <c r="P19" s="31"/>
+      <c r="Q19" s="32"/>
+      <c r="R19" s="33"/>
+    </row>
+    <row r="20" spans="1:18" ht="32.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="37"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="38"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="40"/>
+      <c r="F20" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" s="47" t="s">
+        <v>80</v>
+      </c>
+      <c r="H20" s="47"/>
+      <c r="I20" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="J20" s="47"/>
+      <c r="K20" s="47"/>
+      <c r="L20" s="44" t="s">
+        <v>82</v>
+      </c>
+      <c r="M20" s="47" t="s">
+        <v>83</v>
+      </c>
+      <c r="N20" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R20" s="62"/>
+    </row>
+    <row r="21" spans="1:18" ht="35.1" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="37"/>
+      <c r="B21" s="11"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="40"/>
+      <c r="F21" s="68" t="s">
+        <v>84</v>
+      </c>
+      <c r="G21" s="47" t="s">
+        <v>80</v>
+      </c>
+      <c r="H21" s="47"/>
+      <c r="I21" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="J21" s="47"/>
+      <c r="K21" s="47"/>
+      <c r="L21" s="44" t="s">
+        <v>82</v>
+      </c>
+      <c r="M21" s="47" t="s">
+        <v>85</v>
+      </c>
+      <c r="N21" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="R21" s="62"/>
+    </row>
+    <row r="22" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" s="11"/>
+      <c r="C22" s="49" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="69" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="51" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H22" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="I22" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" s="53"/>
+      <c r="K22" s="53"/>
+      <c r="L22" s="54" t="s">
+        <v>55</v>
+      </c>
+      <c r="M22" s="53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N22" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" s="31"/>
+      <c r="P22" s="31"/>
+      <c r="Q22" s="32"/>
+      <c r="R22" s="33"/>
+    </row>
+    <row r="23" spans="1:18" ht="31.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="48"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="49"/>
+      <c r="D23" s="70"/>
+      <c r="E23" s="51"/>
+      <c r="F23" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" s="28"/>
+      <c r="H23" s="28"/>
+      <c r="I23" s="28"/>
+      <c r="J23" s="28"/>
+      <c r="K23" s="28"/>
+      <c r="L23" s="28"/>
+      <c r="M23" s="28"/>
+      <c r="N23" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="48"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="49"/>
+      <c r="D24" s="70"/>
+      <c r="E24" s="51"/>
+      <c r="F24" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I24" s="28"/>
+      <c r="J24" s="28"/>
+      <c r="K24" s="28"/>
+      <c r="L24" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M24" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N24" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O24" s="59"/>
+      <c r="P24" s="59"/>
+      <c r="Q24" s="60"/>
+      <c r="R24" s="71"/>
+    </row>
+    <row r="25" spans="1:18" ht="30.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="48"/>
+      <c r="B25" s="11"/>
+      <c r="C25" s="49"/>
+      <c r="D25" s="70"/>
+      <c r="E25" s="51"/>
+      <c r="F25" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="G25" s="73" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25" s="74" t="s">
+        <v>91</v>
+      </c>
+      <c r="I25" s="73" t="s">
+        <v>44</v>
+      </c>
+      <c r="J25" s="73"/>
+      <c r="K25" s="73"/>
+      <c r="L25" s="74" t="s">
+        <v>55</v>
+      </c>
+      <c r="M25" s="73" t="s">
+        <v>92</v>
+      </c>
+      <c r="N25" s="75" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="26.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" s="11"/>
+      <c r="C26" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D26" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E26" s="61" t="s">
+        <v>95</v>
+      </c>
+      <c r="F26" s="36" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="H26" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="I26" s="16"/>
+      <c r="J26" s="16"/>
+      <c r="K26" s="16"/>
+      <c r="L26" s="35" t="s">
+        <v>99</v>
+      </c>
+      <c r="M26" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="N26" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R26" s="33"/>
+    </row>
+    <row r="27" spans="1:18" ht="26.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="10"/>
+      <c r="B27" s="11"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="25"/>
+      <c r="E27" s="61"/>
+      <c r="F27" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="G27" s="34"/>
+      <c r="H27" s="76"/>
+      <c r="I27" s="34"/>
+      <c r="J27" s="34"/>
+      <c r="K27" s="34"/>
+      <c r="L27" s="76"/>
+      <c r="M27" s="34"/>
+      <c r="N27" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="R27" s="77"/>
+    </row>
+    <row r="28" spans="1:18" ht="27" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="10"/>
+      <c r="B28" s="11"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="61"/>
+      <c r="F28" s="36" t="s">
+        <v>102</v>
+      </c>
+      <c r="G28" s="16"/>
+      <c r="H28" s="16"/>
+      <c r="I28" s="16"/>
+      <c r="J28" s="16"/>
+      <c r="K28" s="16"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O28" s="78"/>
+      <c r="P28" s="78"/>
+      <c r="Q28" s="79"/>
+      <c r="R28" s="33"/>
+    </row>
+    <row r="29" spans="1:18" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="10"/>
+      <c r="B29" s="11"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="25"/>
+      <c r="E29" s="61"/>
+      <c r="F29" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G29" s="16"/>
+      <c r="H29" s="17"/>
+      <c r="I29" s="16"/>
+      <c r="J29" s="16"/>
+      <c r="K29" s="16"/>
+      <c r="L29" s="17"/>
+      <c r="M29" s="16"/>
+      <c r="N29" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O29" s="78"/>
+      <c r="P29" s="78"/>
+      <c r="Q29" s="79"/>
+      <c r="R29" s="71"/>
+    </row>
+    <row r="30" spans="1:18" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C30" s="38" t="s">
+        <v>104</v>
+      </c>
+      <c r="D30" s="39" t="s">
+        <v>105</v>
+      </c>
+      <c r="E30" s="40" t="s">
+        <v>106</v>
+      </c>
+      <c r="F30" s="41" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H30" s="44" t="s">
+        <v>109</v>
+      </c>
+      <c r="I30" s="47"/>
+      <c r="J30" s="47"/>
+      <c r="K30" s="47"/>
+      <c r="L30" s="44" t="s">
+        <v>110</v>
+      </c>
+      <c r="M30" s="47" t="s">
+        <v>111</v>
+      </c>
+      <c r="N30" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="37"/>
+      <c r="B31" s="11"/>
+      <c r="C31" s="38"/>
+      <c r="D31" s="46"/>
+      <c r="E31" s="40"/>
+      <c r="F31" s="41" t="s">
+        <v>112</v>
+      </c>
+      <c r="G31" s="47" t="s">
+        <v>49</v>
+      </c>
+      <c r="H31" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="I31" s="47"/>
+      <c r="J31" s="47"/>
+      <c r="K31" s="47"/>
+      <c r="L31" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="M31" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="N31" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O31" s="31"/>
+      <c r="P31" s="31"/>
+      <c r="Q31" s="32"/>
+      <c r="R31" s="33"/>
+    </row>
+    <row r="32" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="37"/>
+      <c r="B32" s="11"/>
+      <c r="C32" s="38"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="40"/>
+      <c r="F32" s="41" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" s="42" t="s">
+        <v>114</v>
+      </c>
+      <c r="H32" s="44" t="s">
+        <v>115</v>
+      </c>
+      <c r="I32" s="47"/>
+      <c r="J32" s="47"/>
+      <c r="K32" s="47"/>
+      <c r="L32" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="M32" s="47" t="s">
+        <v>117</v>
+      </c>
+      <c r="N32" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:94" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="37"/>
+      <c r="B33" s="11"/>
+      <c r="C33" s="38"/>
+      <c r="D33" s="46"/>
+      <c r="E33" s="40"/>
+      <c r="F33" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G33" s="47"/>
+      <c r="H33" s="44"/>
+      <c r="I33" s="47"/>
+      <c r="J33" s="47"/>
+      <c r="K33" s="47"/>
+      <c r="L33" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="M33" s="47"/>
+      <c r="N33" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="34" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B34" s="11"/>
+      <c r="C34" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="69" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="51" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" s="81" t="s">
+        <v>102</v>
+      </c>
+      <c r="G34" s="28"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="28"/>
+      <c r="J34" s="28"/>
+      <c r="K34" s="28"/>
+      <c r="L34" s="29"/>
+      <c r="M34" s="28"/>
+      <c r="N34" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="48"/>
+      <c r="B35" s="11"/>
+      <c r="C35" s="49"/>
+      <c r="D35" s="70"/>
+      <c r="E35" s="51"/>
+      <c r="F35" s="52" t="s">
+        <v>96</v>
+      </c>
+      <c r="G35" s="53" t="s">
+        <v>97</v>
+      </c>
+      <c r="H35" s="29" t="s">
+        <v>121</v>
+      </c>
+      <c r="I35" s="28" t="s">
+        <v>122</v>
+      </c>
+      <c r="J35" s="28"/>
+      <c r="K35" s="28"/>
+      <c r="L35" s="54" t="s">
+        <v>99</v>
+      </c>
+      <c r="M35" s="28" t="s">
+        <v>100</v>
+      </c>
+      <c r="N35" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="36" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="48"/>
+      <c r="B36" s="11"/>
+      <c r="C36" s="49"/>
+      <c r="D36" s="70"/>
+      <c r="E36" s="51"/>
+      <c r="F36" s="52" t="s">
+        <v>123</v>
+      </c>
+      <c r="G36" s="28" t="s">
+        <v>49</v>
+      </c>
+      <c r="H36" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="I36" s="28"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="M36" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="N36" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:94" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="48"/>
+      <c r="B37" s="11"/>
+      <c r="C37" s="49"/>
+      <c r="D37" s="70"/>
+      <c r="E37" s="51"/>
+      <c r="F37" s="52" t="s">
+        <v>124</v>
+      </c>
+      <c r="G37" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H37" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="I37" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J37" s="53"/>
+      <c r="K37" s="53"/>
+      <c r="L37" s="54" t="s">
+        <v>55</v>
+      </c>
+      <c r="M37" s="53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N37" s="55" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="38" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B38" s="11"/>
+      <c r="C38" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="D38" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" s="61" t="s">
+        <v>40</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="I38" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="J38" s="34"/>
+      <c r="K38" s="34"/>
+      <c r="L38" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="M38" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="N38" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" s="31"/>
+      <c r="P38" s="31"/>
+      <c r="Q38" s="32"/>
+      <c r="R38" s="33"/>
+    </row>
+    <row r="39" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="10"/>
+      <c r="B39" s="11"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="25"/>
+      <c r="E39" s="61"/>
+      <c r="F39" s="36" t="s">
+        <v>53</v>
+      </c>
+      <c r="G39" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="H39" s="17" t="s">
+        <v>128</v>
+      </c>
+      <c r="I39" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="J39" s="16"/>
+      <c r="K39" s="16"/>
+      <c r="L39" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M39" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N39" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="O39" s="31"/>
+      <c r="P39" s="31"/>
+      <c r="Q39" s="32"/>
+      <c r="R39" s="33"/>
+    </row>
+    <row r="40" spans="1:94" s="85" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="10"/>
+      <c r="B40" s="11"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="25"/>
+      <c r="E40" s="61"/>
+      <c r="F40" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="G40" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="H40" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="I40" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="J40" s="16"/>
+      <c r="K40" s="16"/>
+      <c r="L40" s="35" t="s">
+        <v>99</v>
+      </c>
+      <c r="M40" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="N40" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O40" s="31"/>
+      <c r="P40" s="31"/>
+      <c r="Q40" s="32"/>
+      <c r="R40" s="33"/>
+      <c r="S40" s="22"/>
+      <c r="T40" s="22"/>
+      <c r="U40" s="22"/>
+      <c r="V40" s="22"/>
+      <c r="W40" s="22"/>
+      <c r="X40" s="22"/>
+      <c r="Y40" s="22"/>
+      <c r="Z40" s="22"/>
+      <c r="AA40" s="22"/>
+      <c r="AB40" s="22"/>
+      <c r="AC40" s="22"/>
+      <c r="AD40" s="22"/>
+      <c r="AE40" s="22"/>
+      <c r="AF40" s="22"/>
+      <c r="AG40" s="22"/>
+      <c r="AH40" s="22"/>
+      <c r="AI40" s="22"/>
+      <c r="AJ40" s="22"/>
+      <c r="AK40" s="22"/>
+      <c r="AL40" s="22"/>
+      <c r="AM40" s="22"/>
+      <c r="AN40" s="22"/>
+      <c r="AO40" s="22"/>
+      <c r="AP40" s="22"/>
+      <c r="AQ40" s="22"/>
+      <c r="AR40" s="22"/>
+      <c r="AS40" s="22"/>
+      <c r="AT40" s="22"/>
+      <c r="AU40" s="22"/>
+      <c r="AV40" s="22"/>
+      <c r="AW40" s="22"/>
+      <c r="AX40" s="83"/>
+      <c r="AY40" s="83"/>
+      <c r="AZ40" s="83"/>
+      <c r="BA40" s="83"/>
+      <c r="BB40" s="83"/>
+      <c r="BC40" s="83"/>
+      <c r="BD40" s="83"/>
+      <c r="BE40" s="83"/>
+      <c r="BF40" s="83"/>
+      <c r="BG40" s="83"/>
+      <c r="BH40" s="83"/>
+      <c r="BI40" s="83"/>
+      <c r="BJ40" s="83"/>
+      <c r="BK40" s="83"/>
+      <c r="BL40" s="83"/>
+      <c r="BM40" s="83"/>
+      <c r="BN40" s="83"/>
+      <c r="BO40" s="83"/>
+      <c r="BP40" s="83"/>
+      <c r="BQ40" s="83"/>
+      <c r="BR40" s="83"/>
+      <c r="BS40" s="83"/>
+      <c r="BT40" s="83"/>
+      <c r="BU40" s="83"/>
+      <c r="BV40" s="83"/>
+      <c r="BW40" s="83"/>
+      <c r="BX40" s="83"/>
+      <c r="BY40" s="83"/>
+      <c r="BZ40" s="83"/>
+      <c r="CA40" s="83"/>
+      <c r="CB40" s="83"/>
+      <c r="CC40" s="83"/>
+      <c r="CD40" s="83"/>
+      <c r="CE40" s="83"/>
+      <c r="CF40" s="83"/>
+      <c r="CG40" s="83"/>
+      <c r="CH40" s="83"/>
+      <c r="CI40" s="83"/>
+      <c r="CJ40" s="83"/>
+      <c r="CK40" s="83"/>
+      <c r="CL40" s="83"/>
+      <c r="CM40" s="83"/>
+      <c r="CN40" s="83"/>
+      <c r="CO40" s="83"/>
+      <c r="CP40" s="84"/>
+    </row>
+    <row r="41" spans="1:94" s="88" customFormat="1" ht="29.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="10"/>
+      <c r="B41" s="11"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="25"/>
+      <c r="E41" s="61"/>
+      <c r="F41" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="G41" s="34" t="s">
+        <v>134</v>
+      </c>
+      <c r="H41" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="I41" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="J41" s="16"/>
+      <c r="K41" s="16"/>
+      <c r="L41" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="M41" s="16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N41" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O41" s="19"/>
+      <c r="P41" s="19"/>
+      <c r="Q41" s="20"/>
+      <c r="R41" s="21"/>
+      <c r="S41" s="22"/>
+      <c r="T41" s="22"/>
+      <c r="U41" s="22"/>
+      <c r="V41" s="22"/>
+      <c r="W41" s="22"/>
+      <c r="X41" s="22"/>
+      <c r="Y41" s="22"/>
+      <c r="Z41" s="22"/>
+      <c r="AA41" s="22"/>
+      <c r="AB41" s="22"/>
+      <c r="AC41" s="22"/>
+      <c r="AD41" s="22"/>
+      <c r="AE41" s="22"/>
+      <c r="AF41" s="22"/>
+      <c r="AG41" s="22"/>
+      <c r="AH41" s="22"/>
+      <c r="AI41" s="22"/>
+      <c r="AJ41" s="22"/>
+      <c r="AK41" s="22"/>
+      <c r="AL41" s="22"/>
+      <c r="AM41" s="22"/>
+      <c r="AN41" s="22"/>
+      <c r="AO41" s="22"/>
+      <c r="AP41" s="22"/>
+      <c r="AQ41" s="22"/>
+      <c r="AR41" s="22"/>
+      <c r="AS41" s="22"/>
+      <c r="AT41" s="22"/>
+      <c r="AU41" s="22"/>
+      <c r="AV41" s="22"/>
+      <c r="AW41" s="22"/>
+      <c r="AX41" s="86"/>
+      <c r="AY41" s="86"/>
+      <c r="AZ41" s="86"/>
+      <c r="BA41" s="86"/>
+      <c r="BB41" s="86"/>
+      <c r="BC41" s="86"/>
+      <c r="BD41" s="86"/>
+      <c r="BE41" s="86"/>
+      <c r="BF41" s="86"/>
+      <c r="BG41" s="86"/>
+      <c r="BH41" s="86"/>
+      <c r="BI41" s="86"/>
+      <c r="BJ41" s="86"/>
+      <c r="BK41" s="86"/>
+      <c r="BL41" s="86"/>
+      <c r="BM41" s="86"/>
+      <c r="BN41" s="86"/>
+      <c r="BO41" s="86"/>
+      <c r="BP41" s="86"/>
+      <c r="BQ41" s="86"/>
+      <c r="BR41" s="86"/>
+      <c r="BS41" s="86"/>
+      <c r="BT41" s="86"/>
+      <c r="BU41" s="86"/>
+      <c r="BV41" s="86"/>
+      <c r="BW41" s="86"/>
+      <c r="BX41" s="86"/>
+      <c r="BY41" s="86"/>
+      <c r="BZ41" s="86"/>
+      <c r="CA41" s="86"/>
+      <c r="CB41" s="86"/>
+      <c r="CC41" s="86"/>
+      <c r="CD41" s="86"/>
+      <c r="CE41" s="86"/>
+      <c r="CF41" s="86"/>
+      <c r="CG41" s="86"/>
+      <c r="CH41" s="86"/>
+      <c r="CI41" s="86"/>
+      <c r="CJ41" s="86"/>
+      <c r="CK41" s="86"/>
+      <c r="CL41" s="86"/>
+      <c r="CM41" s="86"/>
+      <c r="CN41" s="86"/>
+      <c r="CO41" s="86"/>
+      <c r="CP41" s="87"/>
+    </row>
+    <row r="42" spans="1:94" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B42" s="11"/>
+      <c r="C42" s="38" t="s">
+        <v>139</v>
+      </c>
+      <c r="D42" s="89"/>
+      <c r="E42" s="40" t="s">
+        <v>40</v>
+      </c>
+      <c r="F42" s="41" t="s">
+        <v>140</v>
+      </c>
+      <c r="G42" s="47"/>
+      <c r="H42" s="47"/>
+      <c r="I42" s="47"/>
+      <c r="J42" s="47"/>
+      <c r="K42" s="47"/>
+      <c r="L42" s="47"/>
+      <c r="M42" s="47"/>
+      <c r="N42" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" s="90"/>
+      <c r="P42" s="90"/>
+      <c r="Q42" s="91"/>
+      <c r="R42" s="33"/>
+    </row>
+    <row r="43" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="37"/>
+      <c r="B43" s="11"/>
+      <c r="C43" s="38"/>
+      <c r="D43" s="89"/>
+      <c r="E43" s="40"/>
+      <c r="F43" s="41" t="s">
+        <v>141</v>
+      </c>
+      <c r="G43" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="I43" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="J43" s="42"/>
+      <c r="K43" s="42"/>
+      <c r="L43" s="43" t="s">
+        <v>55</v>
+      </c>
+      <c r="M43" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="N43" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O43" s="31"/>
+      <c r="P43" s="31"/>
+      <c r="Q43" s="32"/>
+      <c r="R43" s="33"/>
+    </row>
+    <row r="44" spans="1:94" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="37"/>
+      <c r="B44" s="11"/>
+      <c r="C44" s="38"/>
+      <c r="D44" s="89"/>
+      <c r="E44" s="40"/>
+      <c r="F44" s="41" t="s">
+        <v>142</v>
+      </c>
+      <c r="G44" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" s="44" t="s">
+        <v>30</v>
+      </c>
+      <c r="I44" s="47"/>
+      <c r="J44" s="47"/>
+      <c r="K44" s="47"/>
+      <c r="L44" s="44" t="s">
+        <v>31</v>
+      </c>
+      <c r="M44" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="N44" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O44" s="31"/>
+      <c r="P44" s="31"/>
+      <c r="Q44" s="32"/>
+      <c r="R44" s="33"/>
+    </row>
+    <row r="45" spans="1:94" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="37"/>
+      <c r="B45" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="C45" s="38"/>
+      <c r="D45" s="92" t="s">
+        <v>144</v>
+      </c>
+      <c r="E45" s="40"/>
+      <c r="F45" s="41" t="s">
+        <v>145</v>
+      </c>
+      <c r="G45" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H45" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I45" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J45" s="47"/>
+      <c r="K45" s="47"/>
+      <c r="L45" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M45" s="47"/>
+      <c r="N45" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O45" s="31"/>
+      <c r="P45" s="31"/>
+      <c r="Q45" s="32"/>
+    </row>
+    <row r="46" spans="1:94" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="C46" s="49" t="s">
+        <v>151</v>
+      </c>
+      <c r="D46" s="69" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" s="51" t="s">
+        <v>106</v>
+      </c>
+      <c r="F46" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G46" s="28"/>
+      <c r="H46" s="28"/>
+      <c r="I46" s="28"/>
+      <c r="J46" s="28"/>
+      <c r="K46" s="28"/>
+      <c r="L46" s="28"/>
+      <c r="M46" s="28"/>
+      <c r="N46" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" s="31"/>
+      <c r="P46" s="31"/>
+      <c r="Q46" s="32"/>
+      <c r="R46" s="33"/>
+    </row>
+    <row r="47" spans="1:94" ht="31.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="48"/>
+      <c r="B47" s="11"/>
+      <c r="C47" s="49"/>
+      <c r="D47" s="70"/>
+      <c r="E47" s="51"/>
+      <c r="F47" s="81" t="s">
+        <v>153</v>
+      </c>
+      <c r="G47" s="28"/>
+      <c r="H47" s="28"/>
+      <c r="I47" s="28"/>
+      <c r="J47" s="28"/>
+      <c r="K47" s="28"/>
+      <c r="L47" s="28"/>
+      <c r="M47" s="28"/>
+      <c r="N47" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="R47" s="33"/>
+    </row>
+    <row r="48" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="48"/>
+      <c r="B48" s="11"/>
+      <c r="C48" s="49"/>
+      <c r="D48" s="70"/>
+      <c r="E48" s="51"/>
+      <c r="F48" s="81" t="s">
+        <v>142</v>
+      </c>
+      <c r="G48" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H48" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M48" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N48" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O48" s="31"/>
+      <c r="P48" s="31"/>
+      <c r="Q48" s="32"/>
+      <c r="R48" s="33"/>
+    </row>
+    <row r="49" spans="1:18" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="48"/>
+      <c r="B49" s="11"/>
+      <c r="C49" s="49"/>
+      <c r="D49" s="70"/>
+      <c r="E49" s="51"/>
+      <c r="F49" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G49" s="28"/>
+      <c r="H49" s="28"/>
+      <c r="I49" s="28"/>
+      <c r="J49" s="28"/>
+      <c r="K49" s="28"/>
+      <c r="L49" s="28"/>
+      <c r="M49" s="28"/>
+      <c r="N49" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B50" s="11"/>
+      <c r="C50" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="E50" s="61" t="s">
+        <v>40</v>
+      </c>
+      <c r="F50" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="G50" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H50" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="I50" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="J50" s="16"/>
+      <c r="K50" s="16"/>
+      <c r="L50" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M50" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N50" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R50" s="33"/>
+    </row>
+    <row r="51" spans="1:18" ht="28.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="10"/>
+      <c r="B51" s="11"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="61"/>
+      <c r="F51" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="G51" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H51" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="I51" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="J51" s="16"/>
+      <c r="K51" s="16"/>
+      <c r="L51" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="M51" s="16"/>
+      <c r="N51" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="O51" s="93"/>
+      <c r="P51" s="93"/>
+      <c r="Q51" s="94"/>
+      <c r="R51" s="33"/>
+    </row>
+    <row r="52" spans="1:18" ht="33.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="10"/>
+      <c r="B52" s="11"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="61"/>
+      <c r="F52" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H52" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="I52" s="16"/>
+      <c r="J52" s="16"/>
+      <c r="K52" s="16"/>
+      <c r="L52" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="M52" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="N52" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O52" s="31"/>
+      <c r="P52" s="31"/>
+      <c r="Q52" s="32"/>
+      <c r="R52" s="71"/>
+    </row>
+    <row r="53" spans="1:18" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="10"/>
+      <c r="B53" s="11"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="25"/>
+      <c r="E53" s="61"/>
+      <c r="F53" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G53" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H53" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="I53" s="16"/>
+      <c r="J53" s="16"/>
+      <c r="K53" s="16"/>
+      <c r="L53" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="M53" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="N53" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="R53" s="62"/>
+    </row>
+    <row r="54" spans="1:18" ht="31.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B54" s="11"/>
+      <c r="C54" s="38" t="s">
+        <v>160</v>
+      </c>
+      <c r="D54" s="46"/>
+      <c r="E54" s="40" t="s">
+        <v>40</v>
+      </c>
+      <c r="F54" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G54" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H54" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I54" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J54" s="47"/>
+      <c r="K54" s="47"/>
+      <c r="L54" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M54" s="47"/>
+      <c r="N54" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O54" s="95"/>
+      <c r="P54" s="95"/>
+      <c r="Q54" s="96"/>
+      <c r="R54" s="33"/>
+    </row>
+    <row r="55" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="37"/>
+      <c r="B55" s="11"/>
+      <c r="C55" s="38"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="40"/>
+      <c r="F55" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G55" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H55" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I55" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J55" s="47"/>
+      <c r="K55" s="47"/>
+      <c r="L55" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M55" s="47"/>
+      <c r="N55" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O55" s="90"/>
+      <c r="P55" s="90"/>
+      <c r="Q55" s="91"/>
+      <c r="R55" s="33"/>
+    </row>
+    <row r="56" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="37"/>
+      <c r="B56" s="11"/>
+      <c r="C56" s="38"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="40"/>
+      <c r="F56" s="68" t="s">
+        <v>132</v>
+      </c>
+      <c r="G56" s="42"/>
+      <c r="H56" s="42"/>
+      <c r="I56" s="42"/>
+      <c r="J56" s="42"/>
+      <c r="K56" s="42"/>
+      <c r="L56" s="43"/>
+      <c r="M56" s="42"/>
+      <c r="N56" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R56" s="33"/>
+    </row>
+    <row r="57" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="37"/>
+      <c r="B57" s="11"/>
+      <c r="C57" s="38"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="40"/>
+      <c r="F57" s="41" t="s">
+        <v>145</v>
+      </c>
+      <c r="G57" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H57" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I57" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J57" s="47"/>
+      <c r="K57" s="47"/>
+      <c r="L57" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M57" s="47"/>
+      <c r="N57" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="R57" s="33"/>
+    </row>
+    <row r="58" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C58" s="49" t="s">
+        <v>162</v>
+      </c>
+      <c r="D58" s="69" t="s">
+        <v>163</v>
+      </c>
+      <c r="E58" s="51" t="s">
+        <v>164</v>
+      </c>
+      <c r="F58" s="81" t="s">
+        <v>165</v>
+      </c>
+      <c r="G58" s="53"/>
+      <c r="H58" s="54"/>
+      <c r="I58" s="53"/>
+      <c r="J58" s="53"/>
+      <c r="K58" s="53"/>
+      <c r="L58" s="54"/>
+      <c r="M58" s="53"/>
+      <c r="N58" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="48"/>
+      <c r="B59" s="11"/>
+      <c r="C59" s="49"/>
+      <c r="D59" s="70"/>
+      <c r="E59" s="51"/>
+      <c r="F59" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="G59" s="28"/>
+      <c r="H59" s="28"/>
+      <c r="I59" s="28"/>
+      <c r="J59" s="28"/>
+      <c r="K59" s="28"/>
+      <c r="L59" s="28"/>
+      <c r="M59" s="28"/>
+      <c r="N59" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O59" s="31"/>
+      <c r="P59" s="31"/>
+      <c r="Q59" s="32"/>
+      <c r="R59" s="33"/>
+    </row>
+    <row r="60" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="48"/>
+      <c r="B60" s="11"/>
+      <c r="C60" s="49"/>
+      <c r="D60" s="70"/>
+      <c r="E60" s="51"/>
+      <c r="F60" s="52" t="s">
+        <v>166</v>
+      </c>
+      <c r="G60" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H60" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="I60" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J60" s="53"/>
+      <c r="K60" s="53"/>
+      <c r="L60" s="54" t="s">
+        <v>55</v>
+      </c>
+      <c r="M60" s="53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N60" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O60" s="98"/>
+      <c r="P60" s="98"/>
+      <c r="Q60" s="99"/>
+      <c r="R60" s="33"/>
+    </row>
+    <row r="61" spans="1:18" ht="29.1" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="48"/>
+      <c r="B61" s="11"/>
+      <c r="C61" s="49"/>
+      <c r="D61" s="70"/>
+      <c r="E61" s="51"/>
+      <c r="F61" s="81" t="s">
+        <v>124</v>
+      </c>
+      <c r="G61" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H61" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="I61" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J61" s="53"/>
+      <c r="K61" s="53"/>
+      <c r="L61" s="54" t="s">
+        <v>55</v>
+      </c>
+      <c r="M61" s="53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N61" s="55" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C62" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="D62" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="E62" s="61" t="s">
+        <v>40</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="G62" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H62" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="I62" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="J62" s="16"/>
+      <c r="K62" s="16"/>
+      <c r="L62" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="M62" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="N62" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="10"/>
+      <c r="B63" s="11"/>
+      <c r="C63" s="12"/>
+      <c r="D63" s="25"/>
+      <c r="E63" s="61"/>
+      <c r="F63" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G63" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63" s="35" t="s">
+        <v>43</v>
+      </c>
+      <c r="I63" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="J63" s="34"/>
+      <c r="K63" s="34"/>
+      <c r="L63" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="M63" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="N63" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="10"/>
+      <c r="B64" s="11"/>
+      <c r="C64" s="12"/>
+      <c r="D64" s="25"/>
+      <c r="E64" s="61"/>
+      <c r="F64" s="36" t="s">
+        <v>58</v>
+      </c>
+      <c r="G64" s="16"/>
+      <c r="H64" s="17"/>
+      <c r="I64" s="16"/>
+      <c r="J64" s="16"/>
+      <c r="K64" s="16"/>
+      <c r="L64" s="17"/>
+      <c r="M64" s="16"/>
+      <c r="N64" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O64" s="31"/>
+      <c r="P64" s="31"/>
+      <c r="Q64" s="32"/>
+      <c r="R64" s="33"/>
+    </row>
+    <row r="65" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="10"/>
+      <c r="B65" s="11"/>
+      <c r="C65" s="12"/>
+      <c r="D65" s="25"/>
+      <c r="E65" s="61"/>
+      <c r="F65" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G65" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="H65" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="I65" s="34"/>
+      <c r="J65" s="34"/>
+      <c r="K65" s="34"/>
+      <c r="L65" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="M65" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="N65" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="R65" s="33"/>
+    </row>
+    <row r="66" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B66" s="11"/>
+      <c r="C66" s="100" t="s">
+        <v>172</v>
+      </c>
+      <c r="D66" s="101" t="s">
+        <v>173</v>
+      </c>
+      <c r="E66" s="40" t="s">
+        <v>174</v>
+      </c>
+      <c r="F66" s="41" t="s">
+        <v>175</v>
+      </c>
+      <c r="G66" s="47"/>
+      <c r="H66" s="47"/>
+      <c r="I66" s="47"/>
+      <c r="J66" s="47"/>
+      <c r="K66" s="47"/>
+      <c r="L66" s="47"/>
+      <c r="M66" s="47"/>
+      <c r="N66" s="97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" s="31"/>
+      <c r="P66" s="31"/>
+      <c r="Q66" s="32"/>
+      <c r="R66" s="33"/>
+    </row>
+    <row r="67" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="37"/>
+      <c r="B67" s="11"/>
+      <c r="C67" s="100"/>
+      <c r="D67" s="102"/>
+      <c r="E67" s="40"/>
+      <c r="F67" s="68" t="s">
+        <v>176</v>
+      </c>
+      <c r="G67" s="47"/>
+      <c r="H67" s="44"/>
+      <c r="I67" s="47"/>
+      <c r="J67" s="47"/>
+      <c r="K67" s="47"/>
+      <c r="L67" s="44"/>
+      <c r="M67" s="47"/>
+      <c r="N67" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O67" s="98"/>
+      <c r="P67" s="98"/>
+      <c r="Q67" s="99"/>
+      <c r="R67" s="33"/>
+    </row>
+    <row r="68" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="37"/>
+      <c r="B68" s="11"/>
+      <c r="C68" s="100"/>
+      <c r="D68" s="102"/>
+      <c r="E68" s="40"/>
+      <c r="F68" s="41" t="s">
+        <v>177</v>
+      </c>
+      <c r="G68" s="42"/>
+      <c r="H68" s="103"/>
+      <c r="I68" s="42"/>
+      <c r="J68" s="42"/>
+      <c r="K68" s="42"/>
+      <c r="L68" s="103"/>
+      <c r="M68" s="42"/>
+      <c r="N68" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O68" s="31"/>
+      <c r="P68" s="31"/>
+      <c r="Q68" s="32"/>
+    </row>
+    <row r="69" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="37"/>
+      <c r="B69" s="11"/>
+      <c r="C69" s="100"/>
+      <c r="D69" s="102"/>
+      <c r="E69" s="40"/>
+      <c r="F69" s="68" t="s">
+        <v>178</v>
+      </c>
+      <c r="G69" s="42"/>
+      <c r="H69" s="47"/>
+      <c r="I69" s="47"/>
+      <c r="J69" s="47"/>
+      <c r="K69" s="47"/>
+      <c r="L69" s="43"/>
+      <c r="M69" s="47"/>
+      <c r="N69" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="R69" s="62"/>
+    </row>
+    <row r="70" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B70" s="11"/>
+      <c r="C70" s="104" t="s">
+        <v>179</v>
+      </c>
+      <c r="D70" s="105" t="s">
+        <v>180</v>
+      </c>
+      <c r="E70" s="48" t="s">
+        <v>40</v>
+      </c>
+      <c r="F70" s="81" t="s">
+        <v>132</v>
+      </c>
+      <c r="G70" s="53" t="s">
+        <v>181</v>
+      </c>
+      <c r="H70" s="53"/>
+      <c r="I70" s="53"/>
+      <c r="J70" s="53"/>
+      <c r="K70" s="53"/>
+      <c r="L70" s="54" t="s">
+        <v>182</v>
+      </c>
+      <c r="M70" s="53" t="s">
+        <v>183</v>
+      </c>
+      <c r="N70" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" s="31"/>
+      <c r="P70" s="31"/>
+      <c r="Q70" s="32"/>
+      <c r="R70" s="33"/>
+    </row>
+    <row r="71" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="48"/>
+      <c r="B71" s="11"/>
+      <c r="C71" s="104"/>
+      <c r="D71" s="105"/>
+      <c r="E71" s="48"/>
+      <c r="F71" s="81" t="s">
+        <v>184</v>
+      </c>
+      <c r="G71" s="53"/>
+      <c r="H71" s="29"/>
+      <c r="I71" s="28"/>
+      <c r="J71" s="28"/>
+      <c r="K71" s="28"/>
+      <c r="L71" s="54"/>
+      <c r="M71" s="28"/>
+      <c r="N71" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="26.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="48"/>
+      <c r="B72" s="11"/>
+      <c r="C72" s="104"/>
+      <c r="D72" s="105"/>
+      <c r="E72" s="48"/>
+      <c r="F72" s="52" t="s">
+        <v>185</v>
+      </c>
+      <c r="G72" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="I72" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J72" s="53"/>
+      <c r="K72" s="53"/>
+      <c r="L72" s="54" t="s">
+        <v>55</v>
+      </c>
+      <c r="M72" s="53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N72" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O72" s="31"/>
+      <c r="P72" s="31"/>
+      <c r="Q72" s="32"/>
+      <c r="R72" s="71"/>
+    </row>
+    <row r="73" spans="1:18" ht="24.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="48"/>
+      <c r="B73" s="11"/>
+      <c r="C73" s="104"/>
+      <c r="D73" s="105"/>
+      <c r="E73" s="48"/>
+      <c r="F73" s="81" t="s">
+        <v>186</v>
+      </c>
+      <c r="G73" s="73"/>
+      <c r="H73" s="73"/>
+      <c r="I73" s="73"/>
+      <c r="J73" s="73"/>
+      <c r="K73" s="73"/>
+      <c r="L73" s="74"/>
+      <c r="M73" s="73"/>
+      <c r="N73" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="O73" s="59"/>
+      <c r="P73" s="59"/>
+      <c r="Q73" s="60"/>
+      <c r="R73" s="33"/>
+    </row>
+    <row r="74" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B74" s="11"/>
+      <c r="C74" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D74" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="E74" s="61" t="s">
+        <v>189</v>
+      </c>
+      <c r="F74" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" s="34"/>
+      <c r="H74" s="34"/>
+      <c r="I74" s="34"/>
+      <c r="J74" s="34"/>
+      <c r="K74" s="34"/>
+      <c r="L74" s="35"/>
+      <c r="M74" s="34"/>
+      <c r="N74" s="27" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="28.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="10"/>
+      <c r="B75" s="11"/>
+      <c r="C75" s="12"/>
+      <c r="D75" s="25"/>
+      <c r="E75" s="61"/>
+      <c r="F75" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="G75" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="H75" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="I75" s="16"/>
+      <c r="J75" s="16"/>
+      <c r="K75" s="16"/>
+      <c r="L75" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="M75" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="N75" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="10"/>
+      <c r="B76" s="11"/>
+      <c r="C76" s="12"/>
+      <c r="D76" s="25"/>
+      <c r="E76" s="61"/>
+      <c r="F76" s="36" t="s">
+        <v>191</v>
+      </c>
+      <c r="G76" s="106" t="s">
+        <v>54</v>
+      </c>
+      <c r="H76" s="107" t="s">
+        <v>43</v>
+      </c>
+      <c r="I76" s="106" t="s">
+        <v>44</v>
+      </c>
+      <c r="J76" s="106"/>
+      <c r="K76" s="106"/>
+      <c r="L76" s="107" t="s">
+        <v>55</v>
+      </c>
+      <c r="M76" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="N76" s="82" t="s">
+        <v>35</v>
+      </c>
+      <c r="O76" s="59"/>
+      <c r="P76" s="59"/>
+      <c r="Q76" s="60"/>
+      <c r="R76" s="71"/>
+    </row>
+    <row r="77" spans="1:18" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="10"/>
+      <c r="B77" s="11"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="25"/>
+      <c r="E77" s="61"/>
+      <c r="F77" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="G77" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H77" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="I77" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="J77" s="16"/>
+      <c r="K77" s="16"/>
+      <c r="L77" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="M77" s="16"/>
+      <c r="N77" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O77" s="90"/>
+      <c r="P77" s="90"/>
+      <c r="Q77" s="91"/>
+      <c r="R77" s="33"/>
+    </row>
+    <row r="78" spans="1:18" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B78" s="11"/>
+      <c r="C78" s="38" t="s">
+        <v>192</v>
+      </c>
+      <c r="D78" s="39" t="s">
+        <v>193</v>
+      </c>
+      <c r="E78" s="40" t="s">
+        <v>194</v>
+      </c>
+      <c r="F78" s="68" t="s">
+        <v>195</v>
+      </c>
+      <c r="G78" s="42"/>
+      <c r="H78" s="43"/>
+      <c r="I78" s="42"/>
+      <c r="J78" s="42"/>
+      <c r="K78" s="42"/>
+      <c r="L78" s="43"/>
+      <c r="M78" s="42"/>
+      <c r="N78" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" s="31"/>
+      <c r="P78" s="31"/>
+      <c r="Q78" s="32"/>
+      <c r="R78" s="33"/>
+    </row>
+    <row r="79" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="37"/>
+      <c r="B79" s="11"/>
+      <c r="C79" s="38"/>
+      <c r="D79" s="46"/>
+      <c r="E79" s="40"/>
+      <c r="F79" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G79" s="42"/>
+      <c r="H79" s="43"/>
+      <c r="I79" s="42"/>
+      <c r="J79" s="42"/>
+      <c r="K79" s="42"/>
+      <c r="L79" s="43"/>
+      <c r="M79" s="42"/>
+      <c r="N79" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="37"/>
+      <c r="B80" s="11"/>
+      <c r="C80" s="38"/>
+      <c r="D80" s="46"/>
+      <c r="E80" s="40"/>
+      <c r="F80" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G80" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H80" s="47"/>
+      <c r="I80" s="47"/>
+      <c r="J80" s="47"/>
+      <c r="K80" s="47"/>
+      <c r="L80" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M80" s="47"/>
+      <c r="N80" s="27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="37"/>
+      <c r="B81" s="11"/>
+      <c r="C81" s="38"/>
+      <c r="D81" s="46"/>
+      <c r="E81" s="40"/>
+      <c r="F81" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G81" s="42"/>
+      <c r="H81" s="47"/>
+      <c r="I81" s="47"/>
+      <c r="J81" s="47"/>
+      <c r="K81" s="47"/>
+      <c r="L81" s="43"/>
+      <c r="M81" s="47"/>
+      <c r="N81" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O81" s="78"/>
+      <c r="P81" s="78"/>
+      <c r="Q81" s="79"/>
+    </row>
+    <row r="82" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B82" s="11"/>
+      <c r="C82" s="49" t="s">
+        <v>198</v>
+      </c>
+      <c r="D82" s="69" t="s">
+        <v>199</v>
+      </c>
+      <c r="E82" s="51" t="s">
+        <v>40</v>
+      </c>
+      <c r="F82" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="G82" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="H82" s="29" t="s">
+        <v>200</v>
+      </c>
+      <c r="I82" s="28"/>
+      <c r="J82" s="28"/>
+      <c r="K82" s="28"/>
+      <c r="L82" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="M82" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="N82" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" s="31"/>
+      <c r="P82" s="31"/>
+      <c r="Q82" s="32"/>
+      <c r="R82" s="71"/>
+    </row>
+    <row r="83" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="48"/>
+      <c r="B83" s="11"/>
+      <c r="C83" s="49"/>
+      <c r="D83" s="70"/>
+      <c r="E83" s="51"/>
+      <c r="F83" s="52" t="s">
+        <v>48</v>
+      </c>
+      <c r="G83" s="28"/>
+      <c r="H83" s="28"/>
+      <c r="I83" s="28"/>
+      <c r="J83" s="28"/>
+      <c r="K83" s="28"/>
+      <c r="L83" s="28"/>
+      <c r="M83" s="28"/>
+      <c r="N83" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O83" s="31"/>
+      <c r="P83" s="31"/>
+      <c r="Q83" s="32"/>
+      <c r="R83" s="71"/>
+    </row>
+    <row r="84" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="48"/>
+      <c r="B84" s="11"/>
+      <c r="C84" s="49"/>
+      <c r="D84" s="70"/>
+      <c r="E84" s="51"/>
+      <c r="F84" s="52" t="s">
+        <v>185</v>
+      </c>
+      <c r="G84" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H84" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="I84" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J84" s="53"/>
+      <c r="K84" s="53"/>
+      <c r="L84" s="54" t="s">
+        <v>55</v>
+      </c>
+      <c r="M84" s="53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N84" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O84" s="31"/>
+      <c r="P84" s="31"/>
+      <c r="Q84" s="32"/>
+      <c r="R84" s="71"/>
+    </row>
+    <row r="85" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="48"/>
+      <c r="B85" s="11"/>
+      <c r="C85" s="49"/>
+      <c r="D85" s="70"/>
+      <c r="E85" s="51"/>
+      <c r="F85" s="81" t="s">
+        <v>67</v>
+      </c>
+      <c r="G85" s="28"/>
+      <c r="H85" s="29"/>
+      <c r="I85" s="28"/>
+      <c r="J85" s="28"/>
+      <c r="K85" s="28"/>
+      <c r="L85" s="29"/>
+      <c r="M85" s="28"/>
+      <c r="N85" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="R85" s="33"/>
+    </row>
+    <row r="86" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B86" s="11"/>
+      <c r="C86" s="109" t="s">
+        <v>201</v>
+      </c>
+      <c r="D86" s="110" t="s">
+        <v>202</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F86" s="36" t="s">
+        <v>203</v>
+      </c>
+      <c r="G86" s="106"/>
+      <c r="H86" s="107"/>
+      <c r="I86" s="106"/>
+      <c r="J86" s="106"/>
+      <c r="K86" s="106"/>
+      <c r="L86" s="107"/>
+      <c r="M86" s="106"/>
+      <c r="N86" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" s="59"/>
+      <c r="P86" s="59"/>
+      <c r="Q86" s="60"/>
+      <c r="R86" s="33"/>
+    </row>
+    <row r="87" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="10"/>
+      <c r="B87" s="11"/>
+      <c r="C87" s="109"/>
+      <c r="D87" s="111"/>
+      <c r="E87" s="10"/>
+      <c r="F87" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G87" s="34"/>
+      <c r="H87" s="16"/>
+      <c r="I87" s="16"/>
+      <c r="J87" s="16"/>
+      <c r="K87" s="16"/>
+      <c r="L87" s="35"/>
+      <c r="M87" s="16"/>
+      <c r="N87" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="29.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="10"/>
+      <c r="B88" s="11"/>
+      <c r="C88" s="109"/>
+      <c r="D88" s="111"/>
+      <c r="E88" s="10"/>
+      <c r="F88" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="G88" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="H88" s="16"/>
+      <c r="I88" s="16"/>
+      <c r="J88" s="16"/>
+      <c r="K88" s="16"/>
+      <c r="L88" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="M88" s="16"/>
+      <c r="N88" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O88" s="31"/>
+      <c r="P88" s="31"/>
+      <c r="Q88" s="32"/>
+      <c r="R88" s="33"/>
+    </row>
+    <row r="89" spans="1:18" ht="28.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="10"/>
+      <c r="B89" s="11"/>
+      <c r="C89" s="109"/>
+      <c r="D89" s="111"/>
+      <c r="E89" s="10"/>
+      <c r="F89" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G89" s="16" t="s">
+        <v>154</v>
+      </c>
+      <c r="H89" s="16"/>
+      <c r="I89" s="16"/>
+      <c r="J89" s="16"/>
+      <c r="K89" s="16"/>
+      <c r="L89" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="M89" s="16"/>
+      <c r="N89" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B90" s="112" t="s">
+        <v>207</v>
+      </c>
+      <c r="C90" s="38" t="s">
+        <v>208</v>
+      </c>
+      <c r="D90" s="113" t="s">
+        <v>209</v>
+      </c>
+      <c r="E90" s="40" t="s">
+        <v>210</v>
+      </c>
+      <c r="F90" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G90" s="114"/>
+      <c r="H90" s="44"/>
+      <c r="I90" s="47"/>
+      <c r="J90" s="47"/>
+      <c r="K90" s="47"/>
+      <c r="L90" s="44"/>
+      <c r="M90" s="47"/>
+      <c r="N90" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="R90" s="33"/>
+    </row>
+    <row r="91" spans="1:18" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="37"/>
+      <c r="B91" s="112"/>
+      <c r="C91" s="38"/>
+      <c r="D91" s="115"/>
+      <c r="E91" s="40"/>
+      <c r="F91" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G91" s="116"/>
+      <c r="H91" s="116"/>
+      <c r="I91" s="116"/>
+      <c r="J91" s="116"/>
+      <c r="K91" s="116"/>
+      <c r="L91" s="116"/>
+      <c r="M91" s="116"/>
+      <c r="N91" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O91" s="117"/>
+      <c r="P91" s="117"/>
+      <c r="Q91" s="118"/>
+      <c r="R91" s="62"/>
+    </row>
+    <row r="92" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="37"/>
+      <c r="B92" s="112"/>
+      <c r="C92" s="38"/>
+      <c r="D92" s="115"/>
+      <c r="E92" s="40"/>
+      <c r="F92" s="41" t="s">
+        <v>211</v>
+      </c>
+      <c r="G92" s="116"/>
+      <c r="H92" s="116"/>
+      <c r="I92" s="116"/>
+      <c r="J92" s="116"/>
+      <c r="K92" s="116"/>
+      <c r="L92" s="116"/>
+      <c r="M92" s="116"/>
+      <c r="N92" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O92" s="117"/>
+      <c r="P92" s="117"/>
+      <c r="Q92" s="118"/>
+      <c r="R92" s="33"/>
+    </row>
+    <row r="93" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="37"/>
+      <c r="B93" s="112"/>
+      <c r="C93" s="38"/>
+      <c r="D93" s="115"/>
+      <c r="E93" s="40"/>
+      <c r="F93" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G93" s="116"/>
+      <c r="H93" s="116"/>
+      <c r="I93" s="116"/>
+      <c r="J93" s="116"/>
+      <c r="K93" s="116"/>
+      <c r="L93" s="116"/>
+      <c r="M93" s="116"/>
+      <c r="N93" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O93" s="117"/>
+      <c r="P93" s="117"/>
+      <c r="Q93" s="118"/>
+      <c r="R93" s="33"/>
+    </row>
+    <row r="94" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B94" s="11"/>
+      <c r="C94" s="49" t="s">
+        <v>212</v>
+      </c>
+      <c r="D94" s="119" t="s">
+        <v>213</v>
+      </c>
+      <c r="E94" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="F94" s="52" t="s">
+        <v>215</v>
+      </c>
+      <c r="G94" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="H94" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I94" s="28"/>
+      <c r="J94" s="28"/>
+      <c r="K94" s="28"/>
+      <c r="L94" s="29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M94" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="N94" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" ht="33.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="48"/>
+      <c r="B95" s="11"/>
+      <c r="C95" s="49"/>
+      <c r="D95" s="50"/>
+      <c r="E95" s="51"/>
+      <c r="F95" s="52" t="s">
+        <v>219</v>
+      </c>
+      <c r="G95" s="28" t="s">
+        <v>220</v>
+      </c>
+      <c r="H95" s="29" t="s">
+        <v>221</v>
+      </c>
+      <c r="I95" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="J95" s="28"/>
+      <c r="K95" s="28"/>
+      <c r="L95" s="29" t="s">
+        <v>223</v>
+      </c>
+      <c r="M95" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="N95" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="48"/>
+      <c r="B96" s="11"/>
+      <c r="C96" s="49"/>
+      <c r="D96" s="50"/>
+      <c r="E96" s="51"/>
+      <c r="F96" s="52" t="s">
+        <v>225</v>
+      </c>
+      <c r="G96" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="H96" s="29" t="s">
+        <v>226</v>
+      </c>
+      <c r="I96" s="28" t="s">
+        <v>227</v>
+      </c>
+      <c r="J96" s="28"/>
+      <c r="K96" s="28"/>
+      <c r="L96" s="29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M96" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="N96" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="48"/>
+      <c r="B97" s="11"/>
+      <c r="C97" s="49"/>
+      <c r="D97" s="50"/>
+      <c r="E97" s="51"/>
+      <c r="F97" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G97" s="28"/>
+      <c r="H97" s="120"/>
+      <c r="I97" s="120"/>
+      <c r="J97" s="120"/>
+      <c r="K97" s="120"/>
+      <c r="L97" s="29"/>
+      <c r="M97" s="120"/>
+      <c r="N97" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O97" s="117"/>
+      <c r="P97" s="117"/>
+      <c r="Q97" s="118"/>
+    </row>
+    <row r="98" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B98" s="11"/>
+      <c r="C98" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="D98" s="121" t="s">
+        <v>229</v>
+      </c>
+      <c r="E98" s="61" t="s">
+        <v>230</v>
+      </c>
+      <c r="F98" s="36" t="s">
+        <v>231</v>
+      </c>
+      <c r="G98" s="122"/>
+      <c r="H98" s="122"/>
+      <c r="I98" s="122"/>
+      <c r="J98" s="122"/>
+      <c r="K98" s="122"/>
+      <c r="L98" s="122"/>
+      <c r="M98" s="122"/>
+      <c r="N98" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" s="31"/>
+      <c r="P98" s="31"/>
+      <c r="Q98" s="32"/>
+      <c r="R98" s="71"/>
+    </row>
+    <row r="99" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="10"/>
+      <c r="B99" s="11"/>
+      <c r="C99" s="12"/>
+      <c r="D99" s="123"/>
+      <c r="E99" s="61"/>
+      <c r="F99" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="G99" s="16"/>
+      <c r="H99" s="17"/>
+      <c r="I99" s="16"/>
+      <c r="J99" s="16"/>
+      <c r="K99" s="16"/>
+      <c r="L99" s="17"/>
+      <c r="M99" s="16"/>
+      <c r="N99" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="O99" s="117"/>
+      <c r="P99" s="117"/>
+      <c r="Q99" s="118"/>
+    </row>
+    <row r="100" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="10"/>
+      <c r="B100" s="11"/>
+      <c r="C100" s="12"/>
+      <c r="D100" s="123"/>
+      <c r="E100" s="61"/>
+      <c r="F100" s="14" t="s">
+        <v>233</v>
+      </c>
+      <c r="G100" s="106" t="s">
+        <v>235</v>
+      </c>
+      <c r="H100" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="I100" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="J100" s="16"/>
+      <c r="K100" s="16"/>
+      <c r="L100" s="17" t="s">
+        <v>238</v>
+      </c>
+      <c r="M100" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="N100" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R100" s="62"/>
+    </row>
+    <row r="101" spans="1:18" ht="24.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="10"/>
+      <c r="B101" s="11"/>
+      <c r="C101" s="12"/>
+      <c r="D101" s="123"/>
+      <c r="E101" s="61"/>
+      <c r="F101" s="36" t="s">
+        <v>240</v>
+      </c>
+      <c r="G101" s="16"/>
+      <c r="H101" s="16"/>
+      <c r="I101" s="16"/>
+      <c r="J101" s="16"/>
+      <c r="K101" s="16"/>
+      <c r="L101" s="16"/>
+      <c r="M101" s="16"/>
+      <c r="N101" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="O101" s="31"/>
+      <c r="P101" s="31"/>
+      <c r="Q101" s="32"/>
+      <c r="R101" s="33"/>
+    </row>
+    <row r="102" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="11"/>
+      <c r="C102" s="38" t="s">
+        <v>242</v>
+      </c>
+      <c r="D102" s="124" t="s">
+        <v>243</v>
+      </c>
+      <c r="E102" s="40" t="s">
+        <v>244</v>
+      </c>
+      <c r="F102" s="41" t="s">
+        <v>219</v>
+      </c>
+      <c r="G102" s="47" t="s">
+        <v>220</v>
+      </c>
+      <c r="H102" s="44"/>
+      <c r="I102" s="47"/>
+      <c r="J102" s="47"/>
+      <c r="K102" s="47"/>
+      <c r="L102" s="44" t="s">
+        <v>223</v>
+      </c>
+      <c r="M102" s="47"/>
+      <c r="N102" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R102" s="33"/>
+    </row>
+    <row r="103" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="37"/>
+      <c r="B103" s="11"/>
+      <c r="C103" s="38"/>
+      <c r="D103" s="125"/>
+      <c r="E103" s="40"/>
+      <c r="F103" s="41" t="s">
+        <v>245</v>
+      </c>
+      <c r="G103" s="42" t="s">
+        <v>246</v>
+      </c>
+      <c r="H103" s="44" t="s">
+        <v>247</v>
+      </c>
+      <c r="I103" s="126" t="s">
+        <v>248</v>
+      </c>
+      <c r="J103" s="126"/>
+      <c r="K103" s="126"/>
+      <c r="L103" s="44" t="s">
+        <v>249</v>
+      </c>
+      <c r="M103" s="126" t="s">
+        <v>250</v>
+      </c>
+      <c r="N103" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O103" s="31"/>
+      <c r="P103" s="31"/>
+      <c r="Q103" s="32"/>
+      <c r="R103" s="33"/>
+    </row>
+    <row r="104" spans="1:18" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="37"/>
+      <c r="B104" s="11"/>
+      <c r="C104" s="38"/>
+      <c r="D104" s="125"/>
+      <c r="E104" s="40"/>
+      <c r="F104" s="68" t="s">
+        <v>251</v>
+      </c>
+      <c r="G104" s="42" t="s">
+        <v>252</v>
+      </c>
+      <c r="H104" s="44" t="s">
+        <v>253</v>
+      </c>
+      <c r="I104" s="47"/>
+      <c r="J104" s="47"/>
+      <c r="K104" s="47"/>
+      <c r="L104" s="44" t="s">
+        <v>254</v>
+      </c>
+      <c r="M104" s="127" t="s">
+        <v>255</v>
+      </c>
+      <c r="N104" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="37"/>
+      <c r="B105" s="11"/>
+      <c r="C105" s="38"/>
+      <c r="D105" s="125"/>
+      <c r="E105" s="40"/>
+      <c r="F105" s="41" t="s">
+        <v>256</v>
+      </c>
+      <c r="G105" s="47" t="s">
+        <v>216</v>
+      </c>
+      <c r="H105" s="116"/>
+      <c r="I105" s="116"/>
+      <c r="J105" s="116"/>
+      <c r="K105" s="116"/>
+      <c r="L105" s="44" t="s">
+        <v>217</v>
+      </c>
+      <c r="M105" s="116"/>
+      <c r="N105" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O105" s="128"/>
+      <c r="P105" s="128"/>
+      <c r="Q105" s="129"/>
+    </row>
+    <row r="106" spans="1:18" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B106" s="11"/>
+      <c r="C106" s="49" t="s">
+        <v>257</v>
+      </c>
+      <c r="D106" s="119" t="s">
+        <v>258</v>
+      </c>
+      <c r="E106" s="51" t="s">
+        <v>259</v>
+      </c>
+      <c r="F106" s="52" t="s">
+        <v>260</v>
+      </c>
+      <c r="G106" s="53" t="s">
+        <v>246</v>
+      </c>
+      <c r="H106" s="29" t="s">
+        <v>247</v>
+      </c>
+      <c r="I106" s="130" t="s">
+        <v>248</v>
+      </c>
+      <c r="J106" s="130"/>
+      <c r="K106" s="130"/>
+      <c r="L106" s="29" t="s">
+        <v>249</v>
+      </c>
+      <c r="M106" s="130" t="s">
+        <v>250</v>
+      </c>
+      <c r="N106" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" s="31"/>
+      <c r="P106" s="31"/>
+      <c r="Q106" s="32"/>
+      <c r="R106" s="71"/>
+    </row>
+    <row r="107" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="48"/>
+      <c r="B107" s="11"/>
+      <c r="C107" s="49"/>
+      <c r="D107" s="50"/>
+      <c r="E107" s="51"/>
+      <c r="F107" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G107" s="28"/>
+      <c r="H107" s="28"/>
+      <c r="I107" s="28"/>
+      <c r="J107" s="28"/>
+      <c r="K107" s="28"/>
+      <c r="L107" s="28"/>
+      <c r="M107" s="28"/>
+      <c r="N107" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R107" s="33"/>
+    </row>
+    <row r="108" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="48"/>
+      <c r="B108" s="11"/>
+      <c r="C108" s="49"/>
+      <c r="D108" s="50"/>
+      <c r="E108" s="51"/>
+      <c r="F108" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G108" s="28"/>
+      <c r="H108" s="28"/>
+      <c r="I108" s="28"/>
+      <c r="J108" s="28"/>
+      <c r="K108" s="28"/>
+      <c r="L108" s="28"/>
+      <c r="M108" s="28"/>
+      <c r="N108" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O108" s="131"/>
+      <c r="P108" s="131"/>
+      <c r="Q108" s="132"/>
+    </row>
+    <row r="109" spans="1:18" ht="34.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="48"/>
+      <c r="B109" s="11"/>
+      <c r="C109" s="49"/>
+      <c r="D109" s="50"/>
+      <c r="E109" s="51"/>
+      <c r="F109" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G109" s="120"/>
+      <c r="H109" s="120"/>
+      <c r="I109" s="120"/>
+      <c r="J109" s="120"/>
+      <c r="K109" s="120"/>
+      <c r="L109" s="120"/>
+      <c r="M109" s="120"/>
+      <c r="N109" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O109" s="117"/>
+      <c r="P109" s="117"/>
+      <c r="Q109" s="118"/>
+      <c r="R109" s="33"/>
+    </row>
+    <row r="110" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B110" s="11"/>
+      <c r="C110" s="12" t="s">
+        <v>261</v>
+      </c>
+      <c r="D110" s="121" t="s">
+        <v>262</v>
+      </c>
+      <c r="E110" s="61" t="s">
+        <v>263</v>
+      </c>
+      <c r="F110" s="36" t="s">
+        <v>240</v>
+      </c>
+      <c r="G110" s="16"/>
+      <c r="H110" s="16"/>
+      <c r="I110" s="16"/>
+      <c r="J110" s="16"/>
+      <c r="K110" s="16"/>
+      <c r="L110" s="16"/>
+      <c r="M110" s="16"/>
+      <c r="N110" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" s="31"/>
+      <c r="P110" s="31"/>
+      <c r="Q110" s="32"/>
+      <c r="R110" s="33"/>
+    </row>
+    <row r="111" spans="1:18" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="10"/>
+      <c r="B111" s="11"/>
+      <c r="C111" s="12"/>
+      <c r="D111" s="123"/>
+      <c r="E111" s="61"/>
+      <c r="F111" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G111" s="16"/>
+      <c r="H111" s="16"/>
+      <c r="I111" s="16"/>
+      <c r="J111" s="16"/>
+      <c r="K111" s="16"/>
+      <c r="L111" s="16"/>
+      <c r="M111" s="16"/>
+      <c r="N111" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R111" s="33"/>
+    </row>
+    <row r="112" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="10"/>
+      <c r="B112" s="11"/>
+      <c r="C112" s="12"/>
+      <c r="D112" s="123"/>
+      <c r="E112" s="61"/>
+      <c r="F112" s="14" t="s">
+        <v>264</v>
+      </c>
+      <c r="G112" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="H112" s="16"/>
+      <c r="I112" s="16"/>
+      <c r="J112" s="16"/>
+      <c r="K112" s="16"/>
+      <c r="L112" s="17" t="s">
+        <v>223</v>
+      </c>
+      <c r="M112" s="16"/>
+      <c r="N112" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O112" s="31"/>
+      <c r="P112" s="31"/>
+      <c r="Q112" s="32"/>
+      <c r="R112" s="71"/>
+    </row>
+    <row r="113" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="10"/>
+      <c r="B113" s="11"/>
+      <c r="C113" s="12"/>
+      <c r="D113" s="123"/>
+      <c r="E113" s="61"/>
+      <c r="F113" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G113" s="16"/>
+      <c r="H113" s="122"/>
+      <c r="I113" s="122"/>
+      <c r="J113" s="122"/>
+      <c r="K113" s="122"/>
+      <c r="L113" s="17"/>
+      <c r="M113" s="122"/>
+      <c r="N113" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R113" s="33"/>
+    </row>
+    <row r="114" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B114" s="11"/>
+      <c r="C114" s="38" t="s">
+        <v>265</v>
+      </c>
+      <c r="D114" s="124" t="s">
+        <v>266</v>
+      </c>
+      <c r="E114" s="40" t="s">
+        <v>267</v>
+      </c>
+      <c r="F114" s="41" t="s">
+        <v>268</v>
+      </c>
+      <c r="G114" s="42" t="s">
+        <v>269</v>
+      </c>
+      <c r="H114" s="44" t="s">
+        <v>270</v>
+      </c>
+      <c r="I114" s="47" t="s">
+        <v>271</v>
+      </c>
+      <c r="J114" s="47"/>
+      <c r="K114" s="47"/>
+      <c r="L114" s="44" t="s">
+        <v>272</v>
+      </c>
+      <c r="M114" s="47" t="s">
+        <v>273</v>
+      </c>
+      <c r="N114" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R114" s="62"/>
+    </row>
+    <row r="115" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="37"/>
+      <c r="B115" s="11"/>
+      <c r="C115" s="38"/>
+      <c r="D115" s="125"/>
+      <c r="E115" s="40"/>
+      <c r="F115" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G115" s="47"/>
+      <c r="H115" s="44"/>
+      <c r="I115" s="47"/>
+      <c r="J115" s="47"/>
+      <c r="K115" s="47"/>
+      <c r="L115" s="44"/>
+      <c r="M115" s="47"/>
+      <c r="N115" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R115" s="62"/>
+    </row>
+    <row r="116" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="37"/>
+      <c r="B116" s="11"/>
+      <c r="C116" s="38"/>
+      <c r="D116" s="125"/>
+      <c r="E116" s="40"/>
+      <c r="F116" s="68" t="s">
+        <v>274</v>
+      </c>
+      <c r="G116" s="42"/>
+      <c r="H116" s="44"/>
+      <c r="I116" s="47"/>
+      <c r="J116" s="47"/>
+      <c r="K116" s="47"/>
+      <c r="L116" s="44"/>
+      <c r="M116" s="47"/>
+      <c r="N116" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O116" s="31"/>
+      <c r="P116" s="31"/>
+      <c r="Q116" s="32"/>
+      <c r="R116" s="71"/>
+    </row>
+    <row r="117" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="37"/>
+      <c r="B117" s="11"/>
+      <c r="C117" s="38"/>
+      <c r="D117" s="125"/>
+      <c r="E117" s="40"/>
+      <c r="F117" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G117" s="47" t="s">
+        <v>275</v>
+      </c>
+      <c r="H117" s="47"/>
+      <c r="I117" s="47"/>
+      <c r="J117" s="47"/>
+      <c r="K117" s="47"/>
+      <c r="L117" s="44" t="s">
+        <v>276</v>
+      </c>
+      <c r="M117" s="47"/>
+      <c r="N117" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R117" s="133"/>
+    </row>
+    <row r="118" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B118" s="11"/>
+      <c r="C118" s="49" t="s">
+        <v>277</v>
+      </c>
+      <c r="D118" s="50"/>
+      <c r="E118" s="51" t="s">
+        <v>278</v>
+      </c>
+      <c r="F118" s="81" t="s">
+        <v>279</v>
+      </c>
+      <c r="G118" s="130" t="s">
+        <v>220</v>
+      </c>
+      <c r="H118" s="134"/>
+      <c r="I118" s="134"/>
+      <c r="J118" s="134"/>
+      <c r="K118" s="134"/>
+      <c r="L118" s="135" t="s">
+        <v>223</v>
+      </c>
+      <c r="M118" s="134"/>
+      <c r="N118" s="75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" s="136"/>
+      <c r="P118" s="136"/>
+      <c r="Q118" s="137"/>
+      <c r="R118" s="33"/>
+    </row>
+    <row r="119" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="48"/>
+      <c r="B119" s="11"/>
+      <c r="C119" s="49"/>
+      <c r="D119" s="50"/>
+      <c r="E119" s="51"/>
+      <c r="F119" s="52" t="s">
+        <v>280</v>
+      </c>
+      <c r="G119" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="H119" s="29" t="s">
+        <v>282</v>
+      </c>
+      <c r="I119" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="J119" s="28"/>
+      <c r="K119" s="28"/>
+      <c r="L119" s="29" t="s">
+        <v>284</v>
+      </c>
+      <c r="M119" s="28" t="s">
+        <v>285</v>
+      </c>
+      <c r="N119" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O119" s="136"/>
+      <c r="P119" s="136"/>
+      <c r="Q119" s="137"/>
+      <c r="R119" s="33"/>
+    </row>
+    <row r="120" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="48"/>
+      <c r="B120" s="11"/>
+      <c r="C120" s="49"/>
+      <c r="D120" s="138" t="s">
+        <v>286</v>
+      </c>
+      <c r="E120" s="51"/>
+      <c r="F120" s="52" t="s">
+        <v>287</v>
+      </c>
+      <c r="G120" s="28" t="s">
+        <v>288</v>
+      </c>
+      <c r="H120" s="29" t="s">
+        <v>289</v>
+      </c>
+      <c r="I120" s="28"/>
+      <c r="J120" s="28"/>
+      <c r="K120" s="28"/>
+      <c r="L120" s="29" t="s">
+        <v>290</v>
+      </c>
+      <c r="M120" s="28"/>
+      <c r="N120" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="48"/>
+      <c r="B121" s="11"/>
+      <c r="C121" s="49"/>
+      <c r="D121" s="139"/>
+      <c r="E121" s="51"/>
+      <c r="F121" s="52" t="s">
+        <v>291</v>
+      </c>
+      <c r="G121" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="H121" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="I121" s="28" t="s">
+        <v>292</v>
+      </c>
+      <c r="J121" s="28"/>
+      <c r="K121" s="28"/>
+      <c r="L121" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="M121" s="53" t="s">
+        <v>293</v>
+      </c>
+      <c r="N121" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="R121" s="140"/>
+    </row>
+    <row r="122" spans="1:18" ht="29.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B122" s="11"/>
+      <c r="C122" s="12" t="s">
+        <v>294</v>
+      </c>
+      <c r="D122" s="141" t="s">
+        <v>295</v>
+      </c>
+      <c r="E122" s="61" t="s">
+        <v>296</v>
+      </c>
+      <c r="F122" s="36" t="s">
+        <v>297</v>
+      </c>
+      <c r="G122" s="106" t="s">
+        <v>298</v>
+      </c>
+      <c r="H122" s="17" t="s">
+        <v>299</v>
+      </c>
+      <c r="I122" s="142"/>
+      <c r="J122" s="142"/>
+      <c r="K122" s="142"/>
+      <c r="L122" s="142"/>
+      <c r="M122" s="142"/>
+      <c r="N122" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="10"/>
+      <c r="B123" s="11"/>
+      <c r="C123" s="12"/>
+      <c r="D123" s="143"/>
+      <c r="E123" s="61"/>
+      <c r="F123" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="G123" s="34" t="s">
+        <v>301</v>
+      </c>
+      <c r="H123" s="122"/>
+      <c r="I123" s="122"/>
+      <c r="J123" s="122"/>
+      <c r="K123" s="122"/>
+      <c r="L123" s="17" t="s">
+        <v>302</v>
+      </c>
+      <c r="M123" s="122"/>
+      <c r="N123" s="15" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="10"/>
+      <c r="B124" s="11"/>
+      <c r="C124" s="12"/>
+      <c r="D124" s="143"/>
+      <c r="E124" s="61"/>
+      <c r="F124" s="14" t="s">
+        <v>304</v>
+      </c>
+      <c r="G124" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H124" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="I124" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="J124" s="16"/>
+      <c r="K124" s="16"/>
+      <c r="L124" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="M124" s="16" t="s">
+        <v>308</v>
+      </c>
+      <c r="N124" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R124" s="62"/>
+    </row>
+    <row r="125" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="10"/>
+      <c r="B125" s="11"/>
+      <c r="C125" s="12"/>
+      <c r="D125" s="143"/>
+      <c r="E125" s="61"/>
+      <c r="F125" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="G125" s="16"/>
+      <c r="H125" s="16"/>
+      <c r="I125" s="16"/>
+      <c r="J125" s="16"/>
+      <c r="K125" s="16"/>
+      <c r="L125" s="16"/>
+      <c r="M125" s="16"/>
+      <c r="N125" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B126" s="11" t="s">
+        <v>310</v>
+      </c>
+      <c r="C126" s="38" t="s">
+        <v>311</v>
+      </c>
+      <c r="D126" s="124" t="s">
+        <v>312</v>
+      </c>
+      <c r="E126" s="40" t="s">
+        <v>313</v>
+      </c>
+      <c r="F126" s="41" t="s">
+        <v>314</v>
+      </c>
+      <c r="G126" s="47" t="s">
+        <v>220</v>
+      </c>
+      <c r="H126" s="44" t="s">
+        <v>221</v>
+      </c>
+      <c r="I126" s="47" t="s">
+        <v>222</v>
+      </c>
+      <c r="J126" s="47"/>
+      <c r="K126" s="47"/>
+      <c r="L126" s="44" t="s">
+        <v>223</v>
+      </c>
+      <c r="M126" s="47" t="s">
+        <v>224</v>
+      </c>
+      <c r="N126" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" s="31"/>
+      <c r="P126" s="31"/>
+      <c r="Q126" s="32"/>
+      <c r="R126" s="71"/>
+    </row>
+    <row r="127" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="37"/>
+      <c r="B127" s="11"/>
+      <c r="C127" s="38"/>
+      <c r="D127" s="125"/>
+      <c r="E127" s="40"/>
+      <c r="F127" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G127" s="28"/>
+      <c r="H127" s="28"/>
+      <c r="I127" s="28"/>
+      <c r="J127" s="28"/>
+      <c r="K127" s="28"/>
+      <c r="L127" s="28"/>
+      <c r="M127" s="28"/>
+      <c r="N127" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O127" s="31"/>
+      <c r="P127" s="31"/>
+      <c r="Q127" s="32"/>
+      <c r="R127" s="33"/>
+    </row>
+    <row r="128" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="37"/>
+      <c r="B128" s="11"/>
+      <c r="C128" s="38"/>
+      <c r="D128" s="125"/>
+      <c r="E128" s="40"/>
+      <c r="F128" s="68" t="s">
+        <v>315</v>
+      </c>
+      <c r="G128" s="42"/>
+      <c r="H128" s="44"/>
+      <c r="I128" s="47"/>
+      <c r="J128" s="47"/>
+      <c r="K128" s="47"/>
+      <c r="L128" s="44"/>
+      <c r="M128" s="47"/>
+      <c r="N128" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O128" s="31"/>
+      <c r="P128" s="31"/>
+      <c r="Q128" s="32"/>
+    </row>
+    <row r="129" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="37"/>
+      <c r="B129" s="11"/>
+      <c r="C129" s="38"/>
+      <c r="D129" s="125"/>
+      <c r="E129" s="40"/>
+      <c r="F129" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G129" s="120"/>
+      <c r="H129" s="120"/>
+      <c r="I129" s="120"/>
+      <c r="J129" s="120"/>
+      <c r="K129" s="120"/>
+      <c r="L129" s="120"/>
+      <c r="M129" s="120"/>
+      <c r="N129" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O129" s="31"/>
+      <c r="P129" s="31"/>
+      <c r="Q129" s="32"/>
+      <c r="R129" s="33"/>
+    </row>
+    <row r="130" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B130" s="11"/>
+      <c r="C130" s="49" t="s">
+        <v>316</v>
+      </c>
+      <c r="D130" s="119" t="s">
+        <v>317</v>
+      </c>
+      <c r="E130" s="51" t="s">
+        <v>278</v>
+      </c>
+      <c r="F130" s="52" t="s">
+        <v>318</v>
+      </c>
+      <c r="G130" s="73" t="s">
+        <v>235</v>
+      </c>
+      <c r="H130" s="29" t="s">
+        <v>236</v>
+      </c>
+      <c r="I130" s="28" t="s">
+        <v>237</v>
+      </c>
+      <c r="J130" s="28"/>
+      <c r="K130" s="28"/>
+      <c r="L130" s="29" t="s">
+        <v>238</v>
+      </c>
+      <c r="M130" s="28" t="s">
+        <v>239</v>
+      </c>
+      <c r="N130" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="48"/>
+      <c r="B131" s="11"/>
+      <c r="C131" s="49"/>
+      <c r="D131" s="50"/>
+      <c r="E131" s="51"/>
+      <c r="F131" s="81" t="s">
+        <v>319</v>
+      </c>
+      <c r="G131" s="73"/>
+      <c r="H131" s="29"/>
+      <c r="I131" s="28"/>
+      <c r="J131" s="28"/>
+      <c r="K131" s="28"/>
+      <c r="L131" s="29"/>
+      <c r="M131" s="28"/>
+      <c r="N131" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O131" s="31"/>
+      <c r="P131" s="31"/>
+      <c r="Q131" s="32"/>
+      <c r="R131" s="144"/>
+    </row>
+    <row r="132" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="48"/>
+      <c r="B132" s="11"/>
+      <c r="C132" s="49"/>
+      <c r="D132" s="50"/>
+      <c r="E132" s="51"/>
+      <c r="F132" s="52" t="s">
+        <v>320</v>
+      </c>
+      <c r="G132" s="28" t="s">
+        <v>220</v>
+      </c>
+      <c r="H132" s="29" t="s">
+        <v>221</v>
+      </c>
+      <c r="I132" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="J132" s="28"/>
+      <c r="K132" s="28"/>
+      <c r="L132" s="29" t="s">
+        <v>223</v>
+      </c>
+      <c r="M132" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="N132" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="48"/>
+      <c r="B133" s="11"/>
+      <c r="C133" s="49"/>
+      <c r="D133" s="50"/>
+      <c r="E133" s="51"/>
+      <c r="F133" s="52" t="s">
+        <v>321</v>
+      </c>
+      <c r="G133" s="28"/>
+      <c r="H133" s="28"/>
+      <c r="I133" s="28"/>
+      <c r="J133" s="28"/>
+      <c r="K133" s="28"/>
+      <c r="L133" s="28"/>
+      <c r="M133" s="28"/>
+      <c r="N133" s="55" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="48"/>
+      <c r="B134" s="11"/>
+      <c r="C134" s="49"/>
+      <c r="D134" s="50"/>
+      <c r="E134" s="51"/>
+      <c r="F134" s="52" t="s">
+        <v>279</v>
+      </c>
+      <c r="G134" s="28" t="s">
+        <v>220</v>
+      </c>
+      <c r="H134" s="29" t="s">
+        <v>221</v>
+      </c>
+      <c r="I134" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="J134" s="28"/>
+      <c r="K134" s="28"/>
+      <c r="L134" s="29" t="s">
+        <v>223</v>
+      </c>
+      <c r="M134" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="N134" s="55" t="s">
+        <v>323</v>
+      </c>
+      <c r="R134" s="62"/>
+    </row>
+    <row r="135" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B135" s="112" t="s">
+        <v>324</v>
+      </c>
+      <c r="C135" s="145" t="s">
+        <v>325</v>
+      </c>
+      <c r="D135" s="121" t="s">
+        <v>326</v>
+      </c>
+      <c r="E135" s="10" t="s">
+        <v>327</v>
+      </c>
+      <c r="F135" s="14" t="s">
+        <v>328</v>
+      </c>
+      <c r="G135" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H135" s="122"/>
+      <c r="I135" s="122"/>
+      <c r="J135" s="122"/>
+      <c r="K135" s="122"/>
+      <c r="L135" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M135" s="122"/>
+      <c r="N135" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" s="136"/>
+      <c r="P135" s="136"/>
+      <c r="Q135" s="137"/>
+      <c r="R135" s="33"/>
+    </row>
+    <row r="136" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="10"/>
+      <c r="B136" s="112"/>
+      <c r="C136" s="145"/>
+      <c r="D136" s="146"/>
+      <c r="E136" s="10"/>
+      <c r="F136" s="36" t="s">
+        <v>329</v>
+      </c>
+      <c r="G136" s="34"/>
+      <c r="H136" s="17"/>
+      <c r="I136" s="16"/>
+      <c r="J136" s="16"/>
+      <c r="K136" s="16"/>
+      <c r="L136" s="17"/>
+      <c r="M136" s="16"/>
+      <c r="N136" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="137" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="10"/>
+      <c r="B137" s="112"/>
+      <c r="C137" s="145"/>
+      <c r="D137" s="146"/>
+      <c r="E137" s="10"/>
+      <c r="F137" s="36" t="s">
+        <v>330</v>
+      </c>
+      <c r="G137" s="122"/>
+      <c r="H137" s="122"/>
+      <c r="I137" s="122"/>
+      <c r="J137" s="122"/>
+      <c r="K137" s="122"/>
+      <c r="L137" s="122"/>
+      <c r="M137" s="122"/>
+      <c r="N137" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O137" s="117"/>
+      <c r="P137" s="117"/>
+      <c r="Q137" s="118"/>
+    </row>
+    <row r="138" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="10"/>
+      <c r="B138" s="112"/>
+      <c r="C138" s="145"/>
+      <c r="D138" s="146"/>
+      <c r="E138" s="10"/>
+      <c r="F138" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G138" s="122"/>
+      <c r="H138" s="122"/>
+      <c r="I138" s="122"/>
+      <c r="J138" s="122"/>
+      <c r="K138" s="122"/>
+      <c r="L138" s="122"/>
+      <c r="M138" s="122"/>
+      <c r="N138" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O138" s="117"/>
+      <c r="P138" s="117"/>
+      <c r="Q138" s="118"/>
+      <c r="R138" s="33"/>
+    </row>
+    <row r="139" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B139" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="C139" s="38" t="s">
+        <v>332</v>
+      </c>
+      <c r="D139" s="124" t="s">
+        <v>333</v>
+      </c>
+      <c r="E139" s="40" t="s">
+        <v>334</v>
+      </c>
+      <c r="F139" s="41" t="s">
+        <v>335</v>
+      </c>
+      <c r="G139" s="42"/>
+      <c r="H139" s="44"/>
+      <c r="I139" s="47"/>
+      <c r="J139" s="47"/>
+      <c r="K139" s="47"/>
+      <c r="L139" s="44"/>
+      <c r="M139" s="47"/>
+      <c r="N139" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R139" s="62"/>
+    </row>
+    <row r="140" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="37"/>
+      <c r="B140" s="11"/>
+      <c r="C140" s="38"/>
+      <c r="D140" s="125"/>
+      <c r="E140" s="40"/>
+      <c r="F140" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G140" s="42" t="s">
+        <v>114</v>
+      </c>
+      <c r="H140" s="44"/>
+      <c r="I140" s="47"/>
+      <c r="J140" s="47"/>
+      <c r="K140" s="47"/>
+      <c r="L140" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="M140" s="47" t="s">
+        <v>218</v>
+      </c>
+      <c r="N140" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R140" s="33"/>
+    </row>
+    <row r="141" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="37"/>
+      <c r="B141" s="11"/>
+      <c r="C141" s="38"/>
+      <c r="D141" s="125"/>
+      <c r="E141" s="40"/>
+      <c r="F141" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G141" s="47"/>
+      <c r="H141" s="116"/>
+      <c r="I141" s="116"/>
+      <c r="J141" s="116"/>
+      <c r="K141" s="116"/>
+      <c r="L141" s="44"/>
+      <c r="M141" s="116"/>
+      <c r="N141" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R141" s="33"/>
+    </row>
+    <row r="142" spans="1:18" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="37"/>
+      <c r="B142" s="11"/>
+      <c r="C142" s="38"/>
+      <c r="D142" s="125"/>
+      <c r="E142" s="40"/>
+      <c r="F142" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G142" s="116"/>
+      <c r="H142" s="116"/>
+      <c r="I142" s="116"/>
+      <c r="J142" s="116"/>
+      <c r="K142" s="116"/>
+      <c r="L142" s="116"/>
+      <c r="M142" s="116"/>
+      <c r="N142" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O142" s="117"/>
+      <c r="P142" s="117"/>
+      <c r="Q142" s="118"/>
+      <c r="R142" s="33"/>
+    </row>
+    <row r="143" spans="1:18" ht="30.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B143" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="C143" s="49" t="s">
+        <v>337</v>
+      </c>
+      <c r="D143" s="119" t="s">
+        <v>338</v>
+      </c>
+      <c r="E143" s="51" t="s">
+        <v>339</v>
+      </c>
+      <c r="F143" s="52" t="s">
+        <v>225</v>
+      </c>
+      <c r="G143" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="H143" s="29" t="s">
+        <v>226</v>
+      </c>
+      <c r="I143" s="28" t="s">
+        <v>227</v>
+      </c>
+      <c r="J143" s="28"/>
+      <c r="K143" s="28"/>
+      <c r="L143" s="29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M143" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="N143" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="144" spans="1:18" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="48"/>
+      <c r="B144" s="112"/>
+      <c r="C144" s="49"/>
+      <c r="D144" s="50"/>
+      <c r="E144" s="51"/>
+      <c r="F144" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G144" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="H144" s="120"/>
+      <c r="I144" s="120"/>
+      <c r="J144" s="120"/>
+      <c r="K144" s="120"/>
+      <c r="L144" s="29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M144" s="120"/>
+      <c r="N144" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R144" s="33"/>
+    </row>
+    <row r="145" spans="1:18" ht="29.1" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="48"/>
+      <c r="B145" s="112"/>
+      <c r="C145" s="49"/>
+      <c r="D145" s="50"/>
+      <c r="E145" s="51"/>
+      <c r="F145" s="52" t="s">
+        <v>340</v>
+      </c>
+      <c r="G145" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="H145" s="29"/>
+      <c r="I145" s="28"/>
+      <c r="J145" s="28"/>
+      <c r="K145" s="28"/>
+      <c r="L145" s="29" t="s">
+        <v>116</v>
+      </c>
+      <c r="M145" s="28" t="s">
+        <v>341</v>
+      </c>
+      <c r="N145" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R145" s="33"/>
+    </row>
+    <row r="146" spans="1:18" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="48"/>
+      <c r="B146" s="112"/>
+      <c r="C146" s="49"/>
+      <c r="D146" s="50"/>
+      <c r="E146" s="51"/>
+      <c r="F146" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G146" s="120"/>
+      <c r="H146" s="120"/>
+      <c r="I146" s="120"/>
+      <c r="J146" s="120"/>
+      <c r="K146" s="120"/>
+      <c r="L146" s="120"/>
+      <c r="M146" s="120"/>
+      <c r="N146" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O146" s="117"/>
+      <c r="P146" s="117"/>
+      <c r="Q146" s="118"/>
+      <c r="R146" s="148"/>
+    </row>
+    <row r="147" spans="1:18" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B147" s="112" t="s">
+        <v>342</v>
+      </c>
+      <c r="C147" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="D147" s="121" t="s">
+        <v>344</v>
+      </c>
+      <c r="E147" s="61" t="s">
+        <v>278</v>
+      </c>
+      <c r="F147" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="G147" s="34"/>
+      <c r="H147" s="17"/>
+      <c r="I147" s="16"/>
+      <c r="J147" s="16"/>
+      <c r="K147" s="16"/>
+      <c r="L147" s="17"/>
+      <c r="M147" s="16"/>
+      <c r="N147" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" s="117"/>
+      <c r="P147" s="117"/>
+      <c r="Q147" s="118"/>
+      <c r="R147" s="33"/>
+    </row>
+    <row r="148" spans="1:18" ht="34.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="10"/>
+      <c r="B148" s="112"/>
+      <c r="C148" s="12"/>
+      <c r="D148" s="123"/>
+      <c r="E148" s="61"/>
+      <c r="F148" s="36" t="s">
+        <v>320</v>
+      </c>
+      <c r="G148" s="16"/>
+      <c r="H148" s="17"/>
+      <c r="I148" s="16"/>
+      <c r="J148" s="16"/>
+      <c r="K148" s="16"/>
+      <c r="L148" s="17"/>
+      <c r="M148" s="16"/>
+      <c r="N148" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="O148" s="117"/>
+      <c r="P148" s="117"/>
+      <c r="Q148" s="118"/>
+      <c r="R148" s="33"/>
+    </row>
+    <row r="149" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="10"/>
+      <c r="B149" s="112"/>
+      <c r="C149" s="12"/>
+      <c r="D149" s="123"/>
+      <c r="E149" s="61"/>
+      <c r="F149" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G149" s="16"/>
+      <c r="H149" s="16"/>
+      <c r="I149" s="16"/>
+      <c r="J149" s="16"/>
+      <c r="K149" s="16"/>
+      <c r="L149" s="16"/>
+      <c r="M149" s="16"/>
+      <c r="N149" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O149" s="117"/>
+      <c r="P149" s="117"/>
+      <c r="Q149" s="118"/>
+    </row>
+    <row r="150" spans="1:18" ht="27" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="10"/>
+      <c r="C150" s="12"/>
+      <c r="D150" s="146"/>
+      <c r="E150" s="61"/>
+      <c r="F150" s="36" t="s">
+        <v>345</v>
+      </c>
+      <c r="G150" s="106"/>
+      <c r="H150" s="106"/>
+      <c r="I150" s="106"/>
+      <c r="J150" s="106"/>
+      <c r="K150" s="106"/>
+      <c r="L150" s="106"/>
+      <c r="M150" s="106"/>
+      <c r="N150" s="82" t="s">
+        <v>37</v>
+      </c>
+      <c r="O150" s="150"/>
+      <c r="P150" s="150"/>
+      <c r="Q150" s="151"/>
+      <c r="R150" s="140"/>
+    </row>
+    <row r="151" spans="1:18" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B151" s="112" t="s">
+        <v>346</v>
+      </c>
+      <c r="C151" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="D151" s="124" t="s">
+        <v>348</v>
+      </c>
+      <c r="E151" s="40" t="s">
+        <v>349</v>
+      </c>
+      <c r="F151" s="41" t="s">
+        <v>268</v>
+      </c>
+      <c r="G151" s="42" t="s">
+        <v>269</v>
+      </c>
+      <c r="H151" s="44" t="s">
+        <v>270</v>
+      </c>
+      <c r="I151" s="47" t="s">
+        <v>271</v>
+      </c>
+      <c r="J151" s="47"/>
+      <c r="K151" s="47"/>
+      <c r="L151" s="44" t="s">
+        <v>272</v>
+      </c>
+      <c r="M151" s="47" t="s">
+        <v>273</v>
+      </c>
+      <c r="N151" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="152" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="37"/>
+      <c r="B152" s="112"/>
+      <c r="C152" s="38"/>
+      <c r="D152" s="125"/>
+      <c r="E152" s="40"/>
+      <c r="F152" s="41" t="s">
+        <v>340</v>
+      </c>
+      <c r="G152" s="47" t="s">
+        <v>216</v>
+      </c>
+      <c r="H152" s="116"/>
+      <c r="I152" s="116"/>
+      <c r="J152" s="116"/>
+      <c r="K152" s="116"/>
+      <c r="L152" s="44" t="s">
+        <v>217</v>
+      </c>
+      <c r="M152" s="116"/>
+      <c r="N152" s="45" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="153" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="37"/>
+      <c r="B153" s="112"/>
+      <c r="C153" s="38"/>
+      <c r="D153" s="125"/>
+      <c r="E153" s="40"/>
+      <c r="F153" s="68" t="s">
+        <v>274</v>
+      </c>
+      <c r="G153" s="42"/>
+      <c r="H153" s="44"/>
+      <c r="I153" s="47"/>
+      <c r="J153" s="47"/>
+      <c r="K153" s="47"/>
+      <c r="L153" s="44"/>
+      <c r="M153" s="47"/>
+      <c r="N153" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O153" s="31"/>
+      <c r="P153" s="31"/>
+      <c r="Q153" s="32"/>
+      <c r="R153" s="71"/>
+    </row>
+    <row r="154" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="37"/>
+      <c r="B154" s="112"/>
+      <c r="C154" s="38"/>
+      <c r="D154" s="125"/>
+      <c r="E154" s="40"/>
+      <c r="F154" s="68" t="s">
+        <v>350</v>
+      </c>
+      <c r="G154" s="47"/>
+      <c r="H154" s="44"/>
+      <c r="I154" s="47"/>
+      <c r="J154" s="47"/>
+      <c r="K154" s="47"/>
+      <c r="L154" s="44"/>
+      <c r="M154" s="47"/>
+      <c r="N154" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O154" s="152"/>
+      <c r="P154" s="152"/>
+      <c r="Q154" s="153"/>
+    </row>
+    <row r="155" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="B155" s="112" t="s">
+        <v>150</v>
+      </c>
+      <c r="C155" s="12" t="s">
+        <v>351</v>
+      </c>
+      <c r="D155" s="141" t="s">
+        <v>352</v>
+      </c>
+      <c r="E155" s="61" t="s">
+        <v>278</v>
+      </c>
+      <c r="F155" s="14" t="s">
+        <v>320</v>
+      </c>
+      <c r="G155" s="106" t="s">
+        <v>235</v>
+      </c>
+      <c r="H155" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="I155" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="J155" s="16"/>
+      <c r="K155" s="16"/>
+      <c r="L155" s="17" t="s">
+        <v>238</v>
+      </c>
+      <c r="M155" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="N155" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="156" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="10"/>
+      <c r="B156" s="112"/>
+      <c r="C156" s="12"/>
+      <c r="D156" s="143"/>
+      <c r="E156" s="61"/>
+      <c r="F156" s="14" t="s">
+        <v>319</v>
+      </c>
+      <c r="G156" s="106" t="s">
+        <v>235</v>
+      </c>
+      <c r="H156" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="I156" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="J156" s="16"/>
+      <c r="K156" s="16"/>
+      <c r="L156" s="17" t="s">
+        <v>238</v>
+      </c>
+      <c r="M156" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="N156" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="157" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="10"/>
+      <c r="B157" s="112"/>
+      <c r="C157" s="12"/>
+      <c r="D157" s="143"/>
+      <c r="E157" s="61"/>
+      <c r="F157" s="36" t="s">
+        <v>318</v>
+      </c>
+      <c r="G157" s="106" t="s">
+        <v>235</v>
+      </c>
+      <c r="H157" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="I157" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="J157" s="16"/>
+      <c r="K157" s="16"/>
+      <c r="L157" s="17" t="s">
+        <v>238</v>
+      </c>
+      <c r="M157" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="N157" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="158" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="10"/>
+      <c r="B158" s="112"/>
+      <c r="C158" s="12"/>
+      <c r="D158" s="143"/>
+      <c r="E158" s="61"/>
+      <c r="F158" s="14" t="s">
+        <v>321</v>
+      </c>
+      <c r="G158" s="106" t="s">
+        <v>235</v>
+      </c>
+      <c r="H158" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="I158" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="J158" s="16"/>
+      <c r="K158" s="16"/>
+      <c r="L158" s="17" t="s">
+        <v>238</v>
+      </c>
+      <c r="M158" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="N158" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="159" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B159" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="C159" s="38" t="s">
+        <v>353</v>
+      </c>
+      <c r="D159" s="124" t="s">
+        <v>354</v>
+      </c>
+      <c r="E159" s="40" t="s">
+        <v>355</v>
+      </c>
+      <c r="F159" s="41" t="s">
+        <v>356</v>
+      </c>
+      <c r="G159" s="47"/>
+      <c r="H159" s="44"/>
+      <c r="I159" s="47"/>
+      <c r="J159" s="47"/>
+      <c r="K159" s="47"/>
+      <c r="L159" s="44"/>
+      <c r="M159" s="47"/>
+      <c r="N159" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" s="31"/>
+      <c r="P159" s="31"/>
+      <c r="Q159" s="32"/>
+      <c r="R159" s="62"/>
+    </row>
+    <row r="160" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="37"/>
+      <c r="B160" s="112"/>
+      <c r="C160" s="38"/>
+      <c r="D160" s="125"/>
+      <c r="E160" s="40"/>
+      <c r="F160" s="41" t="s">
+        <v>357</v>
+      </c>
+      <c r="G160" s="42"/>
+      <c r="H160" s="154"/>
+      <c r="I160" s="47"/>
+      <c r="J160" s="47"/>
+      <c r="K160" s="47"/>
+      <c r="L160" s="154"/>
+      <c r="M160" s="47"/>
+      <c r="N160" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O160" s="131"/>
+      <c r="P160" s="131"/>
+      <c r="Q160" s="132"/>
+    </row>
+    <row r="161" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="37"/>
+      <c r="B161" s="112"/>
+      <c r="C161" s="38"/>
+      <c r="D161" s="125"/>
+      <c r="E161" s="40"/>
+      <c r="F161" s="41" t="s">
+        <v>358</v>
+      </c>
+      <c r="G161" s="42" t="s">
+        <v>235</v>
+      </c>
+      <c r="H161" s="155"/>
+      <c r="I161" s="155"/>
+      <c r="J161" s="155"/>
+      <c r="K161" s="155"/>
+      <c r="L161" s="154" t="s">
+        <v>238</v>
+      </c>
+      <c r="M161" s="155"/>
+      <c r="N161" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O161" s="131"/>
+      <c r="P161" s="131"/>
+      <c r="Q161" s="132"/>
+    </row>
+    <row r="162" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="37"/>
+      <c r="B162" s="112"/>
+      <c r="C162" s="38"/>
+      <c r="D162" s="125"/>
+      <c r="E162" s="40"/>
+      <c r="F162" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G162" s="116"/>
+      <c r="H162" s="116"/>
+      <c r="I162" s="116"/>
+      <c r="J162" s="116"/>
+      <c r="K162" s="116"/>
+      <c r="L162" s="116"/>
+      <c r="M162" s="116"/>
+      <c r="N162" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O162" s="117"/>
+      <c r="P162" s="117"/>
+      <c r="Q162" s="118"/>
+      <c r="R162" s="62"/>
+    </row>
+    <row r="163" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B163" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="C163" s="49" t="s">
+        <v>342</v>
+      </c>
+      <c r="D163" s="119" t="s">
+        <v>360</v>
+      </c>
+      <c r="E163" s="51" t="s">
+        <v>361</v>
+      </c>
+      <c r="F163" s="52" t="s">
+        <v>362</v>
+      </c>
+      <c r="G163" s="28" t="s">
+        <v>220</v>
+      </c>
+      <c r="H163" s="29" t="s">
+        <v>221</v>
+      </c>
+      <c r="I163" s="28" t="s">
+        <v>222</v>
+      </c>
+      <c r="J163" s="28"/>
+      <c r="K163" s="28"/>
+      <c r="L163" s="29" t="s">
+        <v>223</v>
+      </c>
+      <c r="M163" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="N163" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="164" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="48"/>
+      <c r="B164" s="11"/>
+      <c r="C164" s="49"/>
+      <c r="D164" s="50"/>
+      <c r="E164" s="51"/>
+      <c r="F164" s="81" t="s">
+        <v>363</v>
+      </c>
+      <c r="G164" s="28"/>
+      <c r="H164" s="29"/>
+      <c r="I164" s="28"/>
+      <c r="J164" s="28"/>
+      <c r="K164" s="28"/>
+      <c r="L164" s="29"/>
+      <c r="M164" s="28"/>
+      <c r="N164" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="R164" s="33"/>
+    </row>
+    <row r="165" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="48"/>
+      <c r="B165" s="11"/>
+      <c r="C165" s="49"/>
+      <c r="D165" s="50"/>
+      <c r="E165" s="51"/>
+      <c r="F165" s="81" t="s">
+        <v>364</v>
+      </c>
+      <c r="G165" s="73" t="s">
+        <v>235</v>
+      </c>
+      <c r="H165" s="120"/>
+      <c r="I165" s="120"/>
+      <c r="J165" s="120"/>
+      <c r="K165" s="120"/>
+      <c r="L165" s="29" t="s">
+        <v>238</v>
+      </c>
+      <c r="M165" s="120"/>
+      <c r="N165" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O165" s="156"/>
+      <c r="P165" s="156"/>
+      <c r="Q165" s="157"/>
+      <c r="R165" s="33"/>
+    </row>
+    <row r="166" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="48"/>
+      <c r="B166" s="11"/>
+      <c r="C166" s="49"/>
+      <c r="D166" s="50"/>
+      <c r="E166" s="51"/>
+      <c r="F166" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G166" s="53"/>
+      <c r="H166" s="29"/>
+      <c r="I166" s="28"/>
+      <c r="J166" s="28"/>
+      <c r="K166" s="28"/>
+      <c r="L166" s="29"/>
+      <c r="M166" s="28"/>
+      <c r="N166" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="167" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B167" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="C167" s="12" t="s">
+        <v>367</v>
+      </c>
+      <c r="D167" s="13" t="s">
+        <v>368</v>
+      </c>
+      <c r="E167" s="61" t="s">
+        <v>369</v>
+      </c>
+      <c r="F167" s="14" t="s">
+        <v>370</v>
+      </c>
+      <c r="G167" s="16" t="s">
+        <v>371</v>
+      </c>
+      <c r="H167" s="17" t="s">
+        <v>372</v>
+      </c>
+      <c r="I167" s="16" t="s">
+        <v>373</v>
+      </c>
+      <c r="J167" s="16"/>
+      <c r="K167" s="16"/>
+      <c r="L167" s="17" t="s">
+        <v>374</v>
+      </c>
+      <c r="M167" s="16" t="s">
+        <v>375</v>
+      </c>
+      <c r="N167" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" s="31"/>
+      <c r="P167" s="31"/>
+      <c r="Q167" s="32"/>
+      <c r="R167" s="33"/>
+    </row>
+    <row r="168" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="10"/>
+      <c r="B168" s="11"/>
+      <c r="C168" s="12"/>
+      <c r="D168" s="25"/>
+      <c r="E168" s="61"/>
+      <c r="F168" s="14" t="s">
+        <v>376</v>
+      </c>
+      <c r="G168" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="H168" s="158" t="s">
+        <v>377</v>
+      </c>
+      <c r="I168" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="J168" s="16"/>
+      <c r="K168" s="16"/>
+      <c r="L168" s="158" t="s">
+        <v>379</v>
+      </c>
+      <c r="M168" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="N168" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="10"/>
+      <c r="B169" s="159"/>
+      <c r="C169" s="12"/>
+      <c r="D169" s="160"/>
+      <c r="E169" s="61"/>
+      <c r="F169" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G169" s="47"/>
+      <c r="H169" s="47"/>
+      <c r="I169" s="47"/>
+      <c r="J169" s="47"/>
+      <c r="K169" s="47"/>
+      <c r="L169" s="47"/>
+      <c r="M169" s="47"/>
+      <c r="N169" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O169" s="93"/>
+      <c r="P169" s="93"/>
+      <c r="Q169" s="94"/>
+      <c r="R169" s="33"/>
+    </row>
+    <row r="170" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="10"/>
+      <c r="B170" s="161"/>
+      <c r="C170" s="12"/>
+      <c r="D170" s="25"/>
+      <c r="E170" s="61"/>
+      <c r="F170" s="36" t="s">
+        <v>381</v>
+      </c>
+      <c r="G170" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="H170" s="17" t="s">
+        <v>377</v>
+      </c>
+      <c r="I170" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="J170" s="16"/>
+      <c r="K170" s="16"/>
+      <c r="L170" s="17" t="s">
+        <v>379</v>
+      </c>
+      <c r="M170" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="N170" s="15" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="B171" s="11"/>
+      <c r="C171" s="38" t="s">
+        <v>383</v>
+      </c>
+      <c r="D171" s="39" t="s">
+        <v>384</v>
+      </c>
+      <c r="E171" s="40" t="s">
+        <v>385</v>
+      </c>
+      <c r="F171" s="68" t="s">
+        <v>386</v>
+      </c>
+      <c r="G171" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H171" s="44" t="s">
+        <v>388</v>
+      </c>
+      <c r="I171" s="47"/>
+      <c r="J171" s="47"/>
+      <c r="K171" s="47"/>
+      <c r="L171" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M171" s="47" t="s">
+        <v>390</v>
+      </c>
+      <c r="N171" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" s="78"/>
+      <c r="P171" s="78"/>
+      <c r="Q171" s="79"/>
+      <c r="R171" s="33"/>
+    </row>
+    <row r="172" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="37"/>
+      <c r="B172" s="11"/>
+      <c r="C172" s="38"/>
+      <c r="D172" s="46"/>
+      <c r="E172" s="40"/>
+      <c r="F172" s="68" t="s">
+        <v>391</v>
+      </c>
+      <c r="G172" s="47"/>
+      <c r="H172" s="47"/>
+      <c r="I172" s="47"/>
+      <c r="J172" s="47"/>
+      <c r="K172" s="47"/>
+      <c r="L172" s="47"/>
+      <c r="M172" s="47"/>
+      <c r="N172" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O172" s="31"/>
+      <c r="P172" s="31"/>
+      <c r="Q172" s="32"/>
+      <c r="R172" s="71"/>
+    </row>
+    <row r="173" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="37"/>
+      <c r="B173" s="11"/>
+      <c r="C173" s="38"/>
+      <c r="D173" s="46"/>
+      <c r="E173" s="40"/>
+      <c r="F173" s="41" t="s">
+        <v>392</v>
+      </c>
+      <c r="G173" s="47" t="s">
+        <v>393</v>
+      </c>
+      <c r="H173" s="44" t="s">
+        <v>394</v>
+      </c>
+      <c r="I173" s="47" t="s">
+        <v>395</v>
+      </c>
+      <c r="J173" s="47"/>
+      <c r="K173" s="47"/>
+      <c r="L173" s="44" t="s">
+        <v>396</v>
+      </c>
+      <c r="M173" s="47" t="s">
+        <v>397</v>
+      </c>
+      <c r="N173" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R173" s="33"/>
+    </row>
+    <row r="174" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="37"/>
+      <c r="B174" s="11"/>
+      <c r="C174" s="38"/>
+      <c r="D174" s="46"/>
+      <c r="E174" s="40"/>
+      <c r="F174" s="41" t="s">
+        <v>398</v>
+      </c>
+      <c r="G174" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H174" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I174" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J174" s="47"/>
+      <c r="K174" s="47"/>
+      <c r="L174" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M174" s="47"/>
+      <c r="N174" s="45" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="175" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="48" t="s">
+        <v>365</v>
+      </c>
+      <c r="B175" s="11"/>
+      <c r="C175" s="49" t="s">
+        <v>399</v>
+      </c>
+      <c r="D175" s="69" t="s">
+        <v>400</v>
+      </c>
+      <c r="E175" s="51" t="s">
+        <v>401</v>
+      </c>
+      <c r="F175" s="81" t="s">
+        <v>402</v>
+      </c>
+      <c r="G175" s="53"/>
+      <c r="H175" s="29"/>
+      <c r="I175" s="28"/>
+      <c r="J175" s="28"/>
+      <c r="K175" s="28"/>
+      <c r="L175" s="29"/>
+      <c r="M175" s="28"/>
+      <c r="N175" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R175" s="133"/>
+    </row>
+    <row r="176" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="48"/>
+      <c r="B176" s="11"/>
+      <c r="C176" s="49"/>
+      <c r="D176" s="70"/>
+      <c r="E176" s="51"/>
+      <c r="F176" s="81" t="s">
+        <v>405</v>
+      </c>
+      <c r="G176" s="28"/>
+      <c r="H176" s="29"/>
+      <c r="I176" s="28"/>
+      <c r="J176" s="28"/>
+      <c r="K176" s="28"/>
+      <c r="L176" s="29"/>
+      <c r="M176" s="28"/>
+      <c r="N176" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="177" spans="1:94" ht="26.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="48"/>
+      <c r="B177" s="11"/>
+      <c r="C177" s="49"/>
+      <c r="D177" s="70"/>
+      <c r="E177" s="51"/>
+      <c r="F177" s="81" t="s">
+        <v>406</v>
+      </c>
+      <c r="G177" s="28"/>
+      <c r="H177" s="29"/>
+      <c r="I177" s="28"/>
+      <c r="J177" s="28"/>
+      <c r="K177" s="28"/>
+      <c r="L177" s="29"/>
+      <c r="M177" s="28"/>
+      <c r="N177" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="178" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="48"/>
+      <c r="B178" s="11"/>
+      <c r="C178" s="49"/>
+      <c r="D178" s="70"/>
+      <c r="E178" s="51"/>
+      <c r="F178" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G178" s="47"/>
+      <c r="H178" s="47"/>
+      <c r="I178" s="47"/>
+      <c r="J178" s="47"/>
+      <c r="K178" s="47"/>
+      <c r="L178" s="47"/>
+      <c r="M178" s="47"/>
+      <c r="N178" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O178" s="78"/>
+      <c r="P178" s="78"/>
+      <c r="Q178" s="79"/>
+    </row>
+    <row r="179" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B179" s="11"/>
+      <c r="C179" s="12" t="s">
+        <v>407</v>
+      </c>
+      <c r="D179" s="25"/>
+      <c r="E179" s="61" t="s">
+        <v>408</v>
+      </c>
+      <c r="F179" s="36" t="s">
+        <v>409</v>
+      </c>
+      <c r="G179" s="142" t="s">
+        <v>146</v>
+      </c>
+      <c r="H179" s="108" t="s">
+        <v>115</v>
+      </c>
+      <c r="I179" s="142"/>
+      <c r="J179" s="142"/>
+      <c r="K179" s="142"/>
+      <c r="L179" s="108" t="s">
+        <v>410</v>
+      </c>
+      <c r="M179" s="142" t="s">
+        <v>117</v>
+      </c>
+      <c r="N179" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" s="162"/>
+      <c r="P179" s="162"/>
+      <c r="Q179" s="163"/>
+    </row>
+    <row r="180" spans="1:94" s="165" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="10"/>
+      <c r="B180" s="11"/>
+      <c r="C180" s="12"/>
+      <c r="D180" s="25"/>
+      <c r="E180" s="61"/>
+      <c r="F180" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G180" s="47"/>
+      <c r="H180" s="47"/>
+      <c r="I180" s="47"/>
+      <c r="J180" s="47"/>
+      <c r="K180" s="47"/>
+      <c r="L180" s="47"/>
+      <c r="M180" s="47"/>
+      <c r="N180" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O180" s="19"/>
+      <c r="P180" s="19"/>
+      <c r="Q180" s="20"/>
+      <c r="R180" s="21"/>
+      <c r="S180" s="22"/>
+      <c r="T180" s="22"/>
+      <c r="U180" s="22"/>
+      <c r="V180" s="22"/>
+      <c r="W180" s="22"/>
+      <c r="X180" s="22"/>
+      <c r="Y180" s="22"/>
+      <c r="Z180" s="22"/>
+      <c r="AA180" s="22"/>
+      <c r="AB180" s="22"/>
+      <c r="AC180" s="22"/>
+      <c r="AD180" s="22"/>
+      <c r="AE180" s="22"/>
+      <c r="AF180" s="22"/>
+      <c r="AG180" s="22"/>
+      <c r="AH180" s="22"/>
+      <c r="AI180" s="22"/>
+      <c r="AJ180" s="22"/>
+      <c r="AK180" s="22"/>
+      <c r="AL180" s="22"/>
+      <c r="AM180" s="22"/>
+      <c r="AN180" s="22"/>
+      <c r="AO180" s="22"/>
+      <c r="AP180" s="22"/>
+      <c r="AQ180" s="22"/>
+      <c r="AR180" s="22"/>
+      <c r="AS180" s="22"/>
+      <c r="AT180" s="22"/>
+      <c r="AU180" s="22"/>
+      <c r="AV180" s="22"/>
+      <c r="AW180" s="22"/>
+      <c r="AX180" s="21"/>
+      <c r="AY180" s="21"/>
+      <c r="AZ180" s="21"/>
+      <c r="BA180" s="21"/>
+      <c r="BB180" s="21"/>
+      <c r="BC180" s="21"/>
+      <c r="BD180" s="21"/>
+      <c r="BE180" s="21"/>
+      <c r="BF180" s="21"/>
+      <c r="BG180" s="21"/>
+      <c r="BH180" s="21"/>
+      <c r="BI180" s="21"/>
+      <c r="BJ180" s="21"/>
+      <c r="BK180" s="21"/>
+      <c r="BL180" s="21"/>
+      <c r="BM180" s="21"/>
+      <c r="BN180" s="21"/>
+      <c r="BO180" s="21"/>
+      <c r="BP180" s="21"/>
+      <c r="BQ180" s="21"/>
+      <c r="BR180" s="21"/>
+      <c r="BS180" s="21"/>
+      <c r="BT180" s="21"/>
+      <c r="BU180" s="21"/>
+      <c r="BV180" s="21"/>
+      <c r="BW180" s="21"/>
+      <c r="BX180" s="21"/>
+      <c r="BY180" s="21"/>
+      <c r="BZ180" s="21"/>
+      <c r="CA180" s="21"/>
+      <c r="CB180" s="21"/>
+      <c r="CC180" s="21"/>
+      <c r="CD180" s="21"/>
+      <c r="CE180" s="21"/>
+      <c r="CF180" s="21"/>
+      <c r="CG180" s="21"/>
+      <c r="CH180" s="21"/>
+      <c r="CI180" s="21"/>
+      <c r="CJ180" s="21"/>
+      <c r="CK180" s="21"/>
+      <c r="CL180" s="21"/>
+      <c r="CM180" s="21"/>
+      <c r="CN180" s="21"/>
+      <c r="CO180" s="21"/>
+      <c r="CP180" s="164"/>
+    </row>
+    <row r="181" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="10"/>
+      <c r="B181" s="11"/>
+      <c r="C181" s="12"/>
+      <c r="D181" s="25"/>
+      <c r="E181" s="61"/>
+      <c r="F181" s="36" t="s">
+        <v>411</v>
+      </c>
+      <c r="G181" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H181" s="16"/>
+      <c r="I181" s="16"/>
+      <c r="J181" s="16"/>
+      <c r="K181" s="16"/>
+      <c r="L181" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="M181" s="16"/>
+      <c r="N181" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O181" s="166"/>
+      <c r="P181" s="166"/>
+      <c r="Q181" s="167"/>
+      <c r="R181" s="33"/>
+    </row>
+    <row r="182" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="10"/>
+      <c r="B182" s="11"/>
+      <c r="C182" s="12"/>
+      <c r="D182" s="25"/>
+      <c r="E182" s="61"/>
+      <c r="F182" s="36" t="s">
+        <v>412</v>
+      </c>
+      <c r="G182" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H182" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I182" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="J182" s="16"/>
+      <c r="K182" s="16"/>
+      <c r="L182" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M182" s="18">
+        <v>44283</v>
+      </c>
+      <c r="N182" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O182" s="168"/>
+      <c r="P182" s="168"/>
+      <c r="Q182" s="169"/>
+    </row>
+    <row r="183" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="B183" s="11"/>
+      <c r="C183" s="38" t="s">
+        <v>414</v>
+      </c>
+      <c r="D183" s="39" t="s">
+        <v>415</v>
+      </c>
+      <c r="E183" s="40" t="s">
+        <v>416</v>
+      </c>
+      <c r="F183" s="41" t="s">
+        <v>417</v>
+      </c>
+      <c r="G183" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H183" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I183" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J183" s="47"/>
+      <c r="K183" s="47"/>
+      <c r="L183" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M183" s="47"/>
+      <c r="N183" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="184" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="37"/>
+      <c r="B184" s="11"/>
+      <c r="C184" s="38"/>
+      <c r="D184" s="46"/>
+      <c r="E184" s="40"/>
+      <c r="F184" s="68" t="s">
+        <v>418</v>
+      </c>
+      <c r="G184" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H184" s="47"/>
+      <c r="I184" s="47"/>
+      <c r="J184" s="47"/>
+      <c r="K184" s="47"/>
+      <c r="L184" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M184" s="47"/>
+      <c r="N184" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="R184" s="62"/>
+    </row>
+    <row r="185" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="37"/>
+      <c r="B185" s="11"/>
+      <c r="C185" s="38"/>
+      <c r="D185" s="46"/>
+      <c r="E185" s="40"/>
+      <c r="F185" s="68" t="s">
+        <v>419</v>
+      </c>
+      <c r="G185" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H185" s="44" t="s">
+        <v>420</v>
+      </c>
+      <c r="I185" s="47" t="s">
+        <v>421</v>
+      </c>
+      <c r="J185" s="47"/>
+      <c r="K185" s="47"/>
+      <c r="L185" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M185" s="47" t="s">
+        <v>422</v>
+      </c>
+      <c r="N185" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R185" s="71"/>
+    </row>
+    <row r="186" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="37"/>
+      <c r="B186" s="11"/>
+      <c r="C186" s="38"/>
+      <c r="D186" s="46"/>
+      <c r="E186" s="40"/>
+      <c r="F186" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G186" s="47"/>
+      <c r="H186" s="47"/>
+      <c r="I186" s="47"/>
+      <c r="J186" s="47"/>
+      <c r="K186" s="47"/>
+      <c r="L186" s="47"/>
+      <c r="M186" s="47"/>
+      <c r="N186" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O186" s="78"/>
+      <c r="P186" s="78"/>
+      <c r="Q186" s="79"/>
+    </row>
+    <row r="187" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="48" t="s">
+        <v>365</v>
+      </c>
+      <c r="B187" s="11"/>
+      <c r="C187" s="49" t="s">
+        <v>423</v>
+      </c>
+      <c r="D187" s="69" t="s">
+        <v>424</v>
+      </c>
+      <c r="E187" s="51" t="s">
+        <v>425</v>
+      </c>
+      <c r="F187" s="52" t="s">
+        <v>386</v>
+      </c>
+      <c r="G187" s="53" t="s">
+        <v>387</v>
+      </c>
+      <c r="H187" s="29" t="s">
+        <v>388</v>
+      </c>
+      <c r="I187" s="28"/>
+      <c r="J187" s="28"/>
+      <c r="K187" s="28"/>
+      <c r="L187" s="29" t="s">
+        <v>389</v>
+      </c>
+      <c r="M187" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="N187" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R187" s="62"/>
+    </row>
+    <row r="188" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="48"/>
+      <c r="B188" s="11"/>
+      <c r="C188" s="49"/>
+      <c r="D188" s="70"/>
+      <c r="E188" s="51"/>
+      <c r="F188" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G188" s="28"/>
+      <c r="H188" s="28"/>
+      <c r="I188" s="28"/>
+      <c r="J188" s="28"/>
+      <c r="K188" s="28"/>
+      <c r="L188" s="28"/>
+      <c r="M188" s="28"/>
+      <c r="N188" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="189" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="48"/>
+      <c r="B189" s="11"/>
+      <c r="C189" s="49"/>
+      <c r="D189" s="70"/>
+      <c r="E189" s="51"/>
+      <c r="F189" s="52" t="s">
+        <v>417</v>
+      </c>
+      <c r="G189" s="28" t="s">
+        <v>146</v>
+      </c>
+      <c r="H189" s="29" t="s">
+        <v>147</v>
+      </c>
+      <c r="I189" s="28" t="s">
+        <v>148</v>
+      </c>
+      <c r="J189" s="28"/>
+      <c r="K189" s="28"/>
+      <c r="L189" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="M189" s="28"/>
+      <c r="N189" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R189" s="62"/>
+    </row>
+    <row r="190" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="48"/>
+      <c r="B190" s="11"/>
+      <c r="C190" s="49"/>
+      <c r="D190" s="70"/>
+      <c r="E190" s="51"/>
+      <c r="F190" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G190" s="28"/>
+      <c r="H190" s="28"/>
+      <c r="I190" s="28"/>
+      <c r="J190" s="28"/>
+      <c r="K190" s="28"/>
+      <c r="L190" s="28"/>
+      <c r="M190" s="28"/>
+      <c r="N190" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O190" s="78"/>
+      <c r="P190" s="78"/>
+      <c r="Q190" s="79"/>
+      <c r="R190" s="33"/>
+    </row>
+    <row r="191" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B191" s="11"/>
+      <c r="C191" s="12" t="s">
+        <v>426</v>
+      </c>
+      <c r="D191" s="25"/>
+      <c r="E191" s="61" t="s">
+        <v>427</v>
+      </c>
+      <c r="F191" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G191" s="16"/>
+      <c r="H191" s="16"/>
+      <c r="I191" s="16"/>
+      <c r="J191" s="16"/>
+      <c r="K191" s="16"/>
+      <c r="L191" s="16"/>
+      <c r="M191" s="16"/>
+      <c r="N191" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" s="168"/>
+      <c r="P191" s="168"/>
+      <c r="Q191" s="169"/>
+    </row>
+    <row r="192" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="10"/>
+      <c r="B192" s="11"/>
+      <c r="C192" s="12"/>
+      <c r="D192" s="25"/>
+      <c r="E192" s="61"/>
+      <c r="F192" s="36" t="s">
+        <v>428</v>
+      </c>
+      <c r="G192" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H192" s="17" t="s">
+        <v>388</v>
+      </c>
+      <c r="I192" s="16"/>
+      <c r="J192" s="16"/>
+      <c r="K192" s="16"/>
+      <c r="L192" s="17" t="s">
+        <v>410</v>
+      </c>
+      <c r="M192" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="N192" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="193" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="10"/>
+      <c r="B193" s="11"/>
+      <c r="C193" s="12"/>
+      <c r="D193" s="25"/>
+      <c r="E193" s="61"/>
+      <c r="F193" s="14" t="s">
+        <v>429</v>
+      </c>
+      <c r="G193" s="34" t="s">
+        <v>387</v>
+      </c>
+      <c r="H193" s="17" t="s">
+        <v>388</v>
+      </c>
+      <c r="I193" s="16"/>
+      <c r="J193" s="16"/>
+      <c r="K193" s="16"/>
+      <c r="L193" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="M193" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="N193" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="194" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="10"/>
+      <c r="B194" s="11"/>
+      <c r="C194" s="12"/>
+      <c r="D194" s="25"/>
+      <c r="E194" s="61"/>
+      <c r="F194" s="14" t="s">
+        <v>430</v>
+      </c>
+      <c r="G194" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H194" s="16"/>
+      <c r="I194" s="16"/>
+      <c r="J194" s="16"/>
+      <c r="K194" s="16"/>
+      <c r="L194" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="M194" s="16"/>
+      <c r="N194" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="R194" s="33"/>
+    </row>
+    <row r="195" spans="1:18" ht="26.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="B195" s="11"/>
+      <c r="C195" s="100" t="s">
+        <v>431</v>
+      </c>
+      <c r="D195" s="101" t="s">
+        <v>432</v>
+      </c>
+      <c r="E195" s="40" t="s">
+        <v>433</v>
+      </c>
+      <c r="F195" s="41" t="s">
+        <v>402</v>
+      </c>
+      <c r="G195" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="H195" s="44" t="s">
+        <v>434</v>
+      </c>
+      <c r="I195" s="47" t="s">
+        <v>435</v>
+      </c>
+      <c r="J195" s="47"/>
+      <c r="K195" s="47"/>
+      <c r="L195" s="44" t="s">
+        <v>403</v>
+      </c>
+      <c r="M195" s="47" t="s">
+        <v>404</v>
+      </c>
+      <c r="N195" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" s="31"/>
+      <c r="P195" s="31"/>
+      <c r="Q195" s="32"/>
+      <c r="R195" s="33"/>
+    </row>
+    <row r="196" spans="1:18" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="37"/>
+      <c r="B196" s="11"/>
+      <c r="C196" s="100"/>
+      <c r="D196" s="102"/>
+      <c r="E196" s="40"/>
+      <c r="F196" s="68" t="s">
+        <v>381</v>
+      </c>
+      <c r="G196" s="47" t="s">
+        <v>252</v>
+      </c>
+      <c r="H196" s="44" t="s">
+        <v>377</v>
+      </c>
+      <c r="I196" s="47" t="s">
+        <v>378</v>
+      </c>
+      <c r="J196" s="47"/>
+      <c r="K196" s="47"/>
+      <c r="L196" s="44" t="s">
+        <v>379</v>
+      </c>
+      <c r="M196" s="47" t="s">
+        <v>380</v>
+      </c>
+      <c r="N196" s="45" t="s">
+        <v>436</v>
+      </c>
+      <c r="R196" s="62"/>
+    </row>
+    <row r="197" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="37"/>
+      <c r="B197" s="11"/>
+      <c r="C197" s="100"/>
+      <c r="D197" s="102"/>
+      <c r="E197" s="40"/>
+      <c r="F197" s="41" t="s">
+        <v>71</v>
+      </c>
+      <c r="G197" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H197" s="47"/>
+      <c r="I197" s="47"/>
+      <c r="J197" s="47"/>
+      <c r="K197" s="47"/>
+      <c r="L197" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M197" s="47"/>
+      <c r="N197" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R197" s="33"/>
+    </row>
+    <row r="198" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="37"/>
+      <c r="B198" s="11"/>
+      <c r="C198" s="100"/>
+      <c r="D198" s="102"/>
+      <c r="E198" s="40"/>
+      <c r="F198" s="41" t="s">
+        <v>405</v>
+      </c>
+      <c r="G198" s="47"/>
+      <c r="H198" s="47"/>
+      <c r="I198" s="47"/>
+      <c r="J198" s="47"/>
+      <c r="K198" s="47"/>
+      <c r="L198" s="47"/>
+      <c r="M198" s="47"/>
+      <c r="N198" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="R198" s="33"/>
+    </row>
+    <row r="199" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="48" t="s">
+        <v>365</v>
+      </c>
+      <c r="B199" s="11"/>
+      <c r="C199" s="49" t="s">
+        <v>437</v>
+      </c>
+      <c r="D199" s="69" t="s">
+        <v>438</v>
+      </c>
+      <c r="E199" s="51" t="s">
+        <v>439</v>
+      </c>
+      <c r="F199" s="52" t="s">
+        <v>440</v>
+      </c>
+      <c r="G199" s="53" t="s">
+        <v>387</v>
+      </c>
+      <c r="H199" s="29" t="s">
+        <v>388</v>
+      </c>
+      <c r="I199" s="28"/>
+      <c r="J199" s="28"/>
+      <c r="K199" s="28"/>
+      <c r="L199" s="29" t="s">
+        <v>389</v>
+      </c>
+      <c r="M199" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="N199" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="200" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="48"/>
+      <c r="B200" s="11"/>
+      <c r="C200" s="49"/>
+      <c r="D200" s="70"/>
+      <c r="E200" s="51"/>
+      <c r="F200" s="52" t="s">
+        <v>370</v>
+      </c>
+      <c r="G200" s="28" t="s">
+        <v>371</v>
+      </c>
+      <c r="H200" s="29" t="s">
+        <v>372</v>
+      </c>
+      <c r="I200" s="28" t="s">
+        <v>373</v>
+      </c>
+      <c r="J200" s="28"/>
+      <c r="K200" s="28"/>
+      <c r="L200" s="29" t="s">
+        <v>374</v>
+      </c>
+      <c r="M200" s="28" t="s">
+        <v>375</v>
+      </c>
+      <c r="N200" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O200" s="31"/>
+      <c r="P200" s="31"/>
+      <c r="Q200" s="32"/>
+      <c r="R200" s="33"/>
+    </row>
+    <row r="201" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="48"/>
+      <c r="B201" s="11"/>
+      <c r="C201" s="49"/>
+      <c r="D201" s="70"/>
+      <c r="E201" s="51"/>
+      <c r="F201" s="81" t="s">
+        <v>441</v>
+      </c>
+      <c r="G201" s="28" t="s">
+        <v>393</v>
+      </c>
+      <c r="H201" s="28"/>
+      <c r="I201" s="28"/>
+      <c r="J201" s="28"/>
+      <c r="K201" s="28"/>
+      <c r="L201" s="29" t="s">
+        <v>396</v>
+      </c>
+      <c r="M201" s="28"/>
+      <c r="N201" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R201" s="33"/>
+    </row>
+    <row r="202" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="48"/>
+      <c r="B202" s="11"/>
+      <c r="C202" s="49"/>
+      <c r="D202" s="70"/>
+      <c r="E202" s="51"/>
+      <c r="F202" s="52" t="s">
+        <v>442</v>
+      </c>
+      <c r="G202" s="53" t="s">
+        <v>443</v>
+      </c>
+      <c r="H202" s="29" t="s">
+        <v>444</v>
+      </c>
+      <c r="I202" s="28" t="s">
+        <v>445</v>
+      </c>
+      <c r="J202" s="28"/>
+      <c r="K202" s="28"/>
+      <c r="L202" s="29" t="s">
+        <v>446</v>
+      </c>
+      <c r="M202" s="28" t="s">
+        <v>447</v>
+      </c>
+      <c r="N202" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O202" s="31"/>
+      <c r="P202" s="31"/>
+      <c r="Q202" s="32"/>
+      <c r="R202" s="33"/>
+    </row>
+    <row r="203" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B203" s="11"/>
+      <c r="C203" s="12" t="s">
+        <v>448</v>
+      </c>
+      <c r="D203" s="13" t="s">
+        <v>449</v>
+      </c>
+      <c r="E203" s="61" t="s">
+        <v>450</v>
+      </c>
+      <c r="F203" s="14" t="s">
+        <v>451</v>
+      </c>
+      <c r="G203" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H203" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="I203" s="16"/>
+      <c r="J203" s="16"/>
+      <c r="K203" s="16"/>
+      <c r="L203" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M203" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N203" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R203" s="170"/>
+    </row>
+    <row r="204" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="10"/>
+      <c r="B204" s="11"/>
+      <c r="C204" s="12"/>
+      <c r="D204" s="25"/>
+      <c r="E204" s="61"/>
+      <c r="F204" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G204" s="28"/>
+      <c r="H204" s="28"/>
+      <c r="I204" s="28"/>
+      <c r="J204" s="28"/>
+      <c r="K204" s="28"/>
+      <c r="L204" s="28"/>
+      <c r="M204" s="28"/>
+      <c r="N204" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="205" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="10"/>
+      <c r="B205" s="11"/>
+      <c r="C205" s="12"/>
+      <c r="D205" s="25"/>
+      <c r="E205" s="61"/>
+      <c r="F205" s="36" t="s">
+        <v>452</v>
+      </c>
+      <c r="G205" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H205" s="142"/>
+      <c r="I205" s="142"/>
+      <c r="J205" s="142"/>
+      <c r="K205" s="142"/>
+      <c r="L205" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M205" s="142"/>
+      <c r="N205" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R205" s="170"/>
+    </row>
+    <row r="206" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="10"/>
+      <c r="B206" s="11"/>
+      <c r="C206" s="12"/>
+      <c r="D206" s="25"/>
+      <c r="E206" s="61"/>
+      <c r="F206" s="14" t="s">
+        <v>453</v>
+      </c>
+      <c r="G206" s="34" t="s">
+        <v>387</v>
+      </c>
+      <c r="H206" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="I206" s="16"/>
+      <c r="J206" s="16"/>
+      <c r="K206" s="16"/>
+      <c r="L206" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="M206" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="N206" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="R206" s="33"/>
+    </row>
+    <row r="207" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="B207" s="11"/>
+      <c r="C207" s="38" t="s">
+        <v>454</v>
+      </c>
+      <c r="D207" s="39" t="s">
+        <v>455</v>
+      </c>
+      <c r="E207" s="40" t="s">
+        <v>456</v>
+      </c>
+      <c r="F207" s="41" t="s">
+        <v>386</v>
+      </c>
+      <c r="G207" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H207" s="44" t="s">
+        <v>388</v>
+      </c>
+      <c r="I207" s="47"/>
+      <c r="J207" s="47"/>
+      <c r="K207" s="47"/>
+      <c r="L207" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M207" s="47" t="s">
+        <v>390</v>
+      </c>
+      <c r="N207" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R207" s="33"/>
+    </row>
+    <row r="208" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="37"/>
+      <c r="B208" s="11"/>
+      <c r="C208" s="38"/>
+      <c r="D208" s="46"/>
+      <c r="E208" s="40"/>
+      <c r="F208" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G208" s="47"/>
+      <c r="H208" s="47"/>
+      <c r="I208" s="47"/>
+      <c r="J208" s="47"/>
+      <c r="K208" s="47"/>
+      <c r="L208" s="47"/>
+      <c r="M208" s="47"/>
+      <c r="N208" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O208" s="78"/>
+      <c r="P208" s="78"/>
+      <c r="Q208" s="79"/>
+      <c r="R208" s="33"/>
+    </row>
+    <row r="209" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="37"/>
+      <c r="B209" s="11"/>
+      <c r="C209" s="38"/>
+      <c r="D209" s="46"/>
+      <c r="E209" s="40"/>
+      <c r="F209" s="68" t="s">
+        <v>418</v>
+      </c>
+      <c r="G209" s="42"/>
+      <c r="H209" s="44"/>
+      <c r="I209" s="47"/>
+      <c r="J209" s="47"/>
+      <c r="K209" s="47"/>
+      <c r="L209" s="44"/>
+      <c r="M209" s="47"/>
+      <c r="N209" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R209" s="33"/>
+    </row>
+    <row r="210" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="37"/>
+      <c r="B210" s="11"/>
+      <c r="C210" s="38"/>
+      <c r="D210" s="46"/>
+      <c r="E210" s="40"/>
+      <c r="F210" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G210" s="42"/>
+      <c r="H210" s="44"/>
+      <c r="I210" s="47"/>
+      <c r="J210" s="47"/>
+      <c r="K210" s="47"/>
+      <c r="L210" s="44"/>
+      <c r="M210" s="47"/>
+      <c r="N210" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O210" s="78"/>
+      <c r="P210" s="78"/>
+      <c r="Q210" s="79"/>
+      <c r="R210" s="33"/>
+    </row>
+    <row r="211" spans="1:94" s="173" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="48" t="s">
+        <v>365</v>
+      </c>
+      <c r="B211" s="11"/>
+      <c r="C211" s="49" t="s">
+        <v>457</v>
+      </c>
+      <c r="D211" s="70"/>
+      <c r="E211" s="51" t="s">
+        <v>433</v>
+      </c>
+      <c r="F211" s="81" t="s">
+        <v>376</v>
+      </c>
+      <c r="G211" s="28" t="s">
+        <v>146</v>
+      </c>
+      <c r="H211" s="29"/>
+      <c r="I211" s="28"/>
+      <c r="J211" s="28"/>
+      <c r="K211" s="28"/>
+      <c r="L211" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="M211" s="28"/>
+      <c r="N211" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" s="93"/>
+      <c r="P211" s="93"/>
+      <c r="Q211" s="94"/>
+      <c r="R211" s="140"/>
+      <c r="S211" s="22"/>
+      <c r="T211" s="22"/>
+      <c r="U211" s="22"/>
+      <c r="V211" s="22"/>
+      <c r="W211" s="22"/>
+      <c r="X211" s="22"/>
+      <c r="Y211" s="22"/>
+      <c r="Z211" s="171"/>
+      <c r="AA211" s="171"/>
+      <c r="AB211" s="171"/>
+      <c r="AC211" s="171"/>
+      <c r="AD211" s="171"/>
+      <c r="AE211" s="171"/>
+      <c r="AF211" s="171"/>
+      <c r="AG211" s="171"/>
+      <c r="AH211" s="171"/>
+      <c r="AI211" s="171"/>
+      <c r="AJ211" s="171"/>
+      <c r="AK211" s="171"/>
+      <c r="AL211" s="171"/>
+      <c r="AM211" s="171"/>
+      <c r="AN211" s="171"/>
+      <c r="AO211" s="171"/>
+      <c r="AP211" s="171"/>
+      <c r="AQ211" s="171"/>
+      <c r="AR211" s="171"/>
+      <c r="AS211" s="171"/>
+      <c r="AT211" s="171"/>
+      <c r="AU211" s="171"/>
+      <c r="AV211" s="171"/>
+      <c r="AW211" s="171"/>
+      <c r="AX211" s="171"/>
+      <c r="AY211" s="171"/>
+      <c r="AZ211" s="171"/>
+      <c r="BA211" s="171"/>
+      <c r="BB211" s="171"/>
+      <c r="BC211" s="171"/>
+      <c r="BD211" s="171"/>
+      <c r="BE211" s="171"/>
+      <c r="BF211" s="171"/>
+      <c r="BG211" s="171"/>
+      <c r="BH211" s="171"/>
+      <c r="BI211" s="171"/>
+      <c r="BJ211" s="171"/>
+      <c r="BK211" s="171"/>
+      <c r="BL211" s="171"/>
+      <c r="BM211" s="171"/>
+      <c r="BN211" s="171"/>
+      <c r="BO211" s="171"/>
+      <c r="BP211" s="171"/>
+      <c r="BQ211" s="171"/>
+      <c r="BR211" s="171"/>
+      <c r="BS211" s="171"/>
+      <c r="BT211" s="171"/>
+      <c r="BU211" s="171"/>
+      <c r="BV211" s="171"/>
+      <c r="BW211" s="171"/>
+      <c r="BX211" s="171"/>
+      <c r="BY211" s="171"/>
+      <c r="BZ211" s="171"/>
+      <c r="CA211" s="171"/>
+      <c r="CB211" s="171"/>
+      <c r="CC211" s="171"/>
+      <c r="CD211" s="171"/>
+      <c r="CE211" s="171"/>
+      <c r="CF211" s="171"/>
+      <c r="CG211" s="171"/>
+      <c r="CH211" s="171"/>
+      <c r="CI211" s="171"/>
+      <c r="CJ211" s="171"/>
+      <c r="CK211" s="171"/>
+      <c r="CL211" s="171"/>
+      <c r="CM211" s="171"/>
+      <c r="CN211" s="171"/>
+      <c r="CO211" s="171"/>
+      <c r="CP211" s="172"/>
+    </row>
+    <row r="212" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="48"/>
+      <c r="B212" s="11"/>
+      <c r="C212" s="49"/>
+      <c r="D212" s="70"/>
+      <c r="E212" s="51"/>
+      <c r="F212" s="81" t="s">
+        <v>71</v>
+      </c>
+      <c r="G212" s="53" t="s">
+        <v>387</v>
+      </c>
+      <c r="H212" s="28"/>
+      <c r="I212" s="28"/>
+      <c r="J212" s="28"/>
+      <c r="K212" s="28"/>
+      <c r="L212" s="29" t="s">
+        <v>389</v>
+      </c>
+      <c r="M212" s="28"/>
+      <c r="N212" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="R212" s="174"/>
+    </row>
+    <row r="213" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="48"/>
+      <c r="B213" s="11"/>
+      <c r="C213" s="49"/>
+      <c r="D213" s="70"/>
+      <c r="E213" s="51"/>
+      <c r="F213" s="81" t="s">
+        <v>381</v>
+      </c>
+      <c r="G213" s="28" t="s">
+        <v>252</v>
+      </c>
+      <c r="H213" s="29" t="s">
+        <v>377</v>
+      </c>
+      <c r="I213" s="28" t="s">
+        <v>378</v>
+      </c>
+      <c r="J213" s="28"/>
+      <c r="K213" s="28"/>
+      <c r="L213" s="29" t="s">
+        <v>379</v>
+      </c>
+      <c r="M213" s="28" t="s">
+        <v>380</v>
+      </c>
+      <c r="N213" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R213" s="140"/>
+    </row>
+    <row r="214" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="48"/>
+      <c r="B214" s="11"/>
+      <c r="C214" s="49"/>
+      <c r="D214" s="70"/>
+      <c r="E214" s="51"/>
+      <c r="F214" s="52" t="s">
+        <v>458</v>
+      </c>
+      <c r="G214" s="53" t="s">
+        <v>387</v>
+      </c>
+      <c r="H214" s="175" t="s">
+        <v>388</v>
+      </c>
+      <c r="I214" s="28"/>
+      <c r="J214" s="28"/>
+      <c r="K214" s="28"/>
+      <c r="L214" s="175" t="s">
+        <v>389</v>
+      </c>
+      <c r="M214" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="N214" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O214" s="93"/>
+      <c r="P214" s="93"/>
+      <c r="Q214" s="94"/>
+    </row>
+    <row r="215" spans="1:94" s="88" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B215" s="11"/>
+      <c r="C215" s="176" t="s">
+        <v>459</v>
+      </c>
+      <c r="D215" s="110" t="s">
+        <v>460</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="F215" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G215" s="16"/>
+      <c r="H215" s="16"/>
+      <c r="I215" s="16"/>
+      <c r="J215" s="16"/>
+      <c r="K215" s="16"/>
+      <c r="L215" s="16"/>
+      <c r="M215" s="16"/>
+      <c r="N215" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" s="19"/>
+      <c r="P215" s="19"/>
+      <c r="Q215" s="20"/>
+      <c r="R215" s="21"/>
+      <c r="S215" s="22"/>
+      <c r="T215" s="22"/>
+      <c r="U215" s="22"/>
+      <c r="V215" s="22"/>
+      <c r="W215" s="22"/>
+      <c r="X215" s="22"/>
+      <c r="Y215" s="22"/>
+      <c r="Z215" s="22"/>
+      <c r="AA215" s="22"/>
+      <c r="AB215" s="22"/>
+      <c r="AC215" s="22"/>
+      <c r="AD215" s="22"/>
+      <c r="AE215" s="22"/>
+      <c r="AF215" s="22"/>
+      <c r="AG215" s="22"/>
+      <c r="AH215" s="22"/>
+      <c r="AI215" s="22"/>
+      <c r="AJ215" s="22"/>
+      <c r="AK215" s="22"/>
+      <c r="AL215" s="22"/>
+      <c r="AM215" s="22"/>
+      <c r="AN215" s="22"/>
+      <c r="AO215" s="22"/>
+      <c r="AP215" s="22"/>
+      <c r="AQ215" s="22"/>
+      <c r="AR215" s="22"/>
+      <c r="AS215" s="22"/>
+      <c r="AT215" s="22"/>
+      <c r="AU215" s="22"/>
+      <c r="AV215" s="22"/>
+      <c r="AW215" s="22"/>
+      <c r="AX215" s="86"/>
+      <c r="AY215" s="86"/>
+      <c r="AZ215" s="86"/>
+      <c r="BA215" s="86"/>
+      <c r="BB215" s="86"/>
+      <c r="BC215" s="86"/>
+      <c r="BD215" s="86"/>
+      <c r="BE215" s="86"/>
+      <c r="BF215" s="86"/>
+      <c r="BG215" s="86"/>
+      <c r="BH215" s="86"/>
+      <c r="BI215" s="86"/>
+      <c r="BJ215" s="86"/>
+      <c r="BK215" s="86"/>
+      <c r="BL215" s="86"/>
+      <c r="BM215" s="86"/>
+      <c r="BN215" s="86"/>
+      <c r="BO215" s="86"/>
+      <c r="BP215" s="86"/>
+      <c r="BQ215" s="86"/>
+      <c r="BR215" s="86"/>
+      <c r="BS215" s="86"/>
+      <c r="BT215" s="86"/>
+      <c r="BU215" s="86"/>
+      <c r="BV215" s="86"/>
+      <c r="BW215" s="86"/>
+      <c r="BX215" s="86"/>
+      <c r="BY215" s="86"/>
+      <c r="BZ215" s="86"/>
+      <c r="CA215" s="86"/>
+      <c r="CB215" s="86"/>
+      <c r="CC215" s="86"/>
+      <c r="CD215" s="86"/>
+      <c r="CE215" s="86"/>
+      <c r="CF215" s="86"/>
+      <c r="CG215" s="86"/>
+      <c r="CH215" s="86"/>
+      <c r="CI215" s="86"/>
+      <c r="CJ215" s="86"/>
+      <c r="CK215" s="86"/>
+      <c r="CL215" s="86"/>
+      <c r="CM215" s="86"/>
+      <c r="CN215" s="86"/>
+      <c r="CO215" s="86"/>
+      <c r="CP215" s="87"/>
+    </row>
+    <row r="216" spans="1:94" s="88" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="10"/>
+      <c r="B216" s="11"/>
+      <c r="C216" s="176"/>
+      <c r="D216" s="111"/>
+      <c r="E216" s="10"/>
+      <c r="F216" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G216" s="34" t="s">
+        <v>387</v>
+      </c>
+      <c r="H216" s="16"/>
+      <c r="I216" s="16"/>
+      <c r="J216" s="16"/>
+      <c r="K216" s="16"/>
+      <c r="L216" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="M216" s="16"/>
+      <c r="N216" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O216" s="19"/>
+      <c r="P216" s="19"/>
+      <c r="Q216" s="20"/>
+      <c r="R216" s="21"/>
+      <c r="S216" s="22"/>
+      <c r="T216" s="22"/>
+      <c r="U216" s="22"/>
+      <c r="V216" s="22"/>
+      <c r="W216" s="22"/>
+      <c r="X216" s="22"/>
+      <c r="Y216" s="22"/>
+      <c r="Z216" s="22"/>
+      <c r="AA216" s="22"/>
+      <c r="AB216" s="22"/>
+      <c r="AC216" s="22"/>
+      <c r="AD216" s="22"/>
+      <c r="AE216" s="22"/>
+      <c r="AF216" s="22"/>
+      <c r="AG216" s="22"/>
+      <c r="AH216" s="22"/>
+      <c r="AI216" s="22"/>
+      <c r="AJ216" s="22"/>
+      <c r="AK216" s="22"/>
+      <c r="AL216" s="22"/>
+      <c r="AM216" s="22"/>
+      <c r="AN216" s="22"/>
+      <c r="AO216" s="22"/>
+      <c r="AP216" s="22"/>
+      <c r="AQ216" s="22"/>
+      <c r="AR216" s="22"/>
+      <c r="AS216" s="22"/>
+      <c r="AT216" s="22"/>
+      <c r="AU216" s="22"/>
+      <c r="AV216" s="22"/>
+      <c r="AW216" s="22"/>
+      <c r="AX216" s="86"/>
+      <c r="AY216" s="86"/>
+      <c r="AZ216" s="86"/>
+      <c r="BA216" s="86"/>
+      <c r="BB216" s="86"/>
+      <c r="BC216" s="86"/>
+      <c r="BD216" s="86"/>
+      <c r="BE216" s="86"/>
+      <c r="BF216" s="86"/>
+      <c r="BG216" s="86"/>
+      <c r="BH216" s="86"/>
+      <c r="BI216" s="86"/>
+      <c r="BJ216" s="86"/>
+      <c r="BK216" s="86"/>
+      <c r="BL216" s="86"/>
+      <c r="BM216" s="86"/>
+      <c r="BN216" s="86"/>
+      <c r="BO216" s="86"/>
+      <c r="BP216" s="86"/>
+      <c r="BQ216" s="86"/>
+      <c r="BR216" s="86"/>
+      <c r="BS216" s="86"/>
+      <c r="BT216" s="86"/>
+      <c r="BU216" s="86"/>
+      <c r="BV216" s="86"/>
+      <c r="BW216" s="86"/>
+      <c r="BX216" s="86"/>
+      <c r="BY216" s="86"/>
+      <c r="BZ216" s="86"/>
+      <c r="CA216" s="86"/>
+      <c r="CB216" s="86"/>
+      <c r="CC216" s="86"/>
+      <c r="CD216" s="86"/>
+      <c r="CE216" s="86"/>
+      <c r="CF216" s="86"/>
+      <c r="CG216" s="86"/>
+      <c r="CH216" s="86"/>
+      <c r="CI216" s="86"/>
+      <c r="CJ216" s="86"/>
+      <c r="CK216" s="86"/>
+      <c r="CL216" s="86"/>
+      <c r="CM216" s="86"/>
+      <c r="CN216" s="86"/>
+      <c r="CO216" s="86"/>
+      <c r="CP216" s="87"/>
+    </row>
+    <row r="217" spans="1:94" s="88" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="10"/>
+      <c r="B217" s="11"/>
+      <c r="C217" s="176"/>
+      <c r="D217" s="111"/>
+      <c r="E217" s="10"/>
+      <c r="F217" s="36" t="s">
+        <v>440</v>
+      </c>
+      <c r="G217" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H217" s="16"/>
+      <c r="I217" s="16"/>
+      <c r="J217" s="16"/>
+      <c r="K217" s="16"/>
+      <c r="L217" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="M217" s="16"/>
+      <c r="N217" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O217" s="19"/>
+      <c r="P217" s="19"/>
+      <c r="Q217" s="20"/>
+      <c r="R217" s="21"/>
+      <c r="S217" s="22"/>
+      <c r="T217" s="22"/>
+      <c r="U217" s="22"/>
+      <c r="V217" s="22"/>
+      <c r="W217" s="22"/>
+      <c r="X217" s="22"/>
+      <c r="Y217" s="22"/>
+      <c r="Z217" s="22"/>
+      <c r="AA217" s="22"/>
+      <c r="AB217" s="22"/>
+      <c r="AC217" s="22"/>
+      <c r="AD217" s="22"/>
+      <c r="AE217" s="22"/>
+      <c r="AF217" s="22"/>
+      <c r="AG217" s="22"/>
+      <c r="AH217" s="22"/>
+      <c r="AI217" s="22"/>
+      <c r="AJ217" s="22"/>
+      <c r="AK217" s="22"/>
+      <c r="AL217" s="22"/>
+      <c r="AM217" s="22"/>
+      <c r="AN217" s="22"/>
+      <c r="AO217" s="22"/>
+      <c r="AP217" s="22"/>
+      <c r="AQ217" s="22"/>
+      <c r="AR217" s="22"/>
+      <c r="AS217" s="22"/>
+      <c r="AT217" s="22"/>
+      <c r="AU217" s="22"/>
+      <c r="AV217" s="22"/>
+      <c r="AW217" s="22"/>
+      <c r="AX217" s="86"/>
+      <c r="AY217" s="86"/>
+      <c r="AZ217" s="86"/>
+      <c r="BA217" s="86"/>
+      <c r="BB217" s="86"/>
+      <c r="BC217" s="86"/>
+      <c r="BD217" s="86"/>
+      <c r="BE217" s="86"/>
+      <c r="BF217" s="86"/>
+      <c r="BG217" s="86"/>
+      <c r="BH217" s="86"/>
+      <c r="BI217" s="86"/>
+      <c r="BJ217" s="86"/>
+      <c r="BK217" s="86"/>
+      <c r="BL217" s="86"/>
+      <c r="BM217" s="86"/>
+      <c r="BN217" s="86"/>
+      <c r="BO217" s="86"/>
+      <c r="BP217" s="86"/>
+      <c r="BQ217" s="86"/>
+      <c r="BR217" s="86"/>
+      <c r="BS217" s="86"/>
+      <c r="BT217" s="86"/>
+      <c r="BU217" s="86"/>
+      <c r="BV217" s="86"/>
+      <c r="BW217" s="86"/>
+      <c r="BX217" s="86"/>
+      <c r="BY217" s="86"/>
+      <c r="BZ217" s="86"/>
+      <c r="CA217" s="86"/>
+      <c r="CB217" s="86"/>
+      <c r="CC217" s="86"/>
+      <c r="CD217" s="86"/>
+      <c r="CE217" s="86"/>
+      <c r="CF217" s="86"/>
+      <c r="CG217" s="86"/>
+      <c r="CH217" s="86"/>
+      <c r="CI217" s="86"/>
+      <c r="CJ217" s="86"/>
+      <c r="CK217" s="86"/>
+      <c r="CL217" s="86"/>
+      <c r="CM217" s="86"/>
+      <c r="CN217" s="86"/>
+      <c r="CO217" s="86"/>
+      <c r="CP217" s="87"/>
+    </row>
+    <row r="218" spans="1:94" s="88" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="10"/>
+      <c r="B218" s="11"/>
+      <c r="C218" s="176"/>
+      <c r="D218" s="111"/>
+      <c r="E218" s="10"/>
+      <c r="F218" s="36" t="s">
+        <v>453</v>
+      </c>
+      <c r="G218" s="34" t="s">
+        <v>387</v>
+      </c>
+      <c r="H218" s="16"/>
+      <c r="I218" s="16"/>
+      <c r="J218" s="16"/>
+      <c r="K218" s="16"/>
+      <c r="L218" s="17" t="s">
+        <v>389</v>
+      </c>
+      <c r="M218" s="16"/>
+      <c r="N218" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O218" s="19"/>
+      <c r="P218" s="19"/>
+      <c r="Q218" s="20"/>
+      <c r="R218" s="177"/>
+      <c r="S218" s="22"/>
+      <c r="T218" s="22"/>
+      <c r="U218" s="22"/>
+      <c r="V218" s="22"/>
+      <c r="W218" s="22"/>
+      <c r="X218" s="22"/>
+      <c r="Y218" s="22"/>
+      <c r="Z218" s="22"/>
+      <c r="AA218" s="22"/>
+      <c r="AB218" s="22"/>
+      <c r="AC218" s="22"/>
+      <c r="AD218" s="22"/>
+      <c r="AE218" s="22"/>
+      <c r="AF218" s="22"/>
+      <c r="AG218" s="22"/>
+      <c r="AH218" s="22"/>
+      <c r="AI218" s="22"/>
+      <c r="AJ218" s="22"/>
+      <c r="AK218" s="22"/>
+      <c r="AL218" s="22"/>
+      <c r="AM218" s="22"/>
+      <c r="AN218" s="22"/>
+      <c r="AO218" s="22"/>
+      <c r="AP218" s="22"/>
+      <c r="AQ218" s="22"/>
+      <c r="AR218" s="22"/>
+      <c r="AS218" s="22"/>
+      <c r="AT218" s="22"/>
+      <c r="AU218" s="22"/>
+      <c r="AV218" s="22"/>
+      <c r="AW218" s="22"/>
+      <c r="AX218" s="86"/>
+      <c r="AY218" s="86"/>
+      <c r="AZ218" s="86"/>
+      <c r="BA218" s="86"/>
+      <c r="BB218" s="86"/>
+      <c r="BC218" s="86"/>
+      <c r="BD218" s="86"/>
+      <c r="BE218" s="86"/>
+      <c r="BF218" s="86"/>
+      <c r="BG218" s="86"/>
+      <c r="BH218" s="86"/>
+      <c r="BI218" s="86"/>
+      <c r="BJ218" s="86"/>
+      <c r="BK218" s="86"/>
+      <c r="BL218" s="86"/>
+      <c r="BM218" s="86"/>
+      <c r="BN218" s="86"/>
+      <c r="BO218" s="86"/>
+      <c r="BP218" s="86"/>
+      <c r="BQ218" s="86"/>
+      <c r="BR218" s="86"/>
+      <c r="BS218" s="86"/>
+      <c r="BT218" s="86"/>
+      <c r="BU218" s="86"/>
+      <c r="BV218" s="86"/>
+      <c r="BW218" s="86"/>
+      <c r="BX218" s="86"/>
+      <c r="BY218" s="86"/>
+      <c r="BZ218" s="86"/>
+      <c r="CA218" s="86"/>
+      <c r="CB218" s="86"/>
+      <c r="CC218" s="86"/>
+      <c r="CD218" s="86"/>
+      <c r="CE218" s="86"/>
+      <c r="CF218" s="86"/>
+      <c r="CG218" s="86"/>
+      <c r="CH218" s="86"/>
+      <c r="CI218" s="86"/>
+      <c r="CJ218" s="86"/>
+      <c r="CK218" s="86"/>
+      <c r="CL218" s="86"/>
+      <c r="CM218" s="86"/>
+      <c r="CN218" s="86"/>
+      <c r="CO218" s="86"/>
+      <c r="CP218" s="87"/>
+    </row>
+    <row r="219" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="B219" s="11"/>
+      <c r="C219" s="100" t="s">
+        <v>462</v>
+      </c>
+      <c r="D219" s="101" t="s">
+        <v>463</v>
+      </c>
+      <c r="E219" s="40" t="s">
+        <v>464</v>
+      </c>
+      <c r="F219" s="68" t="s">
+        <v>465</v>
+      </c>
+      <c r="G219" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H219" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I219" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J219" s="47"/>
+      <c r="K219" s="47"/>
+      <c r="L219" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M219" s="47"/>
+      <c r="N219" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="220" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="37"/>
+      <c r="B220" s="159"/>
+      <c r="C220" s="100"/>
+      <c r="D220" s="102"/>
+      <c r="E220" s="40"/>
+      <c r="F220" s="178" t="s">
+        <v>466</v>
+      </c>
+      <c r="G220" s="180" t="s">
+        <v>68</v>
+      </c>
+      <c r="H220" s="181" t="s">
+        <v>434</v>
+      </c>
+      <c r="I220" s="180" t="s">
+        <v>435</v>
+      </c>
+      <c r="J220" s="180"/>
+      <c r="K220" s="180"/>
+      <c r="L220" s="181" t="s">
+        <v>403</v>
+      </c>
+      <c r="M220" s="180" t="s">
+        <v>404</v>
+      </c>
+      <c r="N220" s="179" t="s">
+        <v>33</v>
+      </c>
+      <c r="O220" s="93"/>
+      <c r="P220" s="93"/>
+      <c r="Q220" s="94"/>
+      <c r="R220" s="182" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="221" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="37"/>
+      <c r="B221" s="11"/>
+      <c r="C221" s="100"/>
+      <c r="D221" s="102"/>
+      <c r="E221" s="40"/>
+      <c r="F221" s="41" t="s">
+        <v>406</v>
+      </c>
+      <c r="G221" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H221" s="44" t="s">
+        <v>388</v>
+      </c>
+      <c r="I221" s="47"/>
+      <c r="J221" s="47"/>
+      <c r="K221" s="47"/>
+      <c r="L221" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M221" s="47" t="s">
+        <v>390</v>
+      </c>
+      <c r="N221" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="222" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="37"/>
+      <c r="B222" s="11"/>
+      <c r="C222" s="100"/>
+      <c r="D222" s="102"/>
+      <c r="E222" s="40"/>
+      <c r="F222" s="68" t="s">
+        <v>468</v>
+      </c>
+      <c r="G222" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H222" s="47"/>
+      <c r="I222" s="47"/>
+      <c r="J222" s="47"/>
+      <c r="K222" s="47"/>
+      <c r="L222" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M222" s="47"/>
+      <c r="N222" s="45" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="223" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="48" t="s">
+        <v>365</v>
+      </c>
+      <c r="B223" s="11"/>
+      <c r="C223" s="104" t="s">
+        <v>469</v>
+      </c>
+      <c r="D223" s="183" t="s">
+        <v>470</v>
+      </c>
+      <c r="E223" s="51" t="s">
+        <v>471</v>
+      </c>
+      <c r="F223" s="52" t="s">
+        <v>472</v>
+      </c>
+      <c r="G223" s="28" t="s">
+        <v>252</v>
+      </c>
+      <c r="H223" s="29" t="s">
+        <v>377</v>
+      </c>
+      <c r="I223" s="28" t="s">
+        <v>378</v>
+      </c>
+      <c r="J223" s="28"/>
+      <c r="K223" s="28"/>
+      <c r="L223" s="29" t="s">
+        <v>379</v>
+      </c>
+      <c r="M223" s="28" t="s">
+        <v>380</v>
+      </c>
+      <c r="N223" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="224" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="48"/>
+      <c r="B224" s="11"/>
+      <c r="C224" s="104"/>
+      <c r="D224" s="105"/>
+      <c r="E224" s="51"/>
+      <c r="F224" s="81" t="s">
+        <v>398</v>
+      </c>
+      <c r="G224" s="28" t="s">
+        <v>146</v>
+      </c>
+      <c r="H224" s="29" t="s">
+        <v>147</v>
+      </c>
+      <c r="I224" s="28" t="s">
+        <v>148</v>
+      </c>
+      <c r="J224" s="28"/>
+      <c r="K224" s="28"/>
+      <c r="L224" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="M224" s="28"/>
+      <c r="N224" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="225" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="48"/>
+      <c r="B225" s="11"/>
+      <c r="C225" s="104"/>
+      <c r="D225" s="105"/>
+      <c r="E225" s="51"/>
+      <c r="F225" s="52" t="s">
+        <v>429</v>
+      </c>
+      <c r="G225" s="53" t="s">
+        <v>387</v>
+      </c>
+      <c r="H225" s="29" t="s">
+        <v>388</v>
+      </c>
+      <c r="I225" s="28"/>
+      <c r="J225" s="28"/>
+      <c r="K225" s="28"/>
+      <c r="L225" s="29" t="s">
+        <v>389</v>
+      </c>
+      <c r="M225" s="28" t="s">
+        <v>390</v>
+      </c>
+      <c r="N225" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R225" s="33"/>
+    </row>
+    <row r="226" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="48"/>
+      <c r="B226" s="11"/>
+      <c r="C226" s="104"/>
+      <c r="D226" s="105"/>
+      <c r="E226" s="51"/>
+      <c r="F226" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G226" s="34"/>
+      <c r="H226" s="17"/>
+      <c r="I226" s="16"/>
+      <c r="J226" s="16"/>
+      <c r="K226" s="16"/>
+      <c r="L226" s="17"/>
+      <c r="M226" s="16"/>
+      <c r="N226" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O226" s="31"/>
+      <c r="P226" s="31"/>
+      <c r="Q226" s="32"/>
+      <c r="R226" s="33"/>
+    </row>
+    <row r="227" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B227" s="11"/>
+      <c r="C227" s="12" t="s">
+        <v>473</v>
+      </c>
+      <c r="D227" s="13" t="s">
+        <v>474</v>
+      </c>
+      <c r="E227" s="61" t="s">
+        <v>475</v>
+      </c>
+      <c r="F227" s="14" t="s">
+        <v>476</v>
+      </c>
+      <c r="G227" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="H227" s="17" t="s">
+        <v>377</v>
+      </c>
+      <c r="I227" s="16" t="s">
+        <v>378</v>
+      </c>
+      <c r="J227" s="16"/>
+      <c r="K227" s="16"/>
+      <c r="L227" s="17" t="s">
+        <v>379</v>
+      </c>
+      <c r="M227" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="N227" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="228" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="10"/>
+      <c r="B228" s="11"/>
+      <c r="C228" s="12"/>
+      <c r="D228" s="25"/>
+      <c r="E228" s="61"/>
+      <c r="F228" s="14" t="s">
+        <v>417</v>
+      </c>
+      <c r="G228" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H228" s="17" t="s">
+        <v>477</v>
+      </c>
+      <c r="I228" s="16"/>
+      <c r="J228" s="16"/>
+      <c r="K228" s="16"/>
+      <c r="L228" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="M228" s="16"/>
+      <c r="N228" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="R228" s="33"/>
+    </row>
+    <row r="229" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="10"/>
+      <c r="B229" s="11"/>
+      <c r="C229" s="12"/>
+      <c r="D229" s="25"/>
+      <c r="E229" s="61"/>
+      <c r="F229" s="14" t="s">
+        <v>398</v>
+      </c>
+      <c r="G229" s="16" t="s">
+        <v>146</v>
+      </c>
+      <c r="H229" s="17" t="s">
+        <v>388</v>
+      </c>
+      <c r="I229" s="16"/>
+      <c r="J229" s="16"/>
+      <c r="K229" s="16"/>
+      <c r="L229" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="M229" s="16"/>
+      <c r="N229" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="230" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="10"/>
+      <c r="B230" s="11"/>
+      <c r="C230" s="12"/>
+      <c r="D230" s="25"/>
+      <c r="E230" s="61"/>
+      <c r="F230" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G230" s="34"/>
+      <c r="H230" s="17"/>
+      <c r="I230" s="16"/>
+      <c r="J230" s="16"/>
+      <c r="K230" s="16"/>
+      <c r="L230" s="17"/>
+      <c r="M230" s="16"/>
+      <c r="N230" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="231" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="B231" s="11"/>
+      <c r="C231" s="38" t="s">
+        <v>478</v>
+      </c>
+      <c r="D231" s="39" t="s">
+        <v>479</v>
+      </c>
+      <c r="E231" s="40" t="s">
+        <v>480</v>
+      </c>
+      <c r="F231" s="41" t="s">
+        <v>465</v>
+      </c>
+      <c r="G231" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H231" s="44" t="s">
+        <v>388</v>
+      </c>
+      <c r="I231" s="47"/>
+      <c r="J231" s="47"/>
+      <c r="K231" s="47"/>
+      <c r="L231" s="44" t="s">
+        <v>149</v>
+      </c>
+      <c r="M231" s="47"/>
+      <c r="N231" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="232" spans="1:18" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="37"/>
+      <c r="B232" s="11"/>
+      <c r="C232" s="38"/>
+      <c r="D232" s="46"/>
+      <c r="E232" s="40"/>
+      <c r="F232" s="41" t="s">
+        <v>481</v>
+      </c>
+      <c r="G232" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="H232" s="44" t="s">
+        <v>147</v>
+      </c>
+      <c r="I232" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="J232" s="47"/>
+      <c r="K232" s="47"/>
+      <c r="L232" s="44" t="s">
+        <v>410</v>
+      </c>
+      <c r="M232" s="47" t="s">
+        <v>482</v>
+      </c>
+      <c r="N232" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O232" s="31"/>
+      <c r="P232" s="31"/>
+      <c r="Q232" s="32"/>
+      <c r="R232" s="33"/>
+    </row>
+    <row r="233" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="37"/>
+      <c r="B233" s="11"/>
+      <c r="C233" s="38"/>
+      <c r="D233" s="46"/>
+      <c r="E233" s="40"/>
+      <c r="F233" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G233" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H233" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="I233" s="47"/>
+      <c r="J233" s="47"/>
+      <c r="K233" s="47"/>
+      <c r="L233" s="44" t="s">
+        <v>483</v>
+      </c>
+      <c r="M233" s="47" t="s">
+        <v>484</v>
+      </c>
+      <c r="N233" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R233" s="62"/>
+    </row>
+    <row r="234" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="37"/>
+      <c r="B234" s="11"/>
+      <c r="C234" s="38"/>
+      <c r="D234" s="46"/>
+      <c r="E234" s="40"/>
+      <c r="F234" s="41" t="s">
+        <v>485</v>
+      </c>
+      <c r="G234" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="H234" s="44" t="s">
+        <v>388</v>
+      </c>
+      <c r="I234" s="47"/>
+      <c r="J234" s="47"/>
+      <c r="K234" s="47"/>
+      <c r="L234" s="44" t="s">
+        <v>389</v>
+      </c>
+      <c r="M234" s="47" t="s">
+        <v>390</v>
+      </c>
+      <c r="N234" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="R234" s="71"/>
+    </row>
+    <row r="235" spans="1:18" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="48" t="s">
+        <v>365</v>
+      </c>
+      <c r="B235" s="11"/>
+      <c r="C235" s="49" t="s">
+        <v>486</v>
+      </c>
+      <c r="D235" s="70"/>
+      <c r="E235" s="51" t="s">
+        <v>487</v>
+      </c>
+      <c r="F235" s="52" t="s">
+        <v>402</v>
+      </c>
+      <c r="G235" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="H235" s="29" t="s">
+        <v>434</v>
+      </c>
+      <c r="I235" s="28" t="s">
+        <v>435</v>
+      </c>
+      <c r="J235" s="28"/>
+      <c r="K235" s="28"/>
+      <c r="L235" s="29" t="s">
+        <v>403</v>
+      </c>
+      <c r="M235" s="28" t="s">
+        <v>404</v>
+      </c>
+      <c r="N235" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R235" s="71"/>
+    </row>
+    <row r="236" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="48"/>
+      <c r="B236" s="11"/>
+      <c r="C236" s="49"/>
+      <c r="D236" s="70"/>
+      <c r="E236" s="51"/>
+      <c r="F236" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G236" s="53" t="s">
+        <v>387</v>
+      </c>
+      <c r="H236" s="28"/>
+      <c r="I236" s="28"/>
+      <c r="J236" s="28"/>
+      <c r="K236" s="28"/>
+      <c r="L236" s="29" t="s">
+        <v>389</v>
+      </c>
+      <c r="M236" s="28"/>
+      <c r="N236" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R236" s="71"/>
+    </row>
+    <row r="237" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="48"/>
+      <c r="B237" s="11"/>
+      <c r="C237" s="49"/>
+      <c r="D237" s="70"/>
+      <c r="E237" s="51"/>
+      <c r="F237" s="52" t="s">
+        <v>488</v>
+      </c>
+      <c r="G237" s="28" t="s">
+        <v>489</v>
+      </c>
+      <c r="H237" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="I237" s="28" t="s">
+        <v>491</v>
+      </c>
+      <c r="J237" s="28"/>
+      <c r="K237" s="28"/>
+      <c r="L237" s="29" t="s">
+        <v>492</v>
+      </c>
+      <c r="M237" s="28" t="s">
+        <v>493</v>
+      </c>
+      <c r="N237" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="238" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="48"/>
+      <c r="B238" s="11"/>
+      <c r="C238" s="49"/>
+      <c r="D238" s="70"/>
+      <c r="E238" s="51"/>
+      <c r="F238" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G238" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H238" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="I238" s="47"/>
+      <c r="J238" s="47"/>
+      <c r="K238" s="47"/>
+      <c r="L238" s="44" t="s">
+        <v>483</v>
+      </c>
+      <c r="M238" s="47" t="s">
+        <v>484</v>
+      </c>
+      <c r="N238" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O238" s="78"/>
+      <c r="P238" s="78"/>
+      <c r="Q238" s="79"/>
+      <c r="R238" s="33"/>
+    </row>
+    <row r="239" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B239" s="11"/>
+      <c r="C239" s="12" t="s">
+        <v>494</v>
+      </c>
+      <c r="D239" s="25"/>
+      <c r="E239" s="61" t="s">
+        <v>495</v>
+      </c>
+      <c r="F239" s="184" t="s">
+        <v>488</v>
+      </c>
+      <c r="G239" s="186" t="s">
+        <v>489</v>
+      </c>
+      <c r="H239" s="187" t="s">
+        <v>490</v>
+      </c>
+      <c r="I239" s="186" t="s">
+        <v>491</v>
+      </c>
+      <c r="J239" s="186"/>
+      <c r="K239" s="186"/>
+      <c r="L239" s="187" t="s">
+        <v>492</v>
+      </c>
+      <c r="M239" s="186" t="s">
+        <v>493</v>
+      </c>
+      <c r="N239" s="185" t="s">
+        <v>35</v>
+      </c>
+      <c r="O239" s="31"/>
+      <c r="P239" s="31"/>
+      <c r="Q239" s="32"/>
+      <c r="R239" s="33" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="240" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="10"/>
+      <c r="B240" s="11"/>
+      <c r="C240" s="12"/>
+      <c r="D240" s="25"/>
+      <c r="E240" s="61"/>
+      <c r="F240" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G240" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H240" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="I240" s="47"/>
+      <c r="J240" s="47"/>
+      <c r="K240" s="47"/>
+      <c r="L240" s="44" t="s">
+        <v>483</v>
+      </c>
+      <c r="M240" s="47" t="s">
+        <v>484</v>
+      </c>
+      <c r="N240" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="241" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="10"/>
+      <c r="B241" s="11"/>
+      <c r="C241" s="12"/>
+      <c r="D241" s="25"/>
+      <c r="E241" s="61"/>
+      <c r="F241" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G241" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H241" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="I241" s="47"/>
+      <c r="J241" s="47"/>
+      <c r="K241" s="47"/>
+      <c r="L241" s="44" t="s">
+        <v>483</v>
+      </c>
+      <c r="M241" s="47" t="s">
+        <v>484</v>
+      </c>
+      <c r="N241" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O241" s="78"/>
+      <c r="P241" s="78"/>
+      <c r="Q241" s="79"/>
+    </row>
+    <row r="242" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="10"/>
+      <c r="B242" s="11"/>
+      <c r="C242" s="12"/>
+      <c r="D242" s="25"/>
+      <c r="E242" s="61"/>
+      <c r="F242" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G242" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H242" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="I242" s="47"/>
+      <c r="J242" s="47"/>
+      <c r="K242" s="47"/>
+      <c r="L242" s="44" t="s">
+        <v>483</v>
+      </c>
+      <c r="M242" s="47" t="s">
+        <v>484</v>
+      </c>
+      <c r="N242" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O242" s="78"/>
+      <c r="P242" s="78"/>
+      <c r="Q242" s="79"/>
+    </row>
+    <row r="243" spans="1:94" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="37" t="s">
+        <v>497</v>
+      </c>
+      <c r="B243" s="11" t="s">
+        <v>498</v>
+      </c>
+      <c r="C243" s="38" t="s">
+        <v>499</v>
+      </c>
+      <c r="D243" s="39" t="s">
+        <v>500</v>
+      </c>
+      <c r="E243" s="40" t="s">
+        <v>501</v>
+      </c>
+      <c r="F243" s="68" t="s">
+        <v>502</v>
+      </c>
+      <c r="G243" s="47"/>
+      <c r="H243" s="44"/>
+      <c r="I243" s="47"/>
+      <c r="J243" s="47"/>
+      <c r="K243" s="47"/>
+      <c r="L243" s="44"/>
+      <c r="M243" s="47"/>
+      <c r="N243" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="244" spans="1:94" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="37"/>
+      <c r="B244" s="11"/>
+      <c r="C244" s="38"/>
+      <c r="D244" s="46"/>
+      <c r="E244" s="40"/>
+      <c r="F244" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G244" s="47"/>
+      <c r="H244" s="44"/>
+      <c r="I244" s="47"/>
+      <c r="J244" s="47"/>
+      <c r="K244" s="47"/>
+      <c r="L244" s="47"/>
+      <c r="M244" s="47"/>
+      <c r="N244" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O244" s="78"/>
+      <c r="P244" s="78"/>
+      <c r="Q244" s="79"/>
+    </row>
+    <row r="245" spans="1:94" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="37"/>
+      <c r="B245" s="11"/>
+      <c r="C245" s="38"/>
+      <c r="D245" s="46"/>
+      <c r="E245" s="40"/>
+      <c r="F245" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G245" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="H245" s="44" t="s">
+        <v>477</v>
+      </c>
+      <c r="I245" s="47"/>
+      <c r="J245" s="47"/>
+      <c r="K245" s="47"/>
+      <c r="L245" s="44" t="s">
+        <v>483</v>
+      </c>
+      <c r="M245" s="47" t="s">
+        <v>484</v>
+      </c>
+      <c r="N245" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O245" s="78"/>
+      <c r="P245" s="78"/>
+      <c r="Q245" s="79"/>
+    </row>
+    <row r="246" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="37"/>
+      <c r="B246" s="11"/>
+      <c r="C246" s="38"/>
+      <c r="D246" s="46"/>
+      <c r="E246" s="40"/>
+      <c r="F246" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G246" s="47"/>
+      <c r="H246" s="44"/>
+      <c r="I246" s="47"/>
+      <c r="J246" s="47"/>
+      <c r="K246" s="47"/>
+      <c r="L246" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="M246" s="47"/>
+      <c r="N246" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O246" s="24"/>
+      <c r="P246" s="24"/>
+      <c r="Q246" s="188"/>
+    </row>
+    <row r="247" spans="1:94" s="88" customFormat="1" ht="31.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="48" t="s">
+        <v>497</v>
+      </c>
+      <c r="B247" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="C247" s="49" t="s">
+        <v>505</v>
+      </c>
+      <c r="D247" s="69" t="s">
+        <v>105</v>
+      </c>
+      <c r="E247" s="51" t="s">
+        <v>506</v>
+      </c>
+      <c r="F247" s="81" t="s">
+        <v>77</v>
+      </c>
+      <c r="G247" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="H247" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="I247" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="J247" s="28"/>
+      <c r="K247" s="28"/>
+      <c r="L247" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="M247" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="N247" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" s="59"/>
+      <c r="P247" s="59"/>
+      <c r="Q247" s="60"/>
+      <c r="R247" s="33"/>
+      <c r="S247" s="22"/>
+      <c r="T247" s="22"/>
+      <c r="U247" s="22"/>
+      <c r="V247" s="22"/>
+      <c r="W247" s="22"/>
+      <c r="X247" s="22"/>
+      <c r="Y247" s="22"/>
+      <c r="Z247" s="22"/>
+      <c r="AA247" s="22"/>
+      <c r="AB247" s="22"/>
+      <c r="AC247" s="22"/>
+      <c r="AD247" s="22"/>
+      <c r="AE247" s="22"/>
+      <c r="AF247" s="22"/>
+      <c r="AG247" s="22"/>
+      <c r="AH247" s="22"/>
+      <c r="AI247" s="22"/>
+      <c r="AJ247" s="22"/>
+      <c r="AK247" s="22"/>
+      <c r="AL247" s="22"/>
+      <c r="AM247" s="22"/>
+      <c r="AN247" s="22"/>
+      <c r="AO247" s="22"/>
+      <c r="AP247" s="22"/>
+      <c r="AQ247" s="22"/>
+      <c r="AR247" s="22"/>
+      <c r="AS247" s="22"/>
+      <c r="AT247" s="22"/>
+      <c r="AU247" s="22"/>
+      <c r="AV247" s="22"/>
+      <c r="AW247" s="22"/>
+      <c r="AX247" s="86"/>
+      <c r="AY247" s="86"/>
+      <c r="AZ247" s="86"/>
+      <c r="BA247" s="86"/>
+      <c r="BB247" s="86"/>
+      <c r="BC247" s="86"/>
+      <c r="BD247" s="86"/>
+      <c r="BE247" s="86"/>
+      <c r="BF247" s="86"/>
+      <c r="BG247" s="86"/>
+      <c r="BH247" s="86"/>
+      <c r="BI247" s="86"/>
+      <c r="BJ247" s="86"/>
+      <c r="BK247" s="86"/>
+      <c r="BL247" s="86"/>
+      <c r="BM247" s="86"/>
+      <c r="BN247" s="86"/>
+      <c r="BO247" s="86"/>
+      <c r="BP247" s="86"/>
+      <c r="BQ247" s="86"/>
+      <c r="BR247" s="86"/>
+      <c r="BS247" s="86"/>
+      <c r="BT247" s="86"/>
+      <c r="BU247" s="86"/>
+      <c r="BV247" s="86"/>
+      <c r="BW247" s="86"/>
+      <c r="BX247" s="86"/>
+      <c r="BY247" s="86"/>
+      <c r="BZ247" s="86"/>
+      <c r="CA247" s="86"/>
+      <c r="CB247" s="86"/>
+      <c r="CC247" s="86"/>
+      <c r="CD247" s="86"/>
+      <c r="CE247" s="86"/>
+      <c r="CF247" s="86"/>
+      <c r="CG247" s="86"/>
+      <c r="CH247" s="86"/>
+      <c r="CI247" s="86"/>
+      <c r="CJ247" s="86"/>
+      <c r="CK247" s="86"/>
+      <c r="CL247" s="86"/>
+      <c r="CM247" s="86"/>
+      <c r="CN247" s="86"/>
+      <c r="CO247" s="86"/>
+      <c r="CP247" s="87"/>
+    </row>
+    <row r="248" spans="1:94" s="88" customFormat="1" ht="22.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="48"/>
+      <c r="B248" s="11"/>
+      <c r="C248" s="49"/>
+      <c r="D248" s="70"/>
+      <c r="E248" s="51"/>
+      <c r="F248" s="81" t="s">
+        <v>507</v>
+      </c>
+      <c r="G248" s="53" t="s">
+        <v>508</v>
+      </c>
+      <c r="H248" s="29" t="s">
+        <v>509</v>
+      </c>
+      <c r="I248" s="28"/>
+      <c r="J248" s="28"/>
+      <c r="K248" s="28"/>
+      <c r="L248" s="29" t="s">
+        <v>510</v>
+      </c>
+      <c r="M248" s="28" t="s">
+        <v>511</v>
+      </c>
+      <c r="N248" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O248" s="19"/>
+      <c r="P248" s="19"/>
+      <c r="Q248" s="20"/>
+      <c r="R248" s="21"/>
+      <c r="S248" s="22"/>
+      <c r="T248" s="22"/>
+      <c r="U248" s="22"/>
+      <c r="V248" s="22"/>
+      <c r="W248" s="22"/>
+      <c r="X248" s="22"/>
+      <c r="Y248" s="22"/>
+      <c r="Z248" s="22"/>
+      <c r="AA248" s="22"/>
+      <c r="AB248" s="22"/>
+      <c r="AC248" s="22"/>
+      <c r="AD248" s="22"/>
+      <c r="AE248" s="22"/>
+      <c r="AF248" s="22"/>
+      <c r="AG248" s="22"/>
+      <c r="AH248" s="22"/>
+      <c r="AI248" s="22"/>
+      <c r="AJ248" s="22"/>
+      <c r="AK248" s="22"/>
+      <c r="AL248" s="22"/>
+      <c r="AM248" s="22"/>
+      <c r="AN248" s="22"/>
+      <c r="AO248" s="22"/>
+      <c r="AP248" s="22"/>
+      <c r="AQ248" s="22"/>
+      <c r="AR248" s="22"/>
+      <c r="AS248" s="22"/>
+      <c r="AT248" s="22"/>
+      <c r="AU248" s="22"/>
+      <c r="AV248" s="22"/>
+      <c r="AW248" s="22"/>
+      <c r="AX248" s="86"/>
+      <c r="AY248" s="86"/>
+      <c r="AZ248" s="86"/>
+      <c r="BA248" s="86"/>
+      <c r="BB248" s="86"/>
+      <c r="BC248" s="86"/>
+      <c r="BD248" s="86"/>
+      <c r="BE248" s="86"/>
+      <c r="BF248" s="86"/>
+      <c r="BG248" s="86"/>
+      <c r="BH248" s="86"/>
+      <c r="BI248" s="86"/>
+      <c r="BJ248" s="86"/>
+      <c r="BK248" s="86"/>
+      <c r="BL248" s="86"/>
+      <c r="BM248" s="86"/>
+      <c r="BN248" s="86"/>
+      <c r="BO248" s="86"/>
+      <c r="BP248" s="86"/>
+      <c r="BQ248" s="86"/>
+      <c r="BR248" s="86"/>
+      <c r="BS248" s="86"/>
+      <c r="BT248" s="86"/>
+      <c r="BU248" s="86"/>
+      <c r="BV248" s="86"/>
+      <c r="BW248" s="86"/>
+      <c r="BX248" s="86"/>
+      <c r="BY248" s="86"/>
+      <c r="BZ248" s="86"/>
+      <c r="CA248" s="86"/>
+      <c r="CB248" s="86"/>
+      <c r="CC248" s="86"/>
+      <c r="CD248" s="86"/>
+      <c r="CE248" s="86"/>
+      <c r="CF248" s="86"/>
+      <c r="CG248" s="86"/>
+      <c r="CH248" s="86"/>
+      <c r="CI248" s="86"/>
+      <c r="CJ248" s="86"/>
+      <c r="CK248" s="86"/>
+      <c r="CL248" s="86"/>
+      <c r="CM248" s="86"/>
+      <c r="CN248" s="86"/>
+      <c r="CO248" s="86"/>
+      <c r="CP248" s="87"/>
+    </row>
+    <row r="249" spans="1:94" s="88" customFormat="1" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="48"/>
+      <c r="B249" s="11"/>
+      <c r="C249" s="49"/>
+      <c r="D249" s="70"/>
+      <c r="E249" s="51"/>
+      <c r="F249" s="81" t="s">
+        <v>512</v>
+      </c>
+      <c r="G249" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="H249" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="I249" s="28" t="s">
+        <v>158</v>
+      </c>
+      <c r="J249" s="28"/>
+      <c r="K249" s="28"/>
+      <c r="L249" s="29" t="s">
+        <v>116</v>
+      </c>
+      <c r="M249" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="N249" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O249" s="173"/>
+      <c r="P249" s="173"/>
+      <c r="Q249" s="189"/>
+      <c r="R249" s="33"/>
+      <c r="S249" s="22"/>
+      <c r="T249" s="22"/>
+      <c r="U249" s="22"/>
+      <c r="V249" s="22"/>
+      <c r="W249" s="22"/>
+      <c r="X249" s="22"/>
+      <c r="Y249" s="22"/>
+      <c r="Z249" s="22"/>
+      <c r="AA249" s="22"/>
+      <c r="AB249" s="22"/>
+      <c r="AC249" s="22"/>
+      <c r="AD249" s="22"/>
+      <c r="AE249" s="22"/>
+      <c r="AF249" s="22"/>
+      <c r="AG249" s="22"/>
+      <c r="AH249" s="22"/>
+      <c r="AI249" s="22"/>
+      <c r="AJ249" s="22"/>
+      <c r="AK249" s="22"/>
+      <c r="AL249" s="22"/>
+      <c r="AM249" s="22"/>
+      <c r="AN249" s="22"/>
+      <c r="AO249" s="22"/>
+      <c r="AP249" s="22"/>
+      <c r="AQ249" s="22"/>
+      <c r="AR249" s="22"/>
+      <c r="AS249" s="22"/>
+      <c r="AT249" s="22"/>
+      <c r="AU249" s="22"/>
+      <c r="AV249" s="22"/>
+      <c r="AW249" s="22"/>
+      <c r="AX249" s="86"/>
+      <c r="AY249" s="86"/>
+      <c r="AZ249" s="86"/>
+      <c r="BA249" s="86"/>
+      <c r="BB249" s="86"/>
+      <c r="BC249" s="86"/>
+      <c r="BD249" s="86"/>
+      <c r="BE249" s="86"/>
+      <c r="BF249" s="86"/>
+      <c r="BG249" s="86"/>
+      <c r="BH249" s="86"/>
+      <c r="BI249" s="86"/>
+      <c r="BJ249" s="86"/>
+      <c r="BK249" s="86"/>
+      <c r="BL249" s="86"/>
+      <c r="BM249" s="86"/>
+      <c r="BN249" s="86"/>
+      <c r="BO249" s="86"/>
+      <c r="BP249" s="86"/>
+      <c r="BQ249" s="86"/>
+      <c r="BR249" s="86"/>
+      <c r="BS249" s="86"/>
+      <c r="BT249" s="86"/>
+      <c r="BU249" s="86"/>
+      <c r="BV249" s="86"/>
+      <c r="BW249" s="86"/>
+      <c r="BX249" s="86"/>
+      <c r="BY249" s="86"/>
+      <c r="BZ249" s="86"/>
+      <c r="CA249" s="86"/>
+      <c r="CB249" s="86"/>
+      <c r="CC249" s="86"/>
+      <c r="CD249" s="86"/>
+      <c r="CE249" s="86"/>
+      <c r="CF249" s="86"/>
+      <c r="CG249" s="86"/>
+      <c r="CH249" s="86"/>
+      <c r="CI249" s="86"/>
+      <c r="CJ249" s="86"/>
+      <c r="CK249" s="86"/>
+      <c r="CL249" s="86"/>
+      <c r="CM249" s="86"/>
+      <c r="CN249" s="86"/>
+      <c r="CO249" s="86"/>
+      <c r="CP249" s="87"/>
+    </row>
+    <row r="250" spans="1:94" s="88" customFormat="1" ht="31.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="48"/>
+      <c r="B250" s="11"/>
+      <c r="C250" s="49"/>
+      <c r="D250" s="70"/>
+      <c r="E250" s="51"/>
+      <c r="F250" s="81" t="s">
+        <v>513</v>
+      </c>
+      <c r="G250" s="28" t="s">
+        <v>514</v>
+      </c>
+      <c r="H250" s="29" t="s">
+        <v>515</v>
+      </c>
+      <c r="I250" s="28" t="s">
+        <v>516</v>
+      </c>
+      <c r="J250" s="28"/>
+      <c r="K250" s="28"/>
+      <c r="L250" s="29" t="s">
+        <v>517</v>
+      </c>
+      <c r="M250" s="28" t="s">
+        <v>518</v>
+      </c>
+      <c r="N250" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O250" s="19"/>
+      <c r="P250" s="19"/>
+      <c r="Q250" s="20"/>
+      <c r="R250" s="21"/>
+      <c r="S250" s="22"/>
+      <c r="T250" s="22"/>
+      <c r="U250" s="22"/>
+      <c r="V250" s="22"/>
+      <c r="W250" s="22"/>
+      <c r="X250" s="22"/>
+      <c r="Y250" s="22"/>
+      <c r="Z250" s="22"/>
+      <c r="AA250" s="22"/>
+      <c r="AB250" s="22"/>
+      <c r="AC250" s="22"/>
+      <c r="AD250" s="22"/>
+      <c r="AE250" s="22"/>
+      <c r="AF250" s="22"/>
+      <c r="AG250" s="22"/>
+      <c r="AH250" s="22"/>
+      <c r="AI250" s="22"/>
+      <c r="AJ250" s="22"/>
+      <c r="AK250" s="22"/>
+      <c r="AL250" s="22"/>
+      <c r="AM250" s="22"/>
+      <c r="AN250" s="22"/>
+      <c r="AO250" s="22"/>
+      <c r="AP250" s="22"/>
+      <c r="AQ250" s="22"/>
+      <c r="AR250" s="22"/>
+      <c r="AS250" s="22"/>
+      <c r="AT250" s="22"/>
+      <c r="AU250" s="22"/>
+      <c r="AV250" s="22"/>
+      <c r="AW250" s="22"/>
+      <c r="AX250" s="86"/>
+      <c r="AY250" s="86"/>
+      <c r="AZ250" s="86"/>
+      <c r="BA250" s="86"/>
+      <c r="BB250" s="86"/>
+      <c r="BC250" s="86"/>
+      <c r="BD250" s="86"/>
+      <c r="BE250" s="86"/>
+      <c r="BF250" s="86"/>
+      <c r="BG250" s="86"/>
+      <c r="BH250" s="86"/>
+      <c r="BI250" s="86"/>
+      <c r="BJ250" s="86"/>
+      <c r="BK250" s="86"/>
+      <c r="BL250" s="86"/>
+      <c r="BM250" s="86"/>
+      <c r="BN250" s="86"/>
+      <c r="BO250" s="86"/>
+      <c r="BP250" s="86"/>
+      <c r="BQ250" s="86"/>
+      <c r="BR250" s="86"/>
+      <c r="BS250" s="86"/>
+      <c r="BT250" s="86"/>
+      <c r="BU250" s="86"/>
+      <c r="BV250" s="86"/>
+      <c r="BW250" s="86"/>
+      <c r="BX250" s="86"/>
+      <c r="BY250" s="86"/>
+      <c r="BZ250" s="86"/>
+      <c r="CA250" s="86"/>
+      <c r="CB250" s="86"/>
+      <c r="CC250" s="86"/>
+      <c r="CD250" s="86"/>
+      <c r="CE250" s="86"/>
+      <c r="CF250" s="86"/>
+      <c r="CG250" s="86"/>
+      <c r="CH250" s="86"/>
+      <c r="CI250" s="86"/>
+      <c r="CJ250" s="86"/>
+      <c r="CK250" s="86"/>
+      <c r="CL250" s="86"/>
+      <c r="CM250" s="86"/>
+      <c r="CN250" s="86"/>
+      <c r="CO250" s="86"/>
+      <c r="CP250" s="87"/>
+    </row>
+    <row r="251" spans="1:94" ht="30.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="B251" s="11"/>
+      <c r="C251" s="12" t="s">
+        <v>519</v>
+      </c>
+      <c r="D251" s="13" t="s">
+        <v>520</v>
+      </c>
+      <c r="E251" s="61" t="s">
+        <v>521</v>
+      </c>
+      <c r="F251" s="14" t="s">
+        <v>522</v>
+      </c>
+      <c r="G251" s="16" t="s">
+        <v>523</v>
+      </c>
+      <c r="H251" s="17" t="s">
+        <v>524</v>
+      </c>
+      <c r="I251" s="16"/>
+      <c r="J251" s="16"/>
+      <c r="K251" s="16"/>
+      <c r="L251" s="17" t="s">
+        <v>525</v>
+      </c>
+      <c r="M251" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="N251" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R251" s="62"/>
+    </row>
+    <row r="252" spans="1:94" ht="31.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="10"/>
+      <c r="B252" s="11"/>
+      <c r="C252" s="12"/>
+      <c r="D252" s="25"/>
+      <c r="E252" s="61"/>
+      <c r="F252" s="36" t="s">
+        <v>527</v>
+      </c>
+      <c r="G252" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="H252" s="190"/>
+      <c r="I252" s="190"/>
+      <c r="J252" s="190"/>
+      <c r="K252" s="190"/>
+      <c r="L252" s="17" t="s">
+        <v>517</v>
+      </c>
+      <c r="M252" s="190"/>
+      <c r="N252" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="253" spans="1:94" ht="33.6" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="10"/>
+      <c r="B253" s="11"/>
+      <c r="C253" s="12"/>
+      <c r="D253" s="25"/>
+      <c r="E253" s="61"/>
+      <c r="F253" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="G253" s="34" t="s">
+        <v>508</v>
+      </c>
+      <c r="H253" s="17" t="s">
+        <v>509</v>
+      </c>
+      <c r="I253" s="16"/>
+      <c r="J253" s="16"/>
+      <c r="K253" s="16"/>
+      <c r="L253" s="17" t="s">
+        <v>510</v>
+      </c>
+      <c r="M253" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="N253" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="254" spans="1:94" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="10"/>
+      <c r="B254" s="11"/>
+      <c r="C254" s="12"/>
+      <c r="D254" s="25"/>
+      <c r="E254" s="61"/>
+      <c r="F254" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G254" s="47"/>
+      <c r="H254" s="44"/>
+      <c r="I254" s="47"/>
+      <c r="J254" s="47"/>
+      <c r="K254" s="47"/>
+      <c r="L254" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="M254" s="47"/>
+      <c r="N254" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O254" s="24"/>
+      <c r="P254" s="24"/>
+      <c r="Q254" s="188"/>
+    </row>
+    <row r="255" spans="1:94" ht="32.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="37" t="s">
+        <v>497</v>
+      </c>
+      <c r="B255" s="11"/>
+      <c r="C255" s="38" t="s">
+        <v>529</v>
+      </c>
+      <c r="D255" s="39" t="s">
+        <v>530</v>
+      </c>
+      <c r="E255" s="40" t="s">
+        <v>531</v>
+      </c>
+      <c r="F255" s="41" t="s">
+        <v>532</v>
+      </c>
+      <c r="G255" s="47"/>
+      <c r="H255" s="47"/>
+      <c r="I255" s="47"/>
+      <c r="J255" s="47"/>
+      <c r="K255" s="47"/>
+      <c r="L255" s="47"/>
+      <c r="M255" s="47"/>
+      <c r="N255" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" s="24"/>
+      <c r="P255" s="24"/>
+      <c r="Q255" s="188"/>
+    </row>
+    <row r="256" spans="1:94" ht="32.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="37"/>
+      <c r="B256" s="11"/>
+      <c r="C256" s="38"/>
+      <c r="D256" s="39" t="s">
+        <v>530</v>
+      </c>
+      <c r="E256" s="40"/>
+      <c r="F256" s="41" t="s">
+        <v>533</v>
+      </c>
+      <c r="G256" s="47"/>
+      <c r="H256" s="47"/>
+      <c r="I256" s="47"/>
+      <c r="J256" s="47"/>
+      <c r="K256" s="47"/>
+      <c r="L256" s="47"/>
+      <c r="M256" s="47"/>
+      <c r="N256" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O256" s="24"/>
+      <c r="P256" s="24"/>
+      <c r="Q256" s="188"/>
+    </row>
+    <row r="257" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="37"/>
+      <c r="B257" s="11"/>
+      <c r="C257" s="38"/>
+      <c r="D257" s="46"/>
+      <c r="E257" s="40"/>
+      <c r="F257" s="41" t="s">
+        <v>522</v>
+      </c>
+      <c r="G257" s="47" t="s">
+        <v>523</v>
+      </c>
+      <c r="H257" s="44" t="s">
+        <v>524</v>
+      </c>
+      <c r="I257" s="47"/>
+      <c r="J257" s="47"/>
+      <c r="K257" s="47"/>
+      <c r="L257" s="44" t="s">
+        <v>525</v>
+      </c>
+      <c r="M257" s="47" t="s">
+        <v>526</v>
+      </c>
+      <c r="N257" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="258" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="37"/>
+      <c r="B258" s="11"/>
+      <c r="C258" s="38"/>
+      <c r="D258" s="46"/>
+      <c r="E258" s="40"/>
+      <c r="F258" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G258" s="47"/>
+      <c r="H258" s="47"/>
+      <c r="I258" s="47"/>
+      <c r="J258" s="47"/>
+      <c r="K258" s="47"/>
+      <c r="L258" s="47"/>
+      <c r="M258" s="47"/>
+      <c r="N258" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O258" s="78"/>
+      <c r="P258" s="78"/>
+      <c r="Q258" s="79"/>
+      <c r="R258" s="33"/>
+    </row>
+    <row r="259" spans="1:18" ht="30.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="48" t="s">
+        <v>497</v>
+      </c>
+      <c r="B259" s="11"/>
+      <c r="C259" s="49" t="s">
+        <v>534</v>
+      </c>
+      <c r="D259" s="69" t="s">
+        <v>535</v>
+      </c>
+      <c r="E259" s="51" t="s">
+        <v>536</v>
+      </c>
+      <c r="F259" s="81" t="s">
+        <v>537</v>
+      </c>
+      <c r="G259" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="H259" s="130"/>
+      <c r="I259" s="130"/>
+      <c r="J259" s="130"/>
+      <c r="K259" s="130"/>
+      <c r="L259" s="29" t="s">
+        <v>82</v>
+      </c>
+      <c r="M259" s="130"/>
+      <c r="N259" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="260" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="48"/>
+      <c r="B260" s="11"/>
+      <c r="C260" s="49"/>
+      <c r="D260" s="70"/>
+      <c r="E260" s="51"/>
+      <c r="F260" s="52" t="s">
+        <v>528</v>
+      </c>
+      <c r="G260" s="28" t="s">
+        <v>503</v>
+      </c>
+      <c r="H260" s="29" t="s">
+        <v>538</v>
+      </c>
+      <c r="I260" s="28" t="s">
+        <v>539</v>
+      </c>
+      <c r="J260" s="28"/>
+      <c r="K260" s="28"/>
+      <c r="L260" s="29" t="s">
+        <v>540</v>
+      </c>
+      <c r="M260" s="28" t="s">
+        <v>541</v>
+      </c>
+      <c r="N260" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O260" s="24"/>
+      <c r="P260" s="24"/>
+      <c r="Q260" s="188"/>
+    </row>
+    <row r="261" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="48"/>
+      <c r="B261" s="11"/>
+      <c r="C261" s="49"/>
+      <c r="D261" s="70"/>
+      <c r="E261" s="51"/>
+      <c r="F261" s="81" t="s">
+        <v>532</v>
+      </c>
+      <c r="G261" s="28" t="s">
+        <v>514</v>
+      </c>
+      <c r="H261" s="29" t="s">
+        <v>515</v>
+      </c>
+      <c r="I261" s="28" t="s">
+        <v>516</v>
+      </c>
+      <c r="J261" s="28"/>
+      <c r="K261" s="28"/>
+      <c r="L261" s="29" t="s">
+        <v>517</v>
+      </c>
+      <c r="M261" s="28" t="s">
+        <v>518</v>
+      </c>
+      <c r="N261" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="262" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="48"/>
+      <c r="B262" s="11"/>
+      <c r="C262" s="49"/>
+      <c r="D262" s="70"/>
+      <c r="E262" s="51"/>
+      <c r="F262" s="81" t="s">
+        <v>502</v>
+      </c>
+      <c r="G262" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="H262" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="I262" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="J262" s="28"/>
+      <c r="K262" s="28"/>
+      <c r="L262" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="M262" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="N262" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O262" s="191"/>
+      <c r="P262" s="191"/>
+      <c r="Q262" s="192"/>
+    </row>
+    <row r="263" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="B263" s="11"/>
+      <c r="C263" s="12" t="s">
+        <v>542</v>
+      </c>
+      <c r="D263" s="13" t="s">
+        <v>543</v>
+      </c>
+      <c r="E263" s="61" t="s">
+        <v>544</v>
+      </c>
+      <c r="F263" s="36" t="s">
+        <v>527</v>
+      </c>
+      <c r="G263" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="H263" s="17" t="s">
+        <v>515</v>
+      </c>
+      <c r="I263" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="J263" s="16"/>
+      <c r="K263" s="16"/>
+      <c r="L263" s="17" t="s">
+        <v>517</v>
+      </c>
+      <c r="M263" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="N263" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R263" s="33"/>
+    </row>
+    <row r="264" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="10"/>
+      <c r="B264" s="11"/>
+      <c r="C264" s="12"/>
+      <c r="D264" s="25"/>
+      <c r="E264" s="61"/>
+      <c r="F264" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G264" s="47"/>
+      <c r="H264" s="44"/>
+      <c r="I264" s="47"/>
+      <c r="J264" s="47"/>
+      <c r="K264" s="47"/>
+      <c r="L264" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="M264" s="47"/>
+      <c r="N264" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O264" s="31"/>
+      <c r="P264" s="31"/>
+      <c r="Q264" s="32"/>
+      <c r="R264" s="33"/>
+    </row>
+    <row r="265" spans="1:18" ht="25.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="10"/>
+      <c r="B265" s="11"/>
+      <c r="C265" s="12"/>
+      <c r="D265" s="25"/>
+      <c r="E265" s="61"/>
+      <c r="F265" s="36" t="s">
+        <v>545</v>
+      </c>
+      <c r="G265" s="34" t="s">
+        <v>508</v>
+      </c>
+      <c r="H265" s="17" t="s">
+        <v>509</v>
+      </c>
+      <c r="I265" s="16"/>
+      <c r="J265" s="16"/>
+      <c r="K265" s="16"/>
+      <c r="L265" s="17" t="s">
+        <v>510</v>
+      </c>
+      <c r="M265" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="N265" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="266" spans="1:18" ht="24.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="10"/>
+      <c r="B266" s="11"/>
+      <c r="C266" s="12"/>
+      <c r="D266" s="25"/>
+      <c r="E266" s="61"/>
+      <c r="F266" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G266" s="34" t="s">
+        <v>508</v>
+      </c>
+      <c r="H266" s="17" t="s">
+        <v>509</v>
+      </c>
+      <c r="I266" s="16"/>
+      <c r="J266" s="16"/>
+      <c r="K266" s="16"/>
+      <c r="L266" s="17" t="s">
+        <v>510</v>
+      </c>
+      <c r="M266" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="N266" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="267" spans="1:18" ht="26.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="37" t="s">
+        <v>497</v>
+      </c>
+      <c r="B267" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="C267" s="38" t="s">
+        <v>546</v>
+      </c>
+      <c r="D267" s="39" t="s">
+        <v>105</v>
+      </c>
+      <c r="E267" s="40" t="s">
+        <v>547</v>
+      </c>
+      <c r="F267" s="41" t="s">
+        <v>533</v>
+      </c>
+      <c r="G267" s="42" t="s">
+        <v>508</v>
+      </c>
+      <c r="H267" s="44" t="s">
+        <v>509</v>
+      </c>
+      <c r="I267" s="47"/>
+      <c r="J267" s="47"/>
+      <c r="K267" s="47"/>
+      <c r="L267" s="44" t="s">
+        <v>510</v>
+      </c>
+      <c r="M267" s="47" t="s">
+        <v>511</v>
+      </c>
+      <c r="N267" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" s="24"/>
+      <c r="P267" s="24"/>
+      <c r="Q267" s="188"/>
+    </row>
+    <row r="268" spans="1:18" ht="30.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="37"/>
+      <c r="B268" s="11"/>
+      <c r="C268" s="38"/>
+      <c r="D268" s="46"/>
+      <c r="E268" s="40"/>
+      <c r="F268" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G268" s="47"/>
+      <c r="H268" s="47"/>
+      <c r="I268" s="47"/>
+      <c r="J268" s="47"/>
+      <c r="K268" s="47"/>
+      <c r="L268" s="47"/>
+      <c r="M268" s="47"/>
+      <c r="N268" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O268" s="78"/>
+      <c r="P268" s="78"/>
+      <c r="Q268" s="79"/>
+    </row>
+    <row r="269" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="37"/>
+      <c r="B269" s="11"/>
+      <c r="C269" s="38"/>
+      <c r="D269" s="46"/>
+      <c r="E269" s="40"/>
+      <c r="F269" s="41" t="s">
+        <v>548</v>
+      </c>
+      <c r="G269" s="47" t="s">
+        <v>514</v>
+      </c>
+      <c r="H269" s="44" t="s">
+        <v>515</v>
+      </c>
+      <c r="I269" s="47" t="s">
+        <v>516</v>
+      </c>
+      <c r="J269" s="47"/>
+      <c r="K269" s="47"/>
+      <c r="L269" s="44" t="s">
+        <v>517</v>
+      </c>
+      <c r="M269" s="47" t="s">
+        <v>518</v>
+      </c>
+      <c r="N269" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O269" s="24"/>
+      <c r="P269" s="24"/>
+      <c r="Q269" s="188"/>
+    </row>
+    <row r="270" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="37"/>
+      <c r="B270" s="11"/>
+      <c r="C270" s="38"/>
+      <c r="D270" s="46"/>
+      <c r="E270" s="40"/>
+      <c r="F270" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G270" s="47"/>
+      <c r="H270" s="47"/>
+      <c r="I270" s="47"/>
+      <c r="J270" s="47"/>
+      <c r="K270" s="47"/>
+      <c r="L270" s="47"/>
+      <c r="M270" s="47"/>
+      <c r="N270" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O270" s="78"/>
+      <c r="P270" s="78"/>
+      <c r="Q270" s="79"/>
+    </row>
+    <row r="271" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="48" t="s">
+        <v>497</v>
+      </c>
+      <c r="B271" s="11"/>
+      <c r="C271" s="104" t="s">
+        <v>549</v>
+      </c>
+      <c r="D271" s="183" t="s">
+        <v>550</v>
+      </c>
+      <c r="E271" s="51" t="s">
+        <v>551</v>
+      </c>
+      <c r="F271" s="52" t="s">
+        <v>552</v>
+      </c>
+      <c r="G271" s="28" t="s">
+        <v>553</v>
+      </c>
+      <c r="H271" s="29" t="s">
+        <v>226</v>
+      </c>
+      <c r="I271" s="28" t="s">
+        <v>554</v>
+      </c>
+      <c r="J271" s="28"/>
+      <c r="K271" s="28"/>
+      <c r="L271" s="29" t="s">
+        <v>555</v>
+      </c>
+      <c r="M271" s="28" t="s">
+        <v>556</v>
+      </c>
+      <c r="N271" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O271" s="31"/>
+      <c r="P271" s="31"/>
+      <c r="Q271" s="32"/>
+    </row>
+    <row r="272" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="48"/>
+      <c r="B272" s="11"/>
+      <c r="C272" s="104"/>
+      <c r="D272" s="105"/>
+      <c r="E272" s="51"/>
+      <c r="F272" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G272" s="16"/>
+      <c r="H272" s="17"/>
+      <c r="I272" s="16"/>
+      <c r="J272" s="16"/>
+      <c r="K272" s="16"/>
+      <c r="L272" s="17"/>
+      <c r="M272" s="16"/>
+      <c r="N272" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O272" s="31"/>
+      <c r="P272" s="31"/>
+      <c r="Q272" s="32"/>
+    </row>
+    <row r="273" spans="1:94" ht="31.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="48"/>
+      <c r="B273" s="11"/>
+      <c r="C273" s="104"/>
+      <c r="D273" s="105"/>
+      <c r="E273" s="51"/>
+      <c r="F273" s="52" t="s">
+        <v>557</v>
+      </c>
+      <c r="G273" s="28" t="s">
+        <v>553</v>
+      </c>
+      <c r="H273" s="29" t="s">
+        <v>226</v>
+      </c>
+      <c r="I273" s="28" t="s">
+        <v>554</v>
+      </c>
+      <c r="J273" s="28"/>
+      <c r="K273" s="28"/>
+      <c r="L273" s="29" t="s">
+        <v>555</v>
+      </c>
+      <c r="M273" s="28" t="s">
+        <v>556</v>
+      </c>
+      <c r="N273" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="274" spans="1:94" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="48"/>
+      <c r="B274" s="11"/>
+      <c r="C274" s="104"/>
+      <c r="D274" s="105"/>
+      <c r="E274" s="51"/>
+      <c r="F274" s="52" t="s">
+        <v>558</v>
+      </c>
+      <c r="G274" s="53"/>
+      <c r="H274" s="29"/>
+      <c r="I274" s="28"/>
+      <c r="J274" s="28"/>
+      <c r="K274" s="28"/>
+      <c r="L274" s="29"/>
+      <c r="M274" s="28"/>
+      <c r="N274" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="R274" s="33"/>
+    </row>
+    <row r="275" spans="1:94" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="B275" s="11"/>
+      <c r="C275" s="12" t="s">
+        <v>559</v>
+      </c>
+      <c r="D275" s="13" t="s">
+        <v>560</v>
+      </c>
+      <c r="E275" s="61" t="s">
+        <v>561</v>
+      </c>
+      <c r="F275" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="G275" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H275" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="I275" s="16"/>
+      <c r="J275" s="16"/>
+      <c r="K275" s="16"/>
+      <c r="L275" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M275" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N275" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" s="31"/>
+      <c r="P275" s="31"/>
+      <c r="Q275" s="32"/>
+    </row>
+    <row r="276" spans="1:94" s="195" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="10"/>
+      <c r="B276" s="11"/>
+      <c r="C276" s="12"/>
+      <c r="D276" s="25"/>
+      <c r="E276" s="61"/>
+      <c r="F276" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G276" s="16"/>
+      <c r="H276" s="17"/>
+      <c r="I276" s="16"/>
+      <c r="J276" s="16"/>
+      <c r="K276" s="16"/>
+      <c r="L276" s="17"/>
+      <c r="M276" s="16"/>
+      <c r="N276" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O276" s="19"/>
+      <c r="P276" s="19"/>
+      <c r="Q276" s="20"/>
+      <c r="R276" s="21"/>
+      <c r="S276" s="22"/>
+      <c r="T276" s="22"/>
+      <c r="U276" s="22"/>
+      <c r="V276" s="22"/>
+      <c r="W276" s="22"/>
+      <c r="X276" s="22"/>
+      <c r="Y276" s="22"/>
+      <c r="Z276" s="22"/>
+      <c r="AA276" s="22"/>
+      <c r="AB276" s="22"/>
+      <c r="AC276" s="22"/>
+      <c r="AD276" s="22"/>
+      <c r="AE276" s="22"/>
+      <c r="AF276" s="22"/>
+      <c r="AG276" s="22"/>
+      <c r="AH276" s="22"/>
+      <c r="AI276" s="22"/>
+      <c r="AJ276" s="22"/>
+      <c r="AK276" s="22"/>
+      <c r="AL276" s="22"/>
+      <c r="AM276" s="22"/>
+      <c r="AN276" s="22"/>
+      <c r="AO276" s="22"/>
+      <c r="AP276" s="22"/>
+      <c r="AQ276" s="22"/>
+      <c r="AR276" s="22"/>
+      <c r="AS276" s="22"/>
+      <c r="AT276" s="22"/>
+      <c r="AU276" s="22"/>
+      <c r="AV276" s="22"/>
+      <c r="AW276" s="22"/>
+      <c r="AX276" s="193"/>
+      <c r="AY276" s="193"/>
+      <c r="AZ276" s="193"/>
+      <c r="BA276" s="193"/>
+      <c r="BB276" s="193"/>
+      <c r="BC276" s="193"/>
+      <c r="BD276" s="193"/>
+      <c r="BE276" s="193"/>
+      <c r="BF276" s="193"/>
+      <c r="BG276" s="193"/>
+      <c r="BH276" s="193"/>
+      <c r="BI276" s="193"/>
+      <c r="BJ276" s="193"/>
+      <c r="BK276" s="193"/>
+      <c r="BL276" s="193"/>
+      <c r="BM276" s="193"/>
+      <c r="BN276" s="193"/>
+      <c r="BO276" s="193"/>
+      <c r="BP276" s="193"/>
+      <c r="BQ276" s="193"/>
+      <c r="BR276" s="193"/>
+      <c r="BS276" s="193"/>
+      <c r="BT276" s="193"/>
+      <c r="BU276" s="193"/>
+      <c r="BV276" s="193"/>
+      <c r="BW276" s="193"/>
+      <c r="BX276" s="193"/>
+      <c r="BY276" s="193"/>
+      <c r="BZ276" s="193"/>
+      <c r="CA276" s="193"/>
+      <c r="CB276" s="193"/>
+      <c r="CC276" s="193"/>
+      <c r="CD276" s="193"/>
+      <c r="CE276" s="193"/>
+      <c r="CF276" s="193"/>
+      <c r="CG276" s="193"/>
+      <c r="CH276" s="193"/>
+      <c r="CI276" s="193"/>
+      <c r="CJ276" s="193"/>
+      <c r="CK276" s="193"/>
+      <c r="CL276" s="193"/>
+      <c r="CM276" s="193"/>
+      <c r="CN276" s="193"/>
+      <c r="CO276" s="193"/>
+      <c r="CP276" s="194"/>
+    </row>
+    <row r="277" spans="1:94" s="195" customFormat="1" ht="29.65" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="10"/>
+      <c r="B277" s="11"/>
+      <c r="C277" s="12"/>
+      <c r="D277" s="25"/>
+      <c r="E277" s="61"/>
+      <c r="F277" s="14" t="s">
+        <v>563</v>
+      </c>
+      <c r="G277" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="H277" s="17" t="s">
+        <v>515</v>
+      </c>
+      <c r="I277" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="J277" s="16"/>
+      <c r="K277" s="16"/>
+      <c r="L277" s="17" t="s">
+        <v>517</v>
+      </c>
+      <c r="M277" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="N277" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O277" s="19"/>
+      <c r="P277" s="19"/>
+      <c r="Q277" s="20"/>
+      <c r="R277" s="21"/>
+      <c r="S277" s="22"/>
+      <c r="T277" s="22"/>
+      <c r="U277" s="22"/>
+      <c r="V277" s="22"/>
+      <c r="W277" s="22"/>
+      <c r="X277" s="22"/>
+      <c r="Y277" s="22"/>
+      <c r="Z277" s="22"/>
+      <c r="AA277" s="22"/>
+      <c r="AB277" s="22"/>
+      <c r="AC277" s="22"/>
+      <c r="AD277" s="22"/>
+      <c r="AE277" s="22"/>
+      <c r="AF277" s="22"/>
+      <c r="AG277" s="22"/>
+      <c r="AH277" s="22"/>
+      <c r="AI277" s="22"/>
+      <c r="AJ277" s="22"/>
+      <c r="AK277" s="22"/>
+      <c r="AL277" s="22"/>
+      <c r="AM277" s="22"/>
+      <c r="AN277" s="22"/>
+      <c r="AO277" s="22"/>
+      <c r="AP277" s="22"/>
+      <c r="AQ277" s="22"/>
+      <c r="AR277" s="22"/>
+      <c r="AS277" s="22"/>
+      <c r="AT277" s="22"/>
+      <c r="AU277" s="22"/>
+      <c r="AV277" s="22"/>
+      <c r="AW277" s="22"/>
+      <c r="AX277" s="193"/>
+      <c r="AY277" s="193"/>
+      <c r="AZ277" s="193"/>
+      <c r="BA277" s="193"/>
+      <c r="BB277" s="193"/>
+      <c r="BC277" s="193"/>
+      <c r="BD277" s="193"/>
+      <c r="BE277" s="193"/>
+      <c r="BF277" s="193"/>
+      <c r="BG277" s="193"/>
+      <c r="BH277" s="193"/>
+      <c r="BI277" s="193"/>
+      <c r="BJ277" s="193"/>
+      <c r="BK277" s="193"/>
+      <c r="BL277" s="193"/>
+      <c r="BM277" s="193"/>
+      <c r="BN277" s="193"/>
+      <c r="BO277" s="193"/>
+      <c r="BP277" s="193"/>
+      <c r="BQ277" s="193"/>
+      <c r="BR277" s="193"/>
+      <c r="BS277" s="193"/>
+      <c r="BT277" s="193"/>
+      <c r="BU277" s="193"/>
+      <c r="BV277" s="193"/>
+      <c r="BW277" s="193"/>
+      <c r="BX277" s="193"/>
+      <c r="BY277" s="193"/>
+      <c r="BZ277" s="193"/>
+      <c r="CA277" s="193"/>
+      <c r="CB277" s="193"/>
+      <c r="CC277" s="193"/>
+      <c r="CD277" s="193"/>
+      <c r="CE277" s="193"/>
+      <c r="CF277" s="193"/>
+      <c r="CG277" s="193"/>
+      <c r="CH277" s="193"/>
+      <c r="CI277" s="193"/>
+      <c r="CJ277" s="193"/>
+      <c r="CK277" s="193"/>
+      <c r="CL277" s="193"/>
+      <c r="CM277" s="193"/>
+      <c r="CN277" s="193"/>
+      <c r="CO277" s="193"/>
+      <c r="CP277" s="194"/>
+    </row>
+    <row r="278" spans="1:94" s="195" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="10"/>
+      <c r="B278" s="11"/>
+      <c r="C278" s="12"/>
+      <c r="D278" s="25"/>
+      <c r="E278" s="61"/>
+      <c r="F278" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G278" s="34"/>
+      <c r="H278" s="17"/>
+      <c r="I278" s="16"/>
+      <c r="J278" s="16"/>
+      <c r="K278" s="16"/>
+      <c r="L278" s="17"/>
+      <c r="M278" s="16"/>
+      <c r="N278" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O278" s="19"/>
+      <c r="P278" s="19"/>
+      <c r="Q278" s="20"/>
+      <c r="R278" s="21"/>
+      <c r="S278" s="22"/>
+      <c r="T278" s="22"/>
+      <c r="U278" s="22"/>
+      <c r="V278" s="22"/>
+      <c r="W278" s="22"/>
+      <c r="X278" s="22"/>
+      <c r="Y278" s="22"/>
+      <c r="Z278" s="22"/>
+      <c r="AA278" s="22"/>
+      <c r="AB278" s="22"/>
+      <c r="AC278" s="22"/>
+      <c r="AD278" s="22"/>
+      <c r="AE278" s="22"/>
+      <c r="AF278" s="22"/>
+      <c r="AG278" s="22"/>
+      <c r="AH278" s="22"/>
+      <c r="AI278" s="22"/>
+      <c r="AJ278" s="22"/>
+      <c r="AK278" s="22"/>
+      <c r="AL278" s="22"/>
+      <c r="AM278" s="22"/>
+      <c r="AN278" s="22"/>
+      <c r="AO278" s="22"/>
+      <c r="AP278" s="22"/>
+      <c r="AQ278" s="22"/>
+      <c r="AR278" s="22"/>
+      <c r="AS278" s="22"/>
+      <c r="AT278" s="22"/>
+      <c r="AU278" s="22"/>
+      <c r="AV278" s="22"/>
+      <c r="AW278" s="22"/>
+      <c r="AX278" s="193"/>
+      <c r="AY278" s="193"/>
+      <c r="AZ278" s="193"/>
+      <c r="BA278" s="193"/>
+      <c r="BB278" s="193"/>
+      <c r="BC278" s="193"/>
+      <c r="BD278" s="193"/>
+      <c r="BE278" s="193"/>
+      <c r="BF278" s="193"/>
+      <c r="BG278" s="193"/>
+      <c r="BH278" s="193"/>
+      <c r="BI278" s="193"/>
+      <c r="BJ278" s="193"/>
+      <c r="BK278" s="193"/>
+      <c r="BL278" s="193"/>
+      <c r="BM278" s="193"/>
+      <c r="BN278" s="193"/>
+      <c r="BO278" s="193"/>
+      <c r="BP278" s="193"/>
+      <c r="BQ278" s="193"/>
+      <c r="BR278" s="193"/>
+      <c r="BS278" s="193"/>
+      <c r="BT278" s="193"/>
+      <c r="BU278" s="193"/>
+      <c r="BV278" s="193"/>
+      <c r="BW278" s="193"/>
+      <c r="BX278" s="193"/>
+      <c r="BY278" s="193"/>
+      <c r="BZ278" s="193"/>
+      <c r="CA278" s="193"/>
+      <c r="CB278" s="193"/>
+      <c r="CC278" s="193"/>
+      <c r="CD278" s="193"/>
+      <c r="CE278" s="193"/>
+      <c r="CF278" s="193"/>
+      <c r="CG278" s="193"/>
+      <c r="CH278" s="193"/>
+      <c r="CI278" s="193"/>
+      <c r="CJ278" s="193"/>
+      <c r="CK278" s="193"/>
+      <c r="CL278" s="193"/>
+      <c r="CM278" s="193"/>
+      <c r="CN278" s="193"/>
+      <c r="CO278" s="193"/>
+      <c r="CP278" s="194"/>
+    </row>
+    <row r="279" spans="1:94" s="195" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="37" t="s">
+        <v>497</v>
+      </c>
+      <c r="B279" s="11"/>
+      <c r="C279" s="38" t="s">
+        <v>564</v>
+      </c>
+      <c r="D279" s="115"/>
+      <c r="E279" s="40" t="s">
+        <v>561</v>
+      </c>
+      <c r="F279" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G279" s="34"/>
+      <c r="H279" s="17"/>
+      <c r="I279" s="16"/>
+      <c r="J279" s="16"/>
+      <c r="K279" s="16"/>
+      <c r="L279" s="17"/>
+      <c r="M279" s="16"/>
+      <c r="N279" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" s="31"/>
+      <c r="P279" s="31"/>
+      <c r="Q279" s="32"/>
+      <c r="R279" s="33"/>
+      <c r="S279" s="22"/>
+      <c r="T279" s="22"/>
+      <c r="U279" s="22"/>
+      <c r="V279" s="22"/>
+      <c r="W279" s="22"/>
+      <c r="X279" s="22"/>
+      <c r="Y279" s="22"/>
+      <c r="Z279" s="22"/>
+      <c r="AA279" s="22"/>
+      <c r="AB279" s="22"/>
+      <c r="AC279" s="22"/>
+      <c r="AD279" s="22"/>
+      <c r="AE279" s="22"/>
+      <c r="AF279" s="22"/>
+      <c r="AG279" s="22"/>
+      <c r="AH279" s="22"/>
+      <c r="AI279" s="22"/>
+      <c r="AJ279" s="22"/>
+      <c r="AK279" s="22"/>
+      <c r="AL279" s="22"/>
+      <c r="AM279" s="22"/>
+      <c r="AN279" s="22"/>
+      <c r="AO279" s="22"/>
+      <c r="AP279" s="22"/>
+      <c r="AQ279" s="22"/>
+      <c r="AR279" s="22"/>
+      <c r="AS279" s="22"/>
+      <c r="AT279" s="22"/>
+      <c r="AU279" s="22"/>
+      <c r="AV279" s="22"/>
+      <c r="AW279" s="22"/>
+      <c r="AX279" s="193"/>
+      <c r="AY279" s="193"/>
+      <c r="AZ279" s="193"/>
+      <c r="BA279" s="193"/>
+      <c r="BB279" s="193"/>
+      <c r="BC279" s="193"/>
+      <c r="BD279" s="193"/>
+      <c r="BE279" s="193"/>
+      <c r="BF279" s="193"/>
+      <c r="BG279" s="193"/>
+      <c r="BH279" s="193"/>
+      <c r="BI279" s="193"/>
+      <c r="BJ279" s="193"/>
+      <c r="BK279" s="193"/>
+      <c r="BL279" s="193"/>
+      <c r="BM279" s="193"/>
+      <c r="BN279" s="193"/>
+      <c r="BO279" s="193"/>
+      <c r="BP279" s="193"/>
+      <c r="BQ279" s="193"/>
+      <c r="BR279" s="193"/>
+      <c r="BS279" s="193"/>
+      <c r="BT279" s="193"/>
+      <c r="BU279" s="193"/>
+      <c r="BV279" s="193"/>
+      <c r="BW279" s="193"/>
+      <c r="BX279" s="193"/>
+      <c r="BY279" s="193"/>
+      <c r="BZ279" s="193"/>
+      <c r="CA279" s="193"/>
+      <c r="CB279" s="193"/>
+      <c r="CC279" s="193"/>
+      <c r="CD279" s="193"/>
+      <c r="CE279" s="193"/>
+      <c r="CF279" s="193"/>
+      <c r="CG279" s="193"/>
+      <c r="CH279" s="193"/>
+      <c r="CI279" s="193"/>
+      <c r="CJ279" s="193"/>
+      <c r="CK279" s="193"/>
+      <c r="CL279" s="193"/>
+      <c r="CM279" s="193"/>
+      <c r="CN279" s="193"/>
+      <c r="CO279" s="193"/>
+      <c r="CP279" s="194"/>
+    </row>
+    <row r="280" spans="1:94" ht="28.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="37"/>
+      <c r="B280" s="11"/>
+      <c r="C280" s="38"/>
+      <c r="D280" s="46"/>
+      <c r="E280" s="40"/>
+      <c r="F280" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G280" s="42" t="s">
+        <v>508</v>
+      </c>
+      <c r="H280" s="44" t="s">
+        <v>509</v>
+      </c>
+      <c r="I280" s="47"/>
+      <c r="J280" s="47"/>
+      <c r="K280" s="47"/>
+      <c r="L280" s="44" t="s">
+        <v>510</v>
+      </c>
+      <c r="M280" s="47" t="s">
+        <v>526</v>
+      </c>
+      <c r="N280" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="281" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="37"/>
+      <c r="B281" s="11"/>
+      <c r="C281" s="38"/>
+      <c r="D281" s="46"/>
+      <c r="E281" s="40"/>
+      <c r="F281" s="68" t="s">
+        <v>545</v>
+      </c>
+      <c r="G281" s="47"/>
+      <c r="H281" s="44"/>
+      <c r="I281" s="47"/>
+      <c r="J281" s="47"/>
+      <c r="K281" s="47"/>
+      <c r="L281" s="44"/>
+      <c r="M281" s="47"/>
+      <c r="N281" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="282" spans="1:94" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="37"/>
+      <c r="B282" s="11"/>
+      <c r="C282" s="38"/>
+      <c r="D282" s="46"/>
+      <c r="E282" s="40"/>
+      <c r="F282" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G282" s="42" t="s">
+        <v>508</v>
+      </c>
+      <c r="H282" s="44" t="s">
+        <v>509</v>
+      </c>
+      <c r="I282" s="47"/>
+      <c r="J282" s="47"/>
+      <c r="K282" s="47"/>
+      <c r="L282" s="44" t="s">
+        <v>510</v>
+      </c>
+      <c r="M282" s="47" t="s">
+        <v>511</v>
+      </c>
+      <c r="N282" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="283" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="48" t="s">
+        <v>497</v>
+      </c>
+      <c r="B283" s="11"/>
+      <c r="C283" s="104" t="s">
+        <v>565</v>
+      </c>
+      <c r="D283" s="183" t="s">
+        <v>566</v>
+      </c>
+      <c r="E283" s="51" t="s">
+        <v>501</v>
+      </c>
+      <c r="F283" s="81" t="s">
+        <v>502</v>
+      </c>
+      <c r="G283" s="28"/>
+      <c r="H283" s="29"/>
+      <c r="I283" s="28"/>
+      <c r="J283" s="28"/>
+      <c r="K283" s="28"/>
+      <c r="L283" s="29"/>
+      <c r="M283" s="28"/>
+      <c r="N283" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" s="24"/>
+      <c r="P283" s="24"/>
+      <c r="Q283" s="188"/>
+    </row>
+    <row r="284" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="48"/>
+      <c r="B284" s="11"/>
+      <c r="C284" s="104"/>
+      <c r="D284" s="105"/>
+      <c r="E284" s="51"/>
+      <c r="F284" s="52" t="s">
+        <v>507</v>
+      </c>
+      <c r="G284" s="28" t="s">
+        <v>503</v>
+      </c>
+      <c r="H284" s="29" t="s">
+        <v>538</v>
+      </c>
+      <c r="I284" s="28" t="s">
+        <v>539</v>
+      </c>
+      <c r="J284" s="28"/>
+      <c r="K284" s="28"/>
+      <c r="L284" s="29" t="s">
+        <v>540</v>
+      </c>
+      <c r="M284" s="28" t="s">
+        <v>541</v>
+      </c>
+      <c r="N284" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O284" s="24"/>
+      <c r="P284" s="24"/>
+      <c r="Q284" s="188"/>
+      <c r="R284" s="71"/>
+    </row>
+    <row r="285" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="48"/>
+      <c r="B285" s="11"/>
+      <c r="C285" s="104"/>
+      <c r="D285" s="105"/>
+      <c r="E285" s="51"/>
+      <c r="F285" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G285" s="16"/>
+      <c r="H285" s="16"/>
+      <c r="I285" s="16"/>
+      <c r="J285" s="16"/>
+      <c r="K285" s="16"/>
+      <c r="L285" s="16"/>
+      <c r="M285" s="16"/>
+      <c r="N285" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R285" s="71"/>
+    </row>
+    <row r="286" spans="1:94" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="48"/>
+      <c r="B286" s="11"/>
+      <c r="C286" s="104"/>
+      <c r="D286" s="105"/>
+      <c r="E286" s="51"/>
+      <c r="F286" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G286" s="28"/>
+      <c r="H286" s="28"/>
+      <c r="I286" s="28"/>
+      <c r="J286" s="28"/>
+      <c r="K286" s="28"/>
+      <c r="L286" s="28"/>
+      <c r="M286" s="28"/>
+      <c r="N286" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O286" s="191"/>
+      <c r="P286" s="191"/>
+      <c r="Q286" s="192"/>
+    </row>
+    <row r="287" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="B287" s="11" t="s">
+        <v>567</v>
+      </c>
+      <c r="C287" s="109" t="s">
+        <v>568</v>
+      </c>
+      <c r="D287" s="110" t="s">
+        <v>569</v>
+      </c>
+      <c r="E287" s="61" t="s">
+        <v>506</v>
+      </c>
+      <c r="F287" s="14" t="s">
+        <v>513</v>
+      </c>
+      <c r="G287" s="16" t="s">
+        <v>514</v>
+      </c>
+      <c r="H287" s="17" t="s">
+        <v>515</v>
+      </c>
+      <c r="I287" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="J287" s="16"/>
+      <c r="K287" s="16"/>
+      <c r="L287" s="17" t="s">
+        <v>517</v>
+      </c>
+      <c r="M287" s="16" t="s">
+        <v>518</v>
+      </c>
+      <c r="N287" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="288" spans="1:94" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="10"/>
+      <c r="B288" s="11"/>
+      <c r="C288" s="109"/>
+      <c r="D288" s="111"/>
+      <c r="E288" s="61"/>
+      <c r="F288" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G288" s="16"/>
+      <c r="H288" s="16"/>
+      <c r="I288" s="16"/>
+      <c r="J288" s="16"/>
+      <c r="K288" s="16"/>
+      <c r="L288" s="16"/>
+      <c r="M288" s="16"/>
+      <c r="N288" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O288" s="78"/>
+      <c r="P288" s="78"/>
+      <c r="Q288" s="79"/>
+    </row>
+    <row r="289" spans="1:238" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="10"/>
+      <c r="B289" s="11"/>
+      <c r="C289" s="109"/>
+      <c r="D289" s="111"/>
+      <c r="E289" s="61"/>
+      <c r="F289" s="36" t="s">
+        <v>507</v>
+      </c>
+      <c r="G289" s="34" t="s">
+        <v>508</v>
+      </c>
+      <c r="H289" s="17" t="s">
+        <v>509</v>
+      </c>
+      <c r="I289" s="16"/>
+      <c r="J289" s="16"/>
+      <c r="K289" s="16"/>
+      <c r="L289" s="17" t="s">
+        <v>510</v>
+      </c>
+      <c r="M289" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="N289" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="290" spans="1:238" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="10"/>
+      <c r="B290" s="11"/>
+      <c r="C290" s="109"/>
+      <c r="D290" s="111"/>
+      <c r="E290" s="61"/>
+      <c r="F290" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G290" s="16"/>
+      <c r="H290" s="16"/>
+      <c r="I290" s="16"/>
+      <c r="J290" s="16"/>
+      <c r="K290" s="16"/>
+      <c r="L290" s="16"/>
+      <c r="M290" s="16"/>
+      <c r="N290" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O290" s="78"/>
+      <c r="P290" s="78"/>
+      <c r="Q290" s="79"/>
+    </row>
+    <row r="291" spans="1:238" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="37" t="s">
+        <v>497</v>
+      </c>
+      <c r="B291" s="11"/>
+      <c r="C291" s="100" t="s">
+        <v>570</v>
+      </c>
+      <c r="D291" s="102"/>
+      <c r="E291" s="40" t="s">
+        <v>571</v>
+      </c>
+      <c r="F291" s="68" t="s">
+        <v>572</v>
+      </c>
+      <c r="G291" s="47" t="s">
+        <v>514</v>
+      </c>
+      <c r="H291" s="44" t="s">
+        <v>515</v>
+      </c>
+      <c r="I291" s="47" t="s">
+        <v>516</v>
+      </c>
+      <c r="J291" s="47"/>
+      <c r="K291" s="47"/>
+      <c r="L291" s="44" t="s">
+        <v>517</v>
+      </c>
+      <c r="M291" s="47" t="s">
+        <v>518</v>
+      </c>
+      <c r="N291" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" s="24"/>
+      <c r="P291" s="24"/>
+      <c r="Q291" s="188"/>
+      <c r="R291" s="62"/>
+    </row>
+    <row r="292" spans="1:238" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="37"/>
+      <c r="B292" s="11"/>
+      <c r="C292" s="100"/>
+      <c r="D292" s="102"/>
+      <c r="E292" s="40"/>
+      <c r="F292" s="68" t="s">
+        <v>573</v>
+      </c>
+      <c r="G292" s="47"/>
+      <c r="H292" s="47"/>
+      <c r="I292" s="47"/>
+      <c r="J292" s="47"/>
+      <c r="K292" s="47"/>
+      <c r="L292" s="47"/>
+      <c r="M292" s="47"/>
+      <c r="N292" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O292" s="24"/>
+      <c r="P292" s="24"/>
+      <c r="Q292" s="188"/>
+    </row>
+    <row r="293" spans="1:238" s="196" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="37"/>
+      <c r="B293" s="11"/>
+      <c r="C293" s="100"/>
+      <c r="D293" s="102"/>
+      <c r="E293" s="40"/>
+      <c r="F293" s="41" t="s">
+        <v>574</v>
+      </c>
+      <c r="G293" s="47"/>
+      <c r="H293" s="47"/>
+      <c r="I293" s="47"/>
+      <c r="J293" s="47"/>
+      <c r="K293" s="47"/>
+      <c r="L293" s="47"/>
+      <c r="M293" s="47"/>
+      <c r="N293" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O293" s="19"/>
+      <c r="P293" s="19"/>
+      <c r="Q293" s="20"/>
+      <c r="R293" s="21"/>
+      <c r="S293" s="22"/>
+      <c r="T293" s="22"/>
+      <c r="U293" s="22"/>
+      <c r="V293" s="22"/>
+      <c r="W293" s="22"/>
+      <c r="X293" s="22"/>
+      <c r="Y293" s="22"/>
+      <c r="Z293" s="22"/>
+      <c r="AA293" s="22"/>
+      <c r="AB293" s="22"/>
+      <c r="AC293" s="22"/>
+      <c r="AD293" s="22"/>
+      <c r="AE293" s="22"/>
+      <c r="AF293" s="22"/>
+      <c r="AG293" s="22"/>
+      <c r="AH293" s="22"/>
+      <c r="AI293" s="22"/>
+      <c r="AJ293" s="22"/>
+      <c r="AK293" s="22"/>
+      <c r="AL293" s="22"/>
+      <c r="AM293" s="22"/>
+      <c r="AN293" s="22"/>
+      <c r="AO293" s="22"/>
+      <c r="AP293" s="22"/>
+      <c r="AQ293" s="22"/>
+      <c r="AR293" s="22"/>
+      <c r="AS293" s="22"/>
+      <c r="AT293" s="22"/>
+      <c r="AU293" s="22"/>
+      <c r="AV293" s="22"/>
+      <c r="AW293" s="22"/>
+      <c r="AX293" s="22"/>
+      <c r="AY293" s="22"/>
+      <c r="AZ293" s="22"/>
+      <c r="BA293" s="22"/>
+      <c r="BB293" s="22"/>
+      <c r="BC293" s="22"/>
+      <c r="BD293" s="22"/>
+      <c r="BE293" s="22"/>
+      <c r="BF293" s="22"/>
+      <c r="BG293" s="22"/>
+      <c r="BH293" s="22"/>
+      <c r="BI293" s="22"/>
+      <c r="BJ293" s="22"/>
+      <c r="BK293" s="22"/>
+      <c r="BL293" s="22"/>
+      <c r="BM293" s="22"/>
+      <c r="BN293" s="22"/>
+      <c r="BO293" s="22"/>
+      <c r="BP293" s="22"/>
+      <c r="BQ293" s="22"/>
+      <c r="BR293" s="22"/>
+      <c r="BS293" s="22"/>
+      <c r="BT293" s="22"/>
+      <c r="BU293" s="22"/>
+      <c r="BV293" s="22"/>
+      <c r="BW293" s="22"/>
+      <c r="BX293" s="22"/>
+      <c r="BY293" s="22"/>
+      <c r="BZ293" s="22"/>
+      <c r="CA293" s="22"/>
+      <c r="CB293" s="22"/>
+      <c r="CC293" s="22"/>
+      <c r="CD293" s="22"/>
+      <c r="CE293" s="22"/>
+      <c r="CF293" s="22"/>
+      <c r="CG293" s="22"/>
+      <c r="CH293" s="22"/>
+      <c r="CI293" s="22"/>
+      <c r="CJ293" s="22"/>
+      <c r="CK293" s="22"/>
+      <c r="CL293" s="22"/>
+      <c r="CM293" s="22"/>
+      <c r="CN293" s="22"/>
+      <c r="CO293" s="22"/>
+      <c r="CP293" s="23"/>
+      <c r="CQ293" s="24"/>
+      <c r="CR293" s="24"/>
+      <c r="CS293" s="24"/>
+      <c r="CT293" s="24"/>
+      <c r="CU293" s="24"/>
+      <c r="CV293" s="24"/>
+      <c r="CW293" s="24"/>
+      <c r="CX293" s="24"/>
+      <c r="CY293" s="24"/>
+      <c r="CZ293" s="24"/>
+      <c r="DA293" s="24"/>
+      <c r="DB293" s="24"/>
+      <c r="DC293" s="24"/>
+      <c r="DD293" s="24"/>
+      <c r="DE293" s="24"/>
+      <c r="DF293" s="24"/>
+      <c r="DG293" s="24"/>
+      <c r="DH293" s="24"/>
+      <c r="DI293" s="24"/>
+      <c r="DJ293" s="24"/>
+      <c r="DK293" s="24"/>
+      <c r="DL293" s="24"/>
+      <c r="DM293" s="24"/>
+      <c r="DN293" s="24"/>
+      <c r="DO293" s="24"/>
+      <c r="DP293" s="24"/>
+      <c r="DQ293" s="24"/>
+      <c r="DR293" s="24"/>
+      <c r="DS293" s="24"/>
+      <c r="DT293" s="24"/>
+      <c r="DU293" s="24"/>
+      <c r="DV293" s="24"/>
+      <c r="DW293" s="24"/>
+      <c r="DX293" s="24"/>
+      <c r="DY293" s="24"/>
+      <c r="DZ293" s="24"/>
+      <c r="EA293" s="24"/>
+      <c r="EB293" s="24"/>
+      <c r="EC293" s="24"/>
+      <c r="ED293" s="24"/>
+      <c r="EE293" s="24"/>
+      <c r="EF293" s="24"/>
+      <c r="EG293" s="24"/>
+      <c r="EH293" s="24"/>
+      <c r="EI293" s="24"/>
+      <c r="EJ293" s="24"/>
+      <c r="EK293" s="24"/>
+      <c r="EL293" s="24"/>
+      <c r="EM293" s="24"/>
+      <c r="EN293" s="24"/>
+      <c r="EO293" s="24"/>
+      <c r="EP293" s="24"/>
+      <c r="EQ293" s="24"/>
+      <c r="ER293" s="24"/>
+      <c r="ES293" s="24"/>
+      <c r="ET293" s="24"/>
+      <c r="EU293" s="24"/>
+      <c r="EV293" s="24"/>
+      <c r="EW293" s="24"/>
+      <c r="EX293" s="24"/>
+      <c r="EY293" s="24"/>
+      <c r="EZ293" s="24"/>
+      <c r="FA293" s="24"/>
+      <c r="FB293" s="24"/>
+      <c r="FC293" s="24"/>
+      <c r="FD293" s="24"/>
+      <c r="FE293" s="24"/>
+      <c r="FF293" s="24"/>
+      <c r="FG293" s="24"/>
+      <c r="FH293" s="24"/>
+      <c r="FI293" s="24"/>
+      <c r="FJ293" s="24"/>
+      <c r="FK293" s="24"/>
+      <c r="FL293" s="24"/>
+      <c r="FM293" s="24"/>
+      <c r="FN293" s="24"/>
+      <c r="FO293" s="24"/>
+      <c r="FP293" s="24"/>
+      <c r="FQ293" s="24"/>
+      <c r="FR293" s="24"/>
+      <c r="FS293" s="24"/>
+      <c r="FT293" s="24"/>
+      <c r="FU293" s="24"/>
+      <c r="FV293" s="24"/>
+      <c r="FW293" s="24"/>
+      <c r="FX293" s="24"/>
+      <c r="FY293" s="24"/>
+      <c r="FZ293" s="24"/>
+      <c r="GA293" s="24"/>
+      <c r="GB293" s="24"/>
+      <c r="GC293" s="24"/>
+      <c r="GD293" s="24"/>
+      <c r="GE293" s="24"/>
+      <c r="GF293" s="24"/>
+      <c r="GG293" s="24"/>
+      <c r="GH293" s="24"/>
+      <c r="GI293" s="24"/>
+      <c r="GJ293" s="24"/>
+      <c r="GK293" s="24"/>
+      <c r="GL293" s="24"/>
+      <c r="GM293" s="24"/>
+      <c r="GN293" s="24"/>
+      <c r="GO293" s="24"/>
+      <c r="GP293" s="24"/>
+      <c r="GQ293" s="24"/>
+      <c r="GR293" s="24"/>
+      <c r="GS293" s="24"/>
+      <c r="GT293" s="24"/>
+      <c r="GU293" s="24"/>
+      <c r="GV293" s="24"/>
+      <c r="GW293" s="24"/>
+      <c r="GX293" s="24"/>
+      <c r="GY293" s="24"/>
+      <c r="GZ293" s="24"/>
+      <c r="HA293" s="24"/>
+      <c r="HB293" s="24"/>
+      <c r="HC293" s="24"/>
+      <c r="HD293" s="24"/>
+      <c r="HE293" s="24"/>
+      <c r="HF293" s="24"/>
+      <c r="HG293" s="24"/>
+      <c r="HH293" s="24"/>
+      <c r="HI293" s="24"/>
+      <c r="HJ293" s="24"/>
+      <c r="HK293" s="24"/>
+      <c r="HL293" s="24"/>
+      <c r="HM293" s="24"/>
+      <c r="HN293" s="24"/>
+      <c r="HO293" s="24"/>
+      <c r="HP293" s="24"/>
+      <c r="HQ293" s="24"/>
+      <c r="HR293" s="24"/>
+      <c r="HS293" s="24"/>
+      <c r="HT293" s="24"/>
+      <c r="HU293" s="24"/>
+      <c r="HV293" s="24"/>
+      <c r="HW293" s="24"/>
+      <c r="HX293" s="24"/>
+      <c r="HY293" s="24"/>
+      <c r="HZ293" s="24"/>
+      <c r="IA293" s="24"/>
+      <c r="IB293" s="24"/>
+      <c r="IC293" s="24"/>
+      <c r="ID293" s="24"/>
+    </row>
+    <row r="294" spans="1:238" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="37"/>
+      <c r="B294" s="11"/>
+      <c r="C294" s="100"/>
+      <c r="D294" s="102"/>
+      <c r="E294" s="40"/>
+      <c r="F294" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G294" s="47"/>
+      <c r="H294" s="47"/>
+      <c r="I294" s="47"/>
+      <c r="J294" s="47"/>
+      <c r="K294" s="47"/>
+      <c r="L294" s="47"/>
+      <c r="M294" s="47"/>
+      <c r="N294" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="295" spans="1:238" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="48" t="s">
+        <v>497</v>
+      </c>
+      <c r="B295" s="11"/>
+      <c r="C295" s="49" t="s">
+        <v>575</v>
+      </c>
+      <c r="D295" s="69" t="s">
+        <v>576</v>
+      </c>
+      <c r="E295" s="51" t="s">
+        <v>561</v>
+      </c>
+      <c r="F295" s="52" t="s">
+        <v>545</v>
+      </c>
+      <c r="G295" s="53" t="s">
+        <v>508</v>
+      </c>
+      <c r="H295" s="29" t="s">
+        <v>509</v>
+      </c>
+      <c r="I295" s="28"/>
+      <c r="J295" s="28"/>
+      <c r="K295" s="28"/>
+      <c r="L295" s="29" t="s">
+        <v>510</v>
+      </c>
+      <c r="M295" s="28" t="s">
+        <v>511</v>
+      </c>
+      <c r="N295" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="296" spans="1:238" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="48"/>
+      <c r="B296" s="11" t="s">
+        <v>577</v>
+      </c>
+      <c r="C296" s="49"/>
+      <c r="D296" s="70"/>
+      <c r="E296" s="51"/>
+      <c r="F296" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G296" s="53"/>
+      <c r="H296" s="29"/>
+      <c r="I296" s="28"/>
+      <c r="J296" s="28"/>
+      <c r="K296" s="28"/>
+      <c r="L296" s="29"/>
+      <c r="M296" s="28"/>
+      <c r="N296" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R296" s="33"/>
+    </row>
+    <row r="297" spans="1:238" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="48"/>
+      <c r="B297" s="11"/>
+      <c r="C297" s="49"/>
+      <c r="D297" s="70"/>
+      <c r="E297" s="51"/>
+      <c r="F297" s="52" t="s">
+        <v>578</v>
+      </c>
+      <c r="G297" s="28" t="s">
+        <v>514</v>
+      </c>
+      <c r="H297" s="29" t="s">
+        <v>515</v>
+      </c>
+      <c r="I297" s="28" t="s">
+        <v>516</v>
+      </c>
+      <c r="J297" s="28"/>
+      <c r="K297" s="28"/>
+      <c r="L297" s="29" t="s">
+        <v>517</v>
+      </c>
+      <c r="M297" s="28" t="s">
+        <v>518</v>
+      </c>
+      <c r="N297" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R297" s="33"/>
+    </row>
+    <row r="298" spans="1:238" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="48"/>
+      <c r="B298" s="11"/>
+      <c r="C298" s="49"/>
+      <c r="D298" s="70"/>
+      <c r="E298" s="51"/>
+      <c r="F298" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G298" s="28"/>
+      <c r="H298" s="28"/>
+      <c r="I298" s="28"/>
+      <c r="J298" s="28"/>
+      <c r="K298" s="28"/>
+      <c r="L298" s="28"/>
+      <c r="M298" s="28"/>
+      <c r="N298" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R298" s="33"/>
+    </row>
+    <row r="299" spans="1:238" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="10" t="s">
+        <v>497</v>
+      </c>
+      <c r="B299" s="161" t="s">
+        <v>579</v>
+      </c>
+      <c r="C299" s="12" t="s">
+        <v>580</v>
+      </c>
+      <c r="D299" s="13" t="s">
+        <v>581</v>
+      </c>
+      <c r="E299" s="61" t="s">
+        <v>536</v>
+      </c>
+      <c r="F299" s="36" t="s">
+        <v>537</v>
+      </c>
+      <c r="G299" s="16"/>
+      <c r="H299" s="17"/>
+      <c r="I299" s="16"/>
+      <c r="J299" s="16"/>
+      <c r="K299" s="16"/>
+      <c r="L299" s="17"/>
+      <c r="M299" s="16"/>
+      <c r="N299" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="300" spans="1:238" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="10"/>
+      <c r="B300" s="161"/>
+      <c r="C300" s="12"/>
+      <c r="D300" s="25"/>
+      <c r="E300" s="61"/>
+      <c r="F300" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G300" s="16"/>
+      <c r="H300" s="16"/>
+      <c r="I300" s="16"/>
+      <c r="J300" s="16"/>
+      <c r="K300" s="16"/>
+      <c r="L300" s="16"/>
+      <c r="M300" s="16"/>
+      <c r="N300" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="301" spans="1:238" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="10"/>
+      <c r="B301" s="161"/>
+      <c r="C301" s="12"/>
+      <c r="D301" s="25"/>
+      <c r="E301" s="61"/>
+      <c r="F301" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G301" s="16"/>
+      <c r="H301" s="16"/>
+      <c r="I301" s="16"/>
+      <c r="J301" s="16"/>
+      <c r="K301" s="16"/>
+      <c r="L301" s="16"/>
+      <c r="M301" s="16"/>
+      <c r="N301" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R301" s="71"/>
+    </row>
+    <row r="302" spans="1:238" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="10"/>
+      <c r="B302" s="161"/>
+      <c r="C302" s="12"/>
+      <c r="D302" s="25"/>
+      <c r="E302" s="61"/>
+      <c r="F302" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G302" s="16"/>
+      <c r="H302" s="16"/>
+      <c r="I302" s="16"/>
+      <c r="J302" s="16"/>
+      <c r="K302" s="16"/>
+      <c r="L302" s="16"/>
+      <c r="M302" s="16"/>
+      <c r="N302" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="303" spans="1:238" ht="29.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="37" t="s">
+        <v>497</v>
+      </c>
+      <c r="B303" s="11" t="s">
+        <v>582</v>
+      </c>
+      <c r="C303" s="38" t="s">
+        <v>583</v>
+      </c>
+      <c r="D303" s="39" t="s">
+        <v>584</v>
+      </c>
+      <c r="E303" s="40" t="s">
+        <v>585</v>
+      </c>
+      <c r="F303" s="41" t="s">
+        <v>522</v>
+      </c>
+      <c r="G303" s="47" t="s">
+        <v>523</v>
+      </c>
+      <c r="H303" s="44" t="s">
+        <v>524</v>
+      </c>
+      <c r="I303" s="47"/>
+      <c r="J303" s="47"/>
+      <c r="K303" s="47"/>
+      <c r="L303" s="44" t="s">
+        <v>525</v>
+      </c>
+      <c r="M303" s="47" t="s">
+        <v>526</v>
+      </c>
+      <c r="N303" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="304" spans="1:238" ht="25.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="37"/>
+      <c r="B304" s="11"/>
+      <c r="C304" s="38"/>
+      <c r="D304" s="46"/>
+      <c r="E304" s="40"/>
+      <c r="F304" s="68" t="s">
+        <v>586</v>
+      </c>
+      <c r="G304" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H304" s="126"/>
+      <c r="I304" s="126"/>
+      <c r="J304" s="126"/>
+      <c r="K304" s="126"/>
+      <c r="L304" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M304" s="126"/>
+      <c r="N304" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O304" s="197"/>
+      <c r="P304" s="197"/>
+      <c r="Q304" s="198"/>
+    </row>
+    <row r="305" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="37"/>
+      <c r="B305" s="11"/>
+      <c r="C305" s="38"/>
+      <c r="D305" s="46"/>
+      <c r="E305" s="40"/>
+      <c r="F305" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G305" s="42" t="s">
+        <v>508</v>
+      </c>
+      <c r="H305" s="44" t="s">
+        <v>509</v>
+      </c>
+      <c r="I305" s="126"/>
+      <c r="J305" s="126"/>
+      <c r="K305" s="126"/>
+      <c r="L305" s="44" t="s">
+        <v>510</v>
+      </c>
+      <c r="M305" s="126"/>
+      <c r="N305" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O305" s="197"/>
+      <c r="P305" s="197"/>
+      <c r="Q305" s="198"/>
+    </row>
+    <row r="306" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="37"/>
+      <c r="B306" s="11"/>
+      <c r="C306" s="38"/>
+      <c r="D306" s="46"/>
+      <c r="E306" s="40"/>
+      <c r="F306" s="68" t="s">
+        <v>527</v>
+      </c>
+      <c r="G306" s="47" t="s">
+        <v>514</v>
+      </c>
+      <c r="H306" s="47"/>
+      <c r="I306" s="47"/>
+      <c r="J306" s="47"/>
+      <c r="K306" s="47"/>
+      <c r="L306" s="44" t="s">
+        <v>517</v>
+      </c>
+      <c r="M306" s="47"/>
+      <c r="N306" s="45" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="307" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="48" t="s">
+        <v>497</v>
+      </c>
+      <c r="B307" s="11"/>
+      <c r="C307" s="49" t="s">
+        <v>587</v>
+      </c>
+      <c r="D307" s="69" t="s">
+        <v>588</v>
+      </c>
+      <c r="E307" s="51" t="s">
+        <v>589</v>
+      </c>
+      <c r="F307" s="52" t="s">
+        <v>532</v>
+      </c>
+      <c r="G307" s="28" t="s">
+        <v>514</v>
+      </c>
+      <c r="H307" s="29" t="s">
+        <v>515</v>
+      </c>
+      <c r="I307" s="28" t="s">
+        <v>516</v>
+      </c>
+      <c r="J307" s="28"/>
+      <c r="K307" s="28"/>
+      <c r="L307" s="29" t="s">
+        <v>517</v>
+      </c>
+      <c r="M307" s="28" t="s">
+        <v>518</v>
+      </c>
+      <c r="N307" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="308" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="48"/>
+      <c r="B308" s="11"/>
+      <c r="C308" s="49"/>
+      <c r="D308" s="70"/>
+      <c r="E308" s="51"/>
+      <c r="F308" s="81" t="s">
+        <v>590</v>
+      </c>
+      <c r="G308" s="28" t="s">
+        <v>553</v>
+      </c>
+      <c r="H308" s="29" t="s">
+        <v>226</v>
+      </c>
+      <c r="I308" s="28" t="s">
+        <v>554</v>
+      </c>
+      <c r="J308" s="28"/>
+      <c r="K308" s="28"/>
+      <c r="L308" s="29" t="s">
+        <v>555</v>
+      </c>
+      <c r="M308" s="28" t="s">
+        <v>556</v>
+      </c>
+      <c r="N308" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="309" spans="1:18" ht="25.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="48"/>
+      <c r="B309" s="11"/>
+      <c r="C309" s="49"/>
+      <c r="D309" s="70"/>
+      <c r="E309" s="51"/>
+      <c r="F309" s="52" t="s">
+        <v>528</v>
+      </c>
+      <c r="G309" s="28"/>
+      <c r="H309" s="29"/>
+      <c r="I309" s="28"/>
+      <c r="J309" s="28"/>
+      <c r="K309" s="28"/>
+      <c r="L309" s="29"/>
+      <c r="M309" s="28"/>
+      <c r="N309" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O309" s="78"/>
+      <c r="P309" s="78"/>
+      <c r="Q309" s="79"/>
+      <c r="R309" s="33"/>
+    </row>
+    <row r="310" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="48"/>
+      <c r="B310" s="11"/>
+      <c r="C310" s="49"/>
+      <c r="D310" s="70"/>
+      <c r="E310" s="51"/>
+      <c r="F310" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G310" s="53"/>
+      <c r="H310" s="29"/>
+      <c r="I310" s="28"/>
+      <c r="J310" s="28"/>
+      <c r="K310" s="28"/>
+      <c r="L310" s="29"/>
+      <c r="M310" s="28"/>
+      <c r="N310" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R310" s="62"/>
+    </row>
+    <row r="311" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B311" s="11"/>
+      <c r="C311" s="12" t="s">
+        <v>592</v>
+      </c>
+      <c r="D311" s="121" t="s">
+        <v>593</v>
+      </c>
+      <c r="E311" s="61" t="s">
+        <v>594</v>
+      </c>
+      <c r="F311" s="36" t="s">
+        <v>595</v>
+      </c>
+      <c r="G311" s="34" t="s">
+        <v>246</v>
+      </c>
+      <c r="H311" s="17" t="s">
+        <v>247</v>
+      </c>
+      <c r="I311" s="142" t="s">
+        <v>248</v>
+      </c>
+      <c r="J311" s="142"/>
+      <c r="K311" s="142"/>
+      <c r="L311" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="M311" s="142" t="s">
+        <v>250</v>
+      </c>
+      <c r="N311" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" s="24"/>
+      <c r="P311" s="24"/>
+      <c r="Q311" s="188"/>
+    </row>
+    <row r="312" spans="1:18" ht="28.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="10"/>
+      <c r="B312" s="11"/>
+      <c r="C312" s="12"/>
+      <c r="D312" s="123"/>
+      <c r="E312" s="61"/>
+      <c r="F312" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="G312" s="34" t="s">
+        <v>246</v>
+      </c>
+      <c r="H312" s="17" t="s">
+        <v>247</v>
+      </c>
+      <c r="I312" s="142" t="s">
+        <v>248</v>
+      </c>
+      <c r="J312" s="142"/>
+      <c r="K312" s="142"/>
+      <c r="L312" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="M312" s="142" t="s">
+        <v>250</v>
+      </c>
+      <c r="N312" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="313" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="10"/>
+      <c r="B313" s="11"/>
+      <c r="C313" s="12"/>
+      <c r="D313" s="123"/>
+      <c r="E313" s="61"/>
+      <c r="F313" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G313" s="16"/>
+      <c r="H313" s="16"/>
+      <c r="I313" s="16"/>
+      <c r="J313" s="16"/>
+      <c r="K313" s="16"/>
+      <c r="L313" s="16"/>
+      <c r="M313" s="16"/>
+      <c r="N313" s="27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="314" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="10"/>
+      <c r="B314" s="11"/>
+      <c r="C314" s="12"/>
+      <c r="D314" s="123"/>
+      <c r="E314" s="61"/>
+      <c r="F314" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G314" s="34"/>
+      <c r="H314" s="17"/>
+      <c r="I314" s="16"/>
+      <c r="J314" s="16"/>
+      <c r="K314" s="16"/>
+      <c r="L314" s="17"/>
+      <c r="M314" s="16"/>
+      <c r="N314" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="315" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B315" s="11"/>
+      <c r="C315" s="38" t="s">
+        <v>597</v>
+      </c>
+      <c r="D315" s="113" t="s">
+        <v>598</v>
+      </c>
+      <c r="E315" s="40" t="s">
+        <v>599</v>
+      </c>
+      <c r="F315" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G315" s="47"/>
+      <c r="H315" s="44"/>
+      <c r="I315" s="47"/>
+      <c r="J315" s="47"/>
+      <c r="K315" s="47"/>
+      <c r="L315" s="44"/>
+      <c r="M315" s="47"/>
+      <c r="N315" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="R315" s="33"/>
+    </row>
+    <row r="316" spans="1:18" ht="26.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="37"/>
+      <c r="B316" s="11"/>
+      <c r="C316" s="38"/>
+      <c r="D316" s="115"/>
+      <c r="E316" s="40"/>
+      <c r="F316" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G316" s="16"/>
+      <c r="H316" s="16"/>
+      <c r="I316" s="16"/>
+      <c r="J316" s="16"/>
+      <c r="K316" s="16"/>
+      <c r="L316" s="16"/>
+      <c r="M316" s="16"/>
+      <c r="N316" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R316" s="33"/>
+    </row>
+    <row r="317" spans="1:18" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="37"/>
+      <c r="B317" s="11"/>
+      <c r="C317" s="38"/>
+      <c r="D317" s="115"/>
+      <c r="E317" s="40"/>
+      <c r="F317" s="68" t="s">
+        <v>600</v>
+      </c>
+      <c r="G317" s="47" t="s">
+        <v>601</v>
+      </c>
+      <c r="H317" s="47"/>
+      <c r="I317" s="47"/>
+      <c r="J317" s="47"/>
+      <c r="K317" s="47"/>
+      <c r="L317" s="44" t="s">
+        <v>602</v>
+      </c>
+      <c r="M317" s="47"/>
+      <c r="N317" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O317" s="199"/>
+      <c r="P317" s="199"/>
+      <c r="Q317" s="200"/>
+    </row>
+    <row r="318" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="37"/>
+      <c r="B318" s="11"/>
+      <c r="C318" s="38"/>
+      <c r="D318" s="125"/>
+      <c r="E318" s="40"/>
+      <c r="F318" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G318" s="116"/>
+      <c r="H318" s="116"/>
+      <c r="I318" s="116"/>
+      <c r="J318" s="116"/>
+      <c r="K318" s="116"/>
+      <c r="L318" s="116"/>
+      <c r="M318" s="116"/>
+      <c r="N318" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O318" s="168"/>
+      <c r="P318" s="168"/>
+      <c r="Q318" s="169"/>
+    </row>
+    <row r="319" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B319" s="11"/>
+      <c r="C319" s="49" t="s">
+        <v>603</v>
+      </c>
+      <c r="D319" s="119" t="s">
+        <v>604</v>
+      </c>
+      <c r="E319" s="51" t="s">
+        <v>605</v>
+      </c>
+      <c r="F319" s="81" t="s">
+        <v>606</v>
+      </c>
+      <c r="G319" s="53"/>
+      <c r="H319" s="29"/>
+      <c r="I319" s="28"/>
+      <c r="J319" s="28"/>
+      <c r="K319" s="28"/>
+      <c r="L319" s="29"/>
+      <c r="M319" s="28"/>
+      <c r="N319" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="320" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="48"/>
+      <c r="B320" s="11"/>
+      <c r="C320" s="49"/>
+      <c r="D320" s="50"/>
+      <c r="E320" s="51"/>
+      <c r="F320" s="81" t="s">
+        <v>607</v>
+      </c>
+      <c r="G320" s="73" t="s">
+        <v>608</v>
+      </c>
+      <c r="H320" s="29" t="s">
+        <v>609</v>
+      </c>
+      <c r="I320" s="130" t="s">
+        <v>610</v>
+      </c>
+      <c r="J320" s="130"/>
+      <c r="K320" s="130"/>
+      <c r="L320" s="29" t="s">
+        <v>611</v>
+      </c>
+      <c r="M320" s="130" t="s">
+        <v>612</v>
+      </c>
+      <c r="N320" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="321" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="48"/>
+      <c r="B321" s="11"/>
+      <c r="C321" s="49"/>
+      <c r="D321" s="50"/>
+      <c r="E321" s="51"/>
+      <c r="F321" s="81" t="s">
+        <v>613</v>
+      </c>
+      <c r="G321" s="73" t="s">
+        <v>614</v>
+      </c>
+      <c r="H321" s="29" t="s">
+        <v>615</v>
+      </c>
+      <c r="I321" s="130" t="s">
+        <v>616</v>
+      </c>
+      <c r="J321" s="130"/>
+      <c r="K321" s="130"/>
+      <c r="L321" s="29" t="s">
+        <v>617</v>
+      </c>
+      <c r="M321" s="130" t="s">
+        <v>618</v>
+      </c>
+      <c r="N321" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R321" s="33"/>
+    </row>
+    <row r="322" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="48"/>
+      <c r="B322" s="11"/>
+      <c r="C322" s="49"/>
+      <c r="D322" s="50"/>
+      <c r="E322" s="51"/>
+      <c r="F322" s="81" t="s">
+        <v>619</v>
+      </c>
+      <c r="G322" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="H322" s="53"/>
+      <c r="I322" s="53"/>
+      <c r="J322" s="53"/>
+      <c r="K322" s="53"/>
+      <c r="L322" s="29" t="s">
+        <v>82</v>
+      </c>
+      <c r="M322" s="53"/>
+      <c r="N322" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O322" s="9"/>
+      <c r="P322" s="9"/>
+      <c r="Q322" s="201"/>
+      <c r="R322" s="71"/>
+    </row>
+    <row r="323" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B323" s="11"/>
+      <c r="C323" s="12" t="s">
+        <v>620</v>
+      </c>
+      <c r="D323" s="123"/>
+      <c r="E323" s="61" t="s">
+        <v>621</v>
+      </c>
+      <c r="F323" s="14" t="s">
+        <v>622</v>
+      </c>
+      <c r="G323" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H323" s="17" t="s">
+        <v>282</v>
+      </c>
+      <c r="I323" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="J323" s="16"/>
+      <c r="K323" s="16"/>
+      <c r="L323" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M323" s="16" t="s">
+        <v>285</v>
+      </c>
+      <c r="N323" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="324" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="10"/>
+      <c r="B324" s="11"/>
+      <c r="C324" s="12"/>
+      <c r="D324" s="123"/>
+      <c r="E324" s="61"/>
+      <c r="F324" s="14" t="s">
+        <v>623</v>
+      </c>
+      <c r="G324" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H324" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="I324" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="J324" s="16"/>
+      <c r="K324" s="16"/>
+      <c r="L324" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M324" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N324" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="325" spans="1:18" ht="27" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="10"/>
+      <c r="B325" s="11"/>
+      <c r="C325" s="12"/>
+      <c r="D325" s="123"/>
+      <c r="E325" s="61"/>
+      <c r="F325" s="36" t="s">
+        <v>624</v>
+      </c>
+      <c r="G325" s="16" t="s">
+        <v>625</v>
+      </c>
+      <c r="H325" s="17" t="s">
+        <v>626</v>
+      </c>
+      <c r="I325" s="16" t="s">
+        <v>627</v>
+      </c>
+      <c r="J325" s="16"/>
+      <c r="K325" s="16"/>
+      <c r="L325" s="17" t="s">
+        <v>628</v>
+      </c>
+      <c r="M325" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="N325" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R325" s="62"/>
+    </row>
+    <row r="326" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="10"/>
+      <c r="B326" s="11"/>
+      <c r="C326" s="12"/>
+      <c r="D326" s="123"/>
+      <c r="E326" s="61"/>
+      <c r="F326" s="36" t="s">
+        <v>630</v>
+      </c>
+      <c r="G326" s="16"/>
+      <c r="H326" s="16"/>
+      <c r="I326" s="16"/>
+      <c r="J326" s="16"/>
+      <c r="K326" s="16"/>
+      <c r="L326" s="16"/>
+      <c r="M326" s="16"/>
+      <c r="N326" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O326" s="202"/>
+      <c r="P326" s="202"/>
+      <c r="Q326" s="203"/>
+    </row>
+    <row r="327" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B327" s="11"/>
+      <c r="C327" s="38" t="s">
+        <v>632</v>
+      </c>
+      <c r="D327" s="113" t="s">
+        <v>633</v>
+      </c>
+      <c r="E327" s="40" t="s">
+        <v>634</v>
+      </c>
+      <c r="F327" s="68" t="s">
+        <v>635</v>
+      </c>
+      <c r="G327" s="47"/>
+      <c r="H327" s="44"/>
+      <c r="I327" s="47"/>
+      <c r="J327" s="47"/>
+      <c r="K327" s="47"/>
+      <c r="L327" s="44"/>
+      <c r="M327" s="47"/>
+      <c r="N327" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="R327" s="204" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="328" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="37"/>
+      <c r="B328" s="11"/>
+      <c r="C328" s="38"/>
+      <c r="D328" s="115"/>
+      <c r="E328" s="40"/>
+      <c r="F328" s="68" t="s">
+        <v>637</v>
+      </c>
+      <c r="G328" s="47" t="s">
+        <v>625</v>
+      </c>
+      <c r="H328" s="44" t="s">
+        <v>626</v>
+      </c>
+      <c r="I328" s="47" t="s">
+        <v>627</v>
+      </c>
+      <c r="J328" s="47"/>
+      <c r="K328" s="47"/>
+      <c r="L328" s="44" t="s">
+        <v>628</v>
+      </c>
+      <c r="M328" s="47" t="s">
+        <v>629</v>
+      </c>
+      <c r="N328" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O328" s="31"/>
+      <c r="P328" s="31"/>
+      <c r="Q328" s="32"/>
+      <c r="R328" s="33"/>
+    </row>
+    <row r="329" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="37"/>
+      <c r="B329" s="11"/>
+      <c r="C329" s="38"/>
+      <c r="D329" s="115"/>
+      <c r="E329" s="40"/>
+      <c r="F329" s="41" t="s">
+        <v>638</v>
+      </c>
+      <c r="G329" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H329" s="47"/>
+      <c r="I329" s="47" t="s">
+        <v>283</v>
+      </c>
+      <c r="J329" s="47"/>
+      <c r="K329" s="47"/>
+      <c r="L329" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M329" s="47"/>
+      <c r="N329" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="330" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="37"/>
+      <c r="B330" s="11"/>
+      <c r="C330" s="38"/>
+      <c r="D330" s="115"/>
+      <c r="E330" s="40"/>
+      <c r="F330" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G330" s="47"/>
+      <c r="H330" s="44"/>
+      <c r="I330" s="47"/>
+      <c r="J330" s="47"/>
+      <c r="K330" s="47"/>
+      <c r="L330" s="44"/>
+      <c r="M330" s="47"/>
+      <c r="N330" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="331" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B331" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="C331" s="49" t="s">
+        <v>640</v>
+      </c>
+      <c r="D331" s="119" t="s">
+        <v>641</v>
+      </c>
+      <c r="E331" s="51" t="s">
+        <v>642</v>
+      </c>
+      <c r="F331" s="52" t="s">
+        <v>643</v>
+      </c>
+      <c r="G331" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="H331" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="I331" s="28"/>
+      <c r="J331" s="28"/>
+      <c r="K331" s="28"/>
+      <c r="L331" s="29" t="s">
+        <v>116</v>
+      </c>
+      <c r="M331" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="N331" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="332" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="48"/>
+      <c r="B332" s="11"/>
+      <c r="C332" s="49"/>
+      <c r="D332" s="50"/>
+      <c r="E332" s="51"/>
+      <c r="F332" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G332" s="16"/>
+      <c r="H332" s="17"/>
+      <c r="I332" s="16"/>
+      <c r="J332" s="16"/>
+      <c r="K332" s="16"/>
+      <c r="L332" s="17"/>
+      <c r="M332" s="16"/>
+      <c r="N332" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O332" s="78"/>
+      <c r="P332" s="78"/>
+      <c r="Q332" s="79"/>
+      <c r="R332" s="33"/>
+    </row>
+    <row r="333" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="48"/>
+      <c r="B333" s="11"/>
+      <c r="C333" s="49"/>
+      <c r="D333" s="50"/>
+      <c r="E333" s="51"/>
+      <c r="F333" s="52" t="s">
+        <v>644</v>
+      </c>
+      <c r="G333" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H333" s="175" t="s">
+        <v>305</v>
+      </c>
+      <c r="I333" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J333" s="28"/>
+      <c r="K333" s="28"/>
+      <c r="L333" s="175" t="s">
+        <v>307</v>
+      </c>
+      <c r="M333" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N333" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R333" s="33"/>
+    </row>
+    <row r="334" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="48"/>
+      <c r="B334" s="11"/>
+      <c r="C334" s="49"/>
+      <c r="D334" s="50"/>
+      <c r="E334" s="51"/>
+      <c r="F334" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G334" s="53"/>
+      <c r="H334" s="28"/>
+      <c r="I334" s="28"/>
+      <c r="J334" s="28"/>
+      <c r="K334" s="28"/>
+      <c r="L334" s="29"/>
+      <c r="M334" s="28"/>
+      <c r="N334" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="335" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B335" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="C335" s="12" t="s">
+        <v>646</v>
+      </c>
+      <c r="D335" s="121" t="s">
+        <v>647</v>
+      </c>
+      <c r="E335" s="61" t="s">
+        <v>648</v>
+      </c>
+      <c r="F335" s="36" t="s">
+        <v>649</v>
+      </c>
+      <c r="G335" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="H335" s="17" t="s">
+        <v>282</v>
+      </c>
+      <c r="I335" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="J335" s="16"/>
+      <c r="K335" s="16"/>
+      <c r="L335" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="M335" s="16" t="s">
+        <v>285</v>
+      </c>
+      <c r="N335" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="336" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="10"/>
+      <c r="B336" s="11"/>
+      <c r="C336" s="12"/>
+      <c r="D336" s="123"/>
+      <c r="E336" s="61"/>
+      <c r="F336" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G336" s="16"/>
+      <c r="H336" s="17"/>
+      <c r="I336" s="16"/>
+      <c r="J336" s="16"/>
+      <c r="K336" s="16"/>
+      <c r="L336" s="17"/>
+      <c r="M336" s="16"/>
+      <c r="N336" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O336" s="78"/>
+      <c r="P336" s="78"/>
+      <c r="Q336" s="79"/>
+      <c r="R336" s="33"/>
+    </row>
+    <row r="337" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="10"/>
+      <c r="B337" s="11"/>
+      <c r="C337" s="12"/>
+      <c r="D337" s="123"/>
+      <c r="E337" s="61"/>
+      <c r="F337" s="36" t="s">
+        <v>650</v>
+      </c>
+      <c r="G337" s="16"/>
+      <c r="H337" s="17"/>
+      <c r="I337" s="16"/>
+      <c r="J337" s="16"/>
+      <c r="K337" s="16"/>
+      <c r="L337" s="17"/>
+      <c r="M337" s="16"/>
+      <c r="N337" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="338" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="10"/>
+      <c r="B338" s="11"/>
+      <c r="C338" s="12"/>
+      <c r="D338" s="123"/>
+      <c r="E338" s="61"/>
+      <c r="F338" s="36" t="s">
+        <v>651</v>
+      </c>
+      <c r="G338" s="16"/>
+      <c r="H338" s="17"/>
+      <c r="I338" s="16"/>
+      <c r="J338" s="16"/>
+      <c r="K338" s="16"/>
+      <c r="L338" s="17"/>
+      <c r="M338" s="16"/>
+      <c r="N338" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="339" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B339" s="11"/>
+      <c r="C339" s="38" t="s">
+        <v>652</v>
+      </c>
+      <c r="D339" s="125"/>
+      <c r="E339" s="40" t="s">
+        <v>653</v>
+      </c>
+      <c r="F339" s="41" t="s">
+        <v>233</v>
+      </c>
+      <c r="G339" s="47" t="s">
+        <v>645</v>
+      </c>
+      <c r="H339" s="44" t="s">
+        <v>305</v>
+      </c>
+      <c r="I339" s="47" t="s">
+        <v>306</v>
+      </c>
+      <c r="J339" s="47"/>
+      <c r="K339" s="47"/>
+      <c r="L339" s="44" t="s">
+        <v>307</v>
+      </c>
+      <c r="M339" s="47" t="s">
+        <v>308</v>
+      </c>
+      <c r="N339" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R339" s="62"/>
+    </row>
+    <row r="340" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="37"/>
+      <c r="B340" s="11"/>
+      <c r="C340" s="38"/>
+      <c r="D340" s="125"/>
+      <c r="E340" s="40"/>
+      <c r="F340" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G340" s="42"/>
+      <c r="H340" s="42"/>
+      <c r="I340" s="42"/>
+      <c r="J340" s="42"/>
+      <c r="K340" s="42"/>
+      <c r="L340" s="42"/>
+      <c r="M340" s="42"/>
+      <c r="N340" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O340" s="202"/>
+      <c r="P340" s="202"/>
+      <c r="Q340" s="203"/>
+      <c r="R340" s="33"/>
+    </row>
+    <row r="341" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="37"/>
+      <c r="B341" s="11"/>
+      <c r="C341" s="38"/>
+      <c r="D341" s="125"/>
+      <c r="E341" s="40"/>
+      <c r="F341" s="68" t="s">
+        <v>654</v>
+      </c>
+      <c r="G341" s="47"/>
+      <c r="H341" s="44"/>
+      <c r="I341" s="47"/>
+      <c r="J341" s="47"/>
+      <c r="K341" s="47"/>
+      <c r="L341" s="44"/>
+      <c r="M341" s="47"/>
+      <c r="N341" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="342" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="37"/>
+      <c r="B342" s="11"/>
+      <c r="C342" s="38"/>
+      <c r="D342" s="125"/>
+      <c r="E342" s="40"/>
+      <c r="F342" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G342" s="47"/>
+      <c r="H342" s="47"/>
+      <c r="I342" s="47"/>
+      <c r="J342" s="47"/>
+      <c r="K342" s="47"/>
+      <c r="L342" s="47"/>
+      <c r="M342" s="47"/>
+      <c r="N342" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O342" s="78"/>
+      <c r="P342" s="78"/>
+      <c r="Q342" s="79"/>
+    </row>
+    <row r="343" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B343" s="206" t="s">
+        <v>655</v>
+      </c>
+      <c r="C343" s="49" t="s">
+        <v>656</v>
+      </c>
+      <c r="D343" s="138" t="s">
+        <v>657</v>
+      </c>
+      <c r="E343" s="51" t="s">
+        <v>658</v>
+      </c>
+      <c r="F343" s="81" t="s">
+        <v>659</v>
+      </c>
+      <c r="G343" s="28"/>
+      <c r="H343" s="29"/>
+      <c r="I343" s="28"/>
+      <c r="J343" s="28"/>
+      <c r="K343" s="28"/>
+      <c r="L343" s="29"/>
+      <c r="M343" s="28"/>
+      <c r="N343" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R343" s="207"/>
+    </row>
+    <row r="344" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="48"/>
+      <c r="B344" s="206"/>
+      <c r="C344" s="49"/>
+      <c r="D344" s="50"/>
+      <c r="E344" s="51"/>
+      <c r="F344" s="81" t="s">
+        <v>660</v>
+      </c>
+      <c r="G344" s="28"/>
+      <c r="H344" s="29"/>
+      <c r="I344" s="28"/>
+      <c r="J344" s="28"/>
+      <c r="K344" s="28"/>
+      <c r="L344" s="29"/>
+      <c r="M344" s="28"/>
+      <c r="N344" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O344" s="31"/>
+      <c r="P344" s="31"/>
+      <c r="Q344" s="32"/>
+      <c r="R344" s="33"/>
+    </row>
+    <row r="345" spans="1:18" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A345" s="48"/>
+      <c r="B345" s="206"/>
+      <c r="C345" s="49"/>
+      <c r="D345" s="139"/>
+      <c r="E345" s="51"/>
+      <c r="F345" s="81" t="s">
+        <v>661</v>
+      </c>
+      <c r="G345" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H345" s="120"/>
+      <c r="I345" s="120"/>
+      <c r="J345" s="120"/>
+      <c r="K345" s="120"/>
+      <c r="L345" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M345" s="120"/>
+      <c r="N345" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O345" s="117"/>
+      <c r="P345" s="117"/>
+      <c r="Q345" s="118"/>
+    </row>
+    <row r="346" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="48"/>
+      <c r="B346" s="206"/>
+      <c r="C346" s="49"/>
+      <c r="D346" s="50"/>
+      <c r="E346" s="51"/>
+      <c r="F346" s="81" t="s">
+        <v>662</v>
+      </c>
+      <c r="G346" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H346" s="120"/>
+      <c r="I346" s="120"/>
+      <c r="J346" s="120"/>
+      <c r="K346" s="120"/>
+      <c r="L346" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M346" s="120"/>
+      <c r="N346" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O346" s="117"/>
+      <c r="P346" s="117"/>
+      <c r="Q346" s="118"/>
+      <c r="R346" s="62"/>
+    </row>
+    <row r="347" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B347" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="C347" s="12" t="s">
+        <v>663</v>
+      </c>
+      <c r="D347" s="141" t="s">
+        <v>664</v>
+      </c>
+      <c r="E347" s="61" t="s">
+        <v>665</v>
+      </c>
+      <c r="F347" s="14" t="s">
+        <v>666</v>
+      </c>
+      <c r="G347" s="16" t="s">
+        <v>645</v>
+      </c>
+      <c r="H347" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="I347" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="J347" s="16"/>
+      <c r="K347" s="16"/>
+      <c r="L347" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="M347" s="16" t="s">
+        <v>308</v>
+      </c>
+      <c r="N347" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="348" spans="1:18" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="10"/>
+      <c r="B348" s="11"/>
+      <c r="C348" s="12"/>
+      <c r="D348" s="143"/>
+      <c r="E348" s="61"/>
+      <c r="F348" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G348" s="16"/>
+      <c r="H348" s="16"/>
+      <c r="I348" s="16"/>
+      <c r="J348" s="16"/>
+      <c r="K348" s="16"/>
+      <c r="L348" s="16"/>
+      <c r="M348" s="16"/>
+      <c r="N348" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O348" s="78"/>
+      <c r="P348" s="78"/>
+      <c r="Q348" s="79"/>
+    </row>
+    <row r="349" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="10"/>
+      <c r="B349" s="11"/>
+      <c r="C349" s="12"/>
+      <c r="D349" s="143"/>
+      <c r="E349" s="61"/>
+      <c r="F349" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G349" s="16"/>
+      <c r="H349" s="16"/>
+      <c r="I349" s="16"/>
+      <c r="J349" s="16"/>
+      <c r="K349" s="16"/>
+      <c r="L349" s="16"/>
+      <c r="M349" s="16"/>
+      <c r="N349" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O349" s="78"/>
+      <c r="P349" s="78"/>
+      <c r="Q349" s="79"/>
+    </row>
+    <row r="350" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="10"/>
+      <c r="B350" s="11"/>
+      <c r="C350" s="12"/>
+      <c r="D350" s="143"/>
+      <c r="E350" s="61"/>
+      <c r="F350" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G350" s="16"/>
+      <c r="H350" s="16"/>
+      <c r="I350" s="16"/>
+      <c r="J350" s="16"/>
+      <c r="K350" s="16"/>
+      <c r="L350" s="16"/>
+      <c r="M350" s="16"/>
+      <c r="N350" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O350" s="78"/>
+      <c r="P350" s="78"/>
+      <c r="Q350" s="79"/>
+    </row>
+    <row r="351" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B351" s="11"/>
+      <c r="C351" s="38" t="s">
+        <v>667</v>
+      </c>
+      <c r="D351" s="124" t="s">
+        <v>668</v>
+      </c>
+      <c r="E351" s="40" t="s">
+        <v>669</v>
+      </c>
+      <c r="F351" s="41" t="s">
+        <v>613</v>
+      </c>
+      <c r="G351" s="42" t="s">
+        <v>614</v>
+      </c>
+      <c r="H351" s="44" t="s">
+        <v>615</v>
+      </c>
+      <c r="I351" s="126" t="s">
+        <v>616</v>
+      </c>
+      <c r="J351" s="126"/>
+      <c r="K351" s="126"/>
+      <c r="L351" s="44" t="s">
+        <v>617</v>
+      </c>
+      <c r="M351" s="126" t="s">
+        <v>618</v>
+      </c>
+      <c r="N351" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="352" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="37"/>
+      <c r="B352" s="11"/>
+      <c r="C352" s="38"/>
+      <c r="D352" s="125"/>
+      <c r="E352" s="40"/>
+      <c r="F352" s="41" t="s">
+        <v>670</v>
+      </c>
+      <c r="G352" s="47"/>
+      <c r="H352" s="47"/>
+      <c r="I352" s="47"/>
+      <c r="J352" s="47"/>
+      <c r="K352" s="47"/>
+      <c r="L352" s="47"/>
+      <c r="M352" s="47"/>
+      <c r="N352" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O352" s="168"/>
+      <c r="P352" s="168"/>
+      <c r="Q352" s="169"/>
+      <c r="R352" s="62"/>
+    </row>
+    <row r="353" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="37"/>
+      <c r="B353" s="11"/>
+      <c r="C353" s="38"/>
+      <c r="D353" s="125"/>
+      <c r="E353" s="40"/>
+      <c r="F353" s="68" t="s">
+        <v>671</v>
+      </c>
+      <c r="G353" s="42" t="s">
+        <v>246</v>
+      </c>
+      <c r="H353" s="44" t="s">
+        <v>247</v>
+      </c>
+      <c r="I353" s="126" t="s">
+        <v>248</v>
+      </c>
+      <c r="J353" s="126"/>
+      <c r="K353" s="126"/>
+      <c r="L353" s="44" t="s">
+        <v>249</v>
+      </c>
+      <c r="M353" s="126" t="s">
+        <v>250</v>
+      </c>
+      <c r="N353" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="354" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="37"/>
+      <c r="B354" s="11"/>
+      <c r="C354" s="38"/>
+      <c r="D354" s="125"/>
+      <c r="E354" s="40"/>
+      <c r="F354" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G354" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H354" s="47"/>
+      <c r="I354" s="47"/>
+      <c r="J354" s="47"/>
+      <c r="K354" s="47"/>
+      <c r="L354" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M354" s="47"/>
+      <c r="N354" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R354" s="33"/>
+    </row>
+    <row r="355" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B355" s="11"/>
+      <c r="C355" s="49" t="s">
+        <v>672</v>
+      </c>
+      <c r="D355" s="138" t="s">
+        <v>673</v>
+      </c>
+      <c r="E355" s="51" t="s">
+        <v>674</v>
+      </c>
+      <c r="F355" s="52" t="s">
+        <v>624</v>
+      </c>
+      <c r="G355" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="H355" s="29" t="s">
+        <v>282</v>
+      </c>
+      <c r="I355" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="J355" s="28"/>
+      <c r="K355" s="28"/>
+      <c r="L355" s="29" t="s">
+        <v>284</v>
+      </c>
+      <c r="M355" s="28" t="s">
+        <v>285</v>
+      </c>
+      <c r="N355" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R355" s="33"/>
+    </row>
+    <row r="356" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="48"/>
+      <c r="B356" s="11"/>
+      <c r="C356" s="49"/>
+      <c r="D356" s="139"/>
+      <c r="E356" s="51"/>
+      <c r="F356" s="81" t="s">
+        <v>675</v>
+      </c>
+      <c r="G356" s="28"/>
+      <c r="H356" s="29"/>
+      <c r="I356" s="28"/>
+      <c r="J356" s="28"/>
+      <c r="K356" s="28"/>
+      <c r="L356" s="29"/>
+      <c r="M356" s="28"/>
+      <c r="N356" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="357" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="48"/>
+      <c r="B357" s="11"/>
+      <c r="C357" s="49"/>
+      <c r="D357" s="139"/>
+      <c r="E357" s="51"/>
+      <c r="F357" s="81" t="s">
+        <v>676</v>
+      </c>
+      <c r="G357" s="28"/>
+      <c r="H357" s="29"/>
+      <c r="I357" s="28"/>
+      <c r="J357" s="28"/>
+      <c r="K357" s="28"/>
+      <c r="L357" s="29"/>
+      <c r="M357" s="28"/>
+      <c r="N357" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R357" s="62"/>
+    </row>
+    <row r="358" spans="1:94" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="48"/>
+      <c r="B358" s="11"/>
+      <c r="C358" s="49"/>
+      <c r="D358" s="139"/>
+      <c r="E358" s="51"/>
+      <c r="F358" s="52" t="s">
+        <v>677</v>
+      </c>
+      <c r="G358" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H358" s="29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I358" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J358" s="28"/>
+      <c r="K358" s="28"/>
+      <c r="L358" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M358" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N358" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O358" s="168"/>
+      <c r="P358" s="168"/>
+      <c r="Q358" s="169"/>
+      <c r="R358" s="62"/>
+    </row>
+    <row r="359" spans="1:94" s="221" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="208" t="s">
+        <v>591</v>
+      </c>
+      <c r="B359" s="209"/>
+      <c r="C359" s="210" t="s">
+        <v>678</v>
+      </c>
+      <c r="D359" s="211" t="s">
+        <v>673</v>
+      </c>
+      <c r="E359" s="212" t="s">
+        <v>674</v>
+      </c>
+      <c r="F359" s="213" t="s">
+        <v>28</v>
+      </c>
+      <c r="G359" s="215" t="s">
+        <v>281</v>
+      </c>
+      <c r="H359" s="215"/>
+      <c r="I359" s="215"/>
+      <c r="J359" s="215"/>
+      <c r="K359" s="215"/>
+      <c r="L359" s="216" t="s">
+        <v>284</v>
+      </c>
+      <c r="M359" s="215"/>
+      <c r="N359" s="214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" s="217"/>
+      <c r="P359" s="217"/>
+      <c r="Q359" s="218"/>
+      <c r="R359" s="33"/>
+      <c r="S359" s="21"/>
+      <c r="T359" s="21"/>
+      <c r="U359" s="21"/>
+      <c r="V359" s="21"/>
+      <c r="W359" s="21"/>
+      <c r="X359" s="21"/>
+      <c r="Y359" s="21"/>
+      <c r="Z359" s="21"/>
+      <c r="AA359" s="21"/>
+      <c r="AB359" s="21"/>
+      <c r="AC359" s="21"/>
+      <c r="AD359" s="21"/>
+      <c r="AE359" s="21"/>
+      <c r="AF359" s="21"/>
+      <c r="AG359" s="21"/>
+      <c r="AH359" s="21"/>
+      <c r="AI359" s="21"/>
+      <c r="AJ359" s="21"/>
+      <c r="AK359" s="21"/>
+      <c r="AL359" s="21"/>
+      <c r="AM359" s="21"/>
+      <c r="AN359" s="21"/>
+      <c r="AO359" s="21"/>
+      <c r="AP359" s="21"/>
+      <c r="AQ359" s="21"/>
+      <c r="AR359" s="21"/>
+      <c r="AS359" s="21"/>
+      <c r="AT359" s="21"/>
+      <c r="AU359" s="21"/>
+      <c r="AV359" s="21"/>
+      <c r="AW359" s="21"/>
+      <c r="AX359" s="21"/>
+      <c r="AY359" s="21"/>
+      <c r="AZ359" s="21"/>
+      <c r="BA359" s="21"/>
+      <c r="BB359" s="21"/>
+      <c r="BC359" s="21"/>
+      <c r="BD359" s="21"/>
+      <c r="BE359" s="21"/>
+      <c r="BF359" s="21"/>
+      <c r="BG359" s="21"/>
+      <c r="BH359" s="21"/>
+      <c r="BI359" s="21"/>
+      <c r="BJ359" s="21"/>
+      <c r="BK359" s="21"/>
+      <c r="BL359" s="21"/>
+      <c r="BM359" s="21"/>
+      <c r="BN359" s="21"/>
+      <c r="BO359" s="21"/>
+      <c r="BP359" s="21"/>
+      <c r="BQ359" s="21"/>
+      <c r="BR359" s="21"/>
+      <c r="BS359" s="21"/>
+      <c r="BT359" s="21"/>
+      <c r="BU359" s="21"/>
+      <c r="BV359" s="21"/>
+      <c r="BW359" s="21"/>
+      <c r="BX359" s="21"/>
+      <c r="BY359" s="21"/>
+      <c r="BZ359" s="21"/>
+      <c r="CA359" s="21"/>
+      <c r="CB359" s="21"/>
+      <c r="CC359" s="21"/>
+      <c r="CD359" s="21"/>
+      <c r="CE359" s="21"/>
+      <c r="CF359" s="21"/>
+      <c r="CG359" s="219"/>
+      <c r="CH359" s="219"/>
+      <c r="CI359" s="219"/>
+      <c r="CJ359" s="219"/>
+      <c r="CK359" s="219"/>
+      <c r="CL359" s="219"/>
+      <c r="CM359" s="219"/>
+      <c r="CN359" s="219"/>
+      <c r="CO359" s="219"/>
+      <c r="CP359" s="220"/>
+    </row>
+    <row r="360" spans="1:94" s="221" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="208"/>
+      <c r="B360" s="209"/>
+      <c r="C360" s="210"/>
+      <c r="D360" s="222"/>
+      <c r="E360" s="212"/>
+      <c r="F360" s="213" t="s">
+        <v>28</v>
+      </c>
+      <c r="G360" s="215" t="s">
+        <v>281</v>
+      </c>
+      <c r="H360" s="215"/>
+      <c r="I360" s="215"/>
+      <c r="J360" s="215"/>
+      <c r="K360" s="215"/>
+      <c r="L360" s="216" t="s">
+        <v>284</v>
+      </c>
+      <c r="M360" s="215"/>
+      <c r="N360" s="214" t="s">
+        <v>33</v>
+      </c>
+      <c r="O360" s="217"/>
+      <c r="P360" s="217"/>
+      <c r="Q360" s="218"/>
+      <c r="R360" s="21"/>
+      <c r="S360" s="21"/>
+      <c r="T360" s="21"/>
+      <c r="U360" s="21"/>
+      <c r="V360" s="21"/>
+      <c r="W360" s="21"/>
+      <c r="X360" s="21"/>
+      <c r="Y360" s="21"/>
+      <c r="Z360" s="21"/>
+      <c r="AA360" s="21"/>
+      <c r="AB360" s="21"/>
+      <c r="AC360" s="21"/>
+      <c r="AD360" s="21"/>
+      <c r="AE360" s="21"/>
+      <c r="AF360" s="21"/>
+      <c r="AG360" s="21"/>
+      <c r="AH360" s="21"/>
+      <c r="AI360" s="21"/>
+      <c r="AJ360" s="21"/>
+      <c r="AK360" s="21"/>
+      <c r="AL360" s="21"/>
+      <c r="AM360" s="21"/>
+      <c r="AN360" s="21"/>
+      <c r="AO360" s="21"/>
+      <c r="AP360" s="21"/>
+      <c r="AQ360" s="21"/>
+      <c r="AR360" s="21"/>
+      <c r="AS360" s="21"/>
+      <c r="AT360" s="21"/>
+      <c r="AU360" s="21"/>
+      <c r="AV360" s="21"/>
+      <c r="AW360" s="21"/>
+      <c r="AX360" s="21"/>
+      <c r="AY360" s="21"/>
+      <c r="AZ360" s="21"/>
+      <c r="BA360" s="21"/>
+      <c r="BB360" s="21"/>
+      <c r="BC360" s="21"/>
+      <c r="BD360" s="21"/>
+      <c r="BE360" s="21"/>
+      <c r="BF360" s="21"/>
+      <c r="BG360" s="21"/>
+      <c r="BH360" s="21"/>
+      <c r="BI360" s="21"/>
+      <c r="BJ360" s="21"/>
+      <c r="BK360" s="21"/>
+      <c r="BL360" s="21"/>
+      <c r="BM360" s="21"/>
+      <c r="BN360" s="21"/>
+      <c r="BO360" s="21"/>
+      <c r="BP360" s="21"/>
+      <c r="BQ360" s="21"/>
+      <c r="BR360" s="21"/>
+      <c r="BS360" s="21"/>
+      <c r="BT360" s="21"/>
+      <c r="BU360" s="21"/>
+      <c r="BV360" s="21"/>
+      <c r="BW360" s="21"/>
+      <c r="BX360" s="21"/>
+      <c r="BY360" s="21"/>
+      <c r="BZ360" s="21"/>
+      <c r="CA360" s="21"/>
+      <c r="CB360" s="21"/>
+      <c r="CC360" s="21"/>
+      <c r="CD360" s="21"/>
+      <c r="CE360" s="21"/>
+      <c r="CF360" s="21"/>
+      <c r="CG360" s="219"/>
+      <c r="CH360" s="219"/>
+      <c r="CI360" s="219"/>
+      <c r="CJ360" s="219"/>
+      <c r="CK360" s="219"/>
+      <c r="CL360" s="219"/>
+      <c r="CM360" s="219"/>
+      <c r="CN360" s="219"/>
+      <c r="CO360" s="219"/>
+      <c r="CP360" s="220"/>
+    </row>
+    <row r="361" spans="1:94" s="221" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="208"/>
+      <c r="B361" s="209"/>
+      <c r="C361" s="210"/>
+      <c r="D361" s="222"/>
+      <c r="E361" s="212"/>
+      <c r="F361" s="213" t="s">
+        <v>28</v>
+      </c>
+      <c r="G361" s="215" t="s">
+        <v>281</v>
+      </c>
+      <c r="H361" s="215"/>
+      <c r="I361" s="215"/>
+      <c r="J361" s="215"/>
+      <c r="K361" s="215"/>
+      <c r="L361" s="216" t="s">
+        <v>284</v>
+      </c>
+      <c r="M361" s="215"/>
+      <c r="N361" s="214" t="s">
+        <v>35</v>
+      </c>
+      <c r="O361" s="217"/>
+      <c r="P361" s="217"/>
+      <c r="Q361" s="218"/>
+      <c r="R361" s="62"/>
+      <c r="S361" s="21"/>
+      <c r="T361" s="21"/>
+      <c r="U361" s="21"/>
+      <c r="V361" s="21"/>
+      <c r="W361" s="21"/>
+      <c r="X361" s="21"/>
+      <c r="Y361" s="21"/>
+      <c r="Z361" s="21"/>
+      <c r="AA361" s="21"/>
+      <c r="AB361" s="21"/>
+      <c r="AC361" s="21"/>
+      <c r="AD361" s="21"/>
+      <c r="AE361" s="21"/>
+      <c r="AF361" s="21"/>
+      <c r="AG361" s="21"/>
+      <c r="AH361" s="21"/>
+      <c r="AI361" s="21"/>
+      <c r="AJ361" s="21"/>
+      <c r="AK361" s="21"/>
+      <c r="AL361" s="21"/>
+      <c r="AM361" s="21"/>
+      <c r="AN361" s="21"/>
+      <c r="AO361" s="21"/>
+      <c r="AP361" s="21"/>
+      <c r="AQ361" s="21"/>
+      <c r="AR361" s="21"/>
+      <c r="AS361" s="21"/>
+      <c r="AT361" s="21"/>
+      <c r="AU361" s="21"/>
+      <c r="AV361" s="21"/>
+      <c r="AW361" s="21"/>
+      <c r="AX361" s="21"/>
+      <c r="AY361" s="21"/>
+      <c r="AZ361" s="21"/>
+      <c r="BA361" s="21"/>
+      <c r="BB361" s="21"/>
+      <c r="BC361" s="21"/>
+      <c r="BD361" s="21"/>
+      <c r="BE361" s="21"/>
+      <c r="BF361" s="21"/>
+      <c r="BG361" s="21"/>
+      <c r="BH361" s="21"/>
+      <c r="BI361" s="21"/>
+      <c r="BJ361" s="21"/>
+      <c r="BK361" s="21"/>
+      <c r="BL361" s="21"/>
+      <c r="BM361" s="21"/>
+      <c r="BN361" s="21"/>
+      <c r="BO361" s="21"/>
+      <c r="BP361" s="21"/>
+      <c r="BQ361" s="21"/>
+      <c r="BR361" s="21"/>
+      <c r="BS361" s="21"/>
+      <c r="BT361" s="21"/>
+      <c r="BU361" s="21"/>
+      <c r="BV361" s="21"/>
+      <c r="BW361" s="21"/>
+      <c r="BX361" s="21"/>
+      <c r="BY361" s="21"/>
+      <c r="BZ361" s="21"/>
+      <c r="CA361" s="21"/>
+      <c r="CB361" s="21"/>
+      <c r="CC361" s="21"/>
+      <c r="CD361" s="21"/>
+      <c r="CE361" s="21"/>
+      <c r="CF361" s="21"/>
+      <c r="CG361" s="219"/>
+      <c r="CH361" s="219"/>
+      <c r="CI361" s="219"/>
+      <c r="CJ361" s="219"/>
+      <c r="CK361" s="219"/>
+      <c r="CL361" s="219"/>
+      <c r="CM361" s="219"/>
+      <c r="CN361" s="219"/>
+      <c r="CO361" s="219"/>
+      <c r="CP361" s="220"/>
+    </row>
+    <row r="362" spans="1:94" s="221" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="208"/>
+      <c r="B362" s="209"/>
+      <c r="C362" s="210"/>
+      <c r="D362" s="222"/>
+      <c r="E362" s="212"/>
+      <c r="F362" s="213" t="s">
+        <v>28</v>
+      </c>
+      <c r="G362" s="215" t="s">
+        <v>281</v>
+      </c>
+      <c r="H362" s="215"/>
+      <c r="I362" s="215"/>
+      <c r="J362" s="215"/>
+      <c r="K362" s="215"/>
+      <c r="L362" s="216" t="s">
+        <v>284</v>
+      </c>
+      <c r="M362" s="215"/>
+      <c r="N362" s="214" t="s">
+        <v>37</v>
+      </c>
+      <c r="O362" s="217"/>
+      <c r="P362" s="217"/>
+      <c r="Q362" s="218"/>
+      <c r="R362" s="62"/>
+      <c r="S362" s="21"/>
+      <c r="T362" s="21"/>
+      <c r="U362" s="21"/>
+      <c r="V362" s="21"/>
+      <c r="W362" s="21"/>
+      <c r="X362" s="21"/>
+      <c r="Y362" s="21"/>
+      <c r="Z362" s="21"/>
+      <c r="AA362" s="21"/>
+      <c r="AB362" s="21"/>
+      <c r="AC362" s="21"/>
+      <c r="AD362" s="21"/>
+      <c r="AE362" s="21"/>
+      <c r="AF362" s="21"/>
+      <c r="AG362" s="21"/>
+      <c r="AH362" s="21"/>
+      <c r="AI362" s="21"/>
+      <c r="AJ362" s="21"/>
+      <c r="AK362" s="21"/>
+      <c r="AL362" s="21"/>
+      <c r="AM362" s="21"/>
+      <c r="AN362" s="21"/>
+      <c r="AO362" s="21"/>
+      <c r="AP362" s="21"/>
+      <c r="AQ362" s="21"/>
+      <c r="AR362" s="21"/>
+      <c r="AS362" s="21"/>
+      <c r="AT362" s="21"/>
+      <c r="AU362" s="21"/>
+      <c r="AV362" s="21"/>
+      <c r="AW362" s="21"/>
+      <c r="AX362" s="21"/>
+      <c r="AY362" s="21"/>
+      <c r="AZ362" s="21"/>
+      <c r="BA362" s="21"/>
+      <c r="BB362" s="21"/>
+      <c r="BC362" s="21"/>
+      <c r="BD362" s="21"/>
+      <c r="BE362" s="21"/>
+      <c r="BF362" s="21"/>
+      <c r="BG362" s="21"/>
+      <c r="BH362" s="21"/>
+      <c r="BI362" s="21"/>
+      <c r="BJ362" s="21"/>
+      <c r="BK362" s="21"/>
+      <c r="BL362" s="21"/>
+      <c r="BM362" s="21"/>
+      <c r="BN362" s="21"/>
+      <c r="BO362" s="21"/>
+      <c r="BP362" s="21"/>
+      <c r="BQ362" s="21"/>
+      <c r="BR362" s="21"/>
+      <c r="BS362" s="21"/>
+      <c r="BT362" s="21"/>
+      <c r="BU362" s="21"/>
+      <c r="BV362" s="21"/>
+      <c r="BW362" s="21"/>
+      <c r="BX362" s="21"/>
+      <c r="BY362" s="21"/>
+      <c r="BZ362" s="21"/>
+      <c r="CA362" s="21"/>
+      <c r="CB362" s="21"/>
+      <c r="CC362" s="21"/>
+      <c r="CD362" s="21"/>
+      <c r="CE362" s="21"/>
+      <c r="CF362" s="21"/>
+      <c r="CG362" s="219"/>
+      <c r="CH362" s="219"/>
+      <c r="CI362" s="219"/>
+      <c r="CJ362" s="219"/>
+      <c r="CK362" s="219"/>
+      <c r="CL362" s="219"/>
+      <c r="CM362" s="219"/>
+      <c r="CN362" s="219"/>
+      <c r="CO362" s="219"/>
+      <c r="CP362" s="220"/>
+    </row>
+    <row r="363" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B363" s="11"/>
+      <c r="C363" s="12" t="s">
+        <v>679</v>
+      </c>
+      <c r="D363" s="121" t="s">
+        <v>680</v>
+      </c>
+      <c r="E363" s="61" t="s">
+        <v>681</v>
+      </c>
+      <c r="F363" s="14" t="s">
+        <v>676</v>
+      </c>
+      <c r="G363" s="16" t="s">
+        <v>682</v>
+      </c>
+      <c r="H363" s="17" t="s">
+        <v>683</v>
+      </c>
+      <c r="I363" s="16" t="s">
+        <v>684</v>
+      </c>
+      <c r="J363" s="16"/>
+      <c r="K363" s="16"/>
+      <c r="L363" s="17" t="s">
+        <v>685</v>
+      </c>
+      <c r="M363" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="N363" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R363" s="71"/>
+      <c r="S363" s="21"/>
+      <c r="T363" s="21"/>
+      <c r="U363" s="21"/>
+      <c r="V363" s="21"/>
+      <c r="W363" s="21"/>
+      <c r="X363" s="21"/>
+      <c r="Y363" s="21"/>
+      <c r="Z363" s="21"/>
+      <c r="AA363" s="21"/>
+      <c r="AB363" s="21"/>
+      <c r="AC363" s="21"/>
+      <c r="AD363" s="21"/>
+      <c r="AE363" s="21"/>
+      <c r="AF363" s="21"/>
+      <c r="AG363" s="21"/>
+      <c r="AH363" s="21"/>
+      <c r="AI363" s="21"/>
+      <c r="AJ363" s="21"/>
+      <c r="AK363" s="21"/>
+      <c r="AL363" s="21"/>
+      <c r="AM363" s="21"/>
+      <c r="AN363" s="21"/>
+      <c r="AO363" s="21"/>
+      <c r="AP363" s="21"/>
+      <c r="AQ363" s="21"/>
+      <c r="AR363" s="21"/>
+      <c r="AS363" s="21"/>
+      <c r="AT363" s="21"/>
+      <c r="AU363" s="21"/>
+      <c r="AV363" s="21"/>
+      <c r="AW363" s="21"/>
+      <c r="AX363" s="21"/>
+      <c r="AY363" s="21"/>
+      <c r="AZ363" s="21"/>
+      <c r="BA363" s="21"/>
+      <c r="BB363" s="21"/>
+      <c r="BC363" s="21"/>
+      <c r="BD363" s="21"/>
+      <c r="BE363" s="21"/>
+      <c r="BF363" s="21"/>
+      <c r="BG363" s="21"/>
+      <c r="BH363" s="21"/>
+      <c r="BI363" s="21"/>
+      <c r="BJ363" s="21"/>
+      <c r="BK363" s="21"/>
+      <c r="BL363" s="21"/>
+      <c r="BM363" s="21"/>
+      <c r="BN363" s="21"/>
+      <c r="BO363" s="21"/>
+      <c r="BP363" s="21"/>
+      <c r="BQ363" s="21"/>
+      <c r="BR363" s="21"/>
+      <c r="BS363" s="21"/>
+      <c r="BT363" s="21"/>
+      <c r="BU363" s="21"/>
+      <c r="BV363" s="21"/>
+      <c r="BW363" s="21"/>
+      <c r="BX363" s="21"/>
+      <c r="BY363" s="21"/>
+      <c r="BZ363" s="21"/>
+      <c r="CA363" s="21"/>
+      <c r="CB363" s="21"/>
+      <c r="CC363" s="21"/>
+      <c r="CD363" s="21"/>
+      <c r="CE363" s="21"/>
+      <c r="CF363" s="21"/>
+    </row>
+    <row r="364" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="10"/>
+      <c r="B364" s="11"/>
+      <c r="C364" s="12"/>
+      <c r="D364" s="123"/>
+      <c r="E364" s="61"/>
+      <c r="F364" s="36" t="s">
+        <v>687</v>
+      </c>
+      <c r="G364" s="16" t="s">
+        <v>682</v>
+      </c>
+      <c r="H364" s="17" t="s">
+        <v>683</v>
+      </c>
+      <c r="I364" s="16" t="s">
+        <v>684</v>
+      </c>
+      <c r="J364" s="16"/>
+      <c r="K364" s="16"/>
+      <c r="L364" s="17" t="s">
+        <v>685</v>
+      </c>
+      <c r="M364" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="N364" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="R364" s="223"/>
+      <c r="S364" s="21"/>
+      <c r="T364" s="21"/>
+      <c r="U364" s="21"/>
+      <c r="V364" s="21"/>
+      <c r="W364" s="21"/>
+      <c r="X364" s="21"/>
+      <c r="Y364" s="21"/>
+      <c r="Z364" s="21"/>
+      <c r="AA364" s="21"/>
+      <c r="AB364" s="21"/>
+      <c r="AC364" s="21"/>
+      <c r="AD364" s="21"/>
+      <c r="AE364" s="21"/>
+      <c r="AF364" s="21"/>
+      <c r="AG364" s="21"/>
+      <c r="AH364" s="21"/>
+      <c r="AI364" s="21"/>
+      <c r="AJ364" s="21"/>
+      <c r="AK364" s="21"/>
+      <c r="AL364" s="21"/>
+      <c r="AM364" s="21"/>
+      <c r="AN364" s="21"/>
+      <c r="AO364" s="21"/>
+      <c r="AP364" s="21"/>
+      <c r="AQ364" s="21"/>
+      <c r="AR364" s="21"/>
+      <c r="AS364" s="21"/>
+      <c r="AT364" s="21"/>
+      <c r="AU364" s="21"/>
+      <c r="AV364" s="21"/>
+      <c r="AW364" s="21"/>
+      <c r="AX364" s="21"/>
+      <c r="AY364" s="21"/>
+      <c r="AZ364" s="21"/>
+      <c r="BA364" s="21"/>
+      <c r="BB364" s="21"/>
+      <c r="BC364" s="21"/>
+      <c r="BD364" s="21"/>
+      <c r="BE364" s="21"/>
+      <c r="BF364" s="21"/>
+      <c r="BG364" s="21"/>
+      <c r="BH364" s="21"/>
+      <c r="BI364" s="21"/>
+      <c r="BJ364" s="21"/>
+      <c r="BK364" s="21"/>
+      <c r="BL364" s="21"/>
+      <c r="BM364" s="21"/>
+      <c r="BN364" s="21"/>
+      <c r="BO364" s="21"/>
+      <c r="BP364" s="21"/>
+      <c r="BQ364" s="21"/>
+      <c r="BR364" s="21"/>
+      <c r="BS364" s="21"/>
+      <c r="BT364" s="21"/>
+      <c r="BU364" s="21"/>
+      <c r="BV364" s="21"/>
+      <c r="BW364" s="21"/>
+      <c r="BX364" s="21"/>
+      <c r="BY364" s="21"/>
+      <c r="BZ364" s="21"/>
+      <c r="CA364" s="21"/>
+      <c r="CB364" s="21"/>
+      <c r="CC364" s="21"/>
+      <c r="CD364" s="21"/>
+      <c r="CE364" s="21"/>
+      <c r="CF364" s="21"/>
+    </row>
+    <row r="365" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="10"/>
+      <c r="B365" s="11"/>
+      <c r="C365" s="12"/>
+      <c r="D365" s="123"/>
+      <c r="E365" s="61"/>
+      <c r="F365" s="36" t="s">
+        <v>688</v>
+      </c>
+      <c r="G365" s="16"/>
+      <c r="H365" s="16"/>
+      <c r="I365" s="16"/>
+      <c r="J365" s="16"/>
+      <c r="K365" s="16"/>
+      <c r="L365" s="16"/>
+      <c r="M365" s="16"/>
+      <c r="N365" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="366" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="10"/>
+      <c r="B366" s="11"/>
+      <c r="C366" s="12"/>
+      <c r="D366" s="123"/>
+      <c r="E366" s="61"/>
+      <c r="F366" s="36" t="s">
+        <v>350</v>
+      </c>
+      <c r="G366" s="142"/>
+      <c r="H366" s="108"/>
+      <c r="I366" s="142"/>
+      <c r="J366" s="142"/>
+      <c r="K366" s="142"/>
+      <c r="L366" s="108"/>
+      <c r="M366" s="142"/>
+      <c r="N366" s="82" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="367" spans="1:94" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B367" s="11"/>
+      <c r="C367" s="38" t="s">
+        <v>689</v>
+      </c>
+      <c r="D367" s="124" t="s">
+        <v>690</v>
+      </c>
+      <c r="E367" s="40" t="s">
+        <v>691</v>
+      </c>
+      <c r="F367" s="41" t="s">
+        <v>692</v>
+      </c>
+      <c r="G367" s="42" t="s">
+        <v>114</v>
+      </c>
+      <c r="H367" s="126"/>
+      <c r="I367" s="126"/>
+      <c r="J367" s="126"/>
+      <c r="K367" s="126"/>
+      <c r="L367" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="M367" s="126"/>
+      <c r="N367" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R367" s="33"/>
+    </row>
+    <row r="368" spans="1:94" ht="23.65" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="37"/>
+      <c r="B368" s="11"/>
+      <c r="C368" s="38"/>
+      <c r="D368" s="125"/>
+      <c r="E368" s="40"/>
+      <c r="F368" s="68" t="s">
+        <v>693</v>
+      </c>
+      <c r="G368" s="224"/>
+      <c r="H368" s="225"/>
+      <c r="I368" s="224"/>
+      <c r="J368" s="224"/>
+      <c r="K368" s="224"/>
+      <c r="L368" s="225"/>
+      <c r="M368" s="224"/>
+      <c r="N368" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="O368" s="226"/>
+      <c r="P368" s="226"/>
+      <c r="Q368" s="227"/>
+    </row>
+    <row r="369" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="37"/>
+      <c r="B369" s="11"/>
+      <c r="C369" s="38"/>
+      <c r="D369" s="125"/>
+      <c r="E369" s="40"/>
+      <c r="F369" s="41" t="s">
+        <v>694</v>
+      </c>
+      <c r="G369" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H369" s="44" t="s">
+        <v>282</v>
+      </c>
+      <c r="I369" s="47" t="s">
+        <v>283</v>
+      </c>
+      <c r="J369" s="47"/>
+      <c r="K369" s="47"/>
+      <c r="L369" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M369" s="47" t="s">
+        <v>285</v>
+      </c>
+      <c r="N369" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="370" spans="1:94" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="37"/>
+      <c r="B370" s="11"/>
+      <c r="C370" s="38"/>
+      <c r="D370" s="125"/>
+      <c r="E370" s="40"/>
+      <c r="F370" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G370" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H370" s="44" t="s">
+        <v>282</v>
+      </c>
+      <c r="I370" s="47" t="s">
+        <v>283</v>
+      </c>
+      <c r="J370" s="47"/>
+      <c r="K370" s="47"/>
+      <c r="L370" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M370" s="47" t="s">
+        <v>285</v>
+      </c>
+      <c r="N370" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O370" s="168"/>
+      <c r="P370" s="168"/>
+      <c r="Q370" s="169"/>
+    </row>
+    <row r="371" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B371" s="11"/>
+      <c r="C371" s="49" t="s">
+        <v>695</v>
+      </c>
+      <c r="D371" s="119" t="s">
+        <v>696</v>
+      </c>
+      <c r="E371" s="51" t="s">
+        <v>697</v>
+      </c>
+      <c r="F371" s="81" t="s">
+        <v>624</v>
+      </c>
+      <c r="G371" s="53" t="s">
+        <v>196</v>
+      </c>
+      <c r="H371" s="28"/>
+      <c r="I371" s="28"/>
+      <c r="J371" s="28"/>
+      <c r="K371" s="28"/>
+      <c r="L371" s="29" t="s">
+        <v>197</v>
+      </c>
+      <c r="M371" s="28"/>
+      <c r="N371" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="372" spans="1:94" s="88" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="48"/>
+      <c r="B372" s="11"/>
+      <c r="C372" s="49"/>
+      <c r="D372" s="50"/>
+      <c r="E372" s="51"/>
+      <c r="F372" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G372" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="H372" s="29" t="s">
+        <v>282</v>
+      </c>
+      <c r="I372" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="J372" s="28"/>
+      <c r="K372" s="28"/>
+      <c r="L372" s="29" t="s">
+        <v>284</v>
+      </c>
+      <c r="M372" s="28" t="s">
+        <v>285</v>
+      </c>
+      <c r="N372" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O372" s="19"/>
+      <c r="P372" s="19"/>
+      <c r="Q372" s="20"/>
+      <c r="R372" s="21"/>
+      <c r="S372" s="22"/>
+      <c r="T372" s="22"/>
+      <c r="U372" s="22"/>
+      <c r="V372" s="22"/>
+      <c r="W372" s="22"/>
+      <c r="X372" s="22"/>
+      <c r="Y372" s="22"/>
+      <c r="Z372" s="22"/>
+      <c r="AA372" s="22"/>
+      <c r="AB372" s="22"/>
+      <c r="AC372" s="22"/>
+      <c r="AD372" s="22"/>
+      <c r="AE372" s="22"/>
+      <c r="AF372" s="22"/>
+      <c r="AG372" s="22"/>
+      <c r="AH372" s="22"/>
+      <c r="AI372" s="22"/>
+      <c r="AJ372" s="22"/>
+      <c r="AK372" s="22"/>
+      <c r="AL372" s="22"/>
+      <c r="AM372" s="22"/>
+      <c r="AN372" s="22"/>
+      <c r="AO372" s="22"/>
+      <c r="AP372" s="22"/>
+      <c r="AQ372" s="22"/>
+      <c r="AR372" s="22"/>
+      <c r="AS372" s="22"/>
+      <c r="AT372" s="22"/>
+      <c r="AU372" s="22"/>
+      <c r="AV372" s="22"/>
+      <c r="AW372" s="22"/>
+      <c r="AX372" s="86"/>
+      <c r="AY372" s="86"/>
+      <c r="AZ372" s="86"/>
+      <c r="BA372" s="86"/>
+      <c r="BB372" s="86"/>
+      <c r="BC372" s="86"/>
+      <c r="BD372" s="86"/>
+      <c r="BE372" s="86"/>
+      <c r="BF372" s="86"/>
+      <c r="BG372" s="86"/>
+      <c r="BH372" s="86"/>
+      <c r="BI372" s="86"/>
+      <c r="BJ372" s="86"/>
+      <c r="BK372" s="86"/>
+      <c r="BL372" s="86"/>
+      <c r="BM372" s="86"/>
+      <c r="BN372" s="86"/>
+      <c r="BO372" s="86"/>
+      <c r="BP372" s="86"/>
+      <c r="BQ372" s="86"/>
+      <c r="BR372" s="86"/>
+      <c r="BS372" s="86"/>
+      <c r="BT372" s="86"/>
+      <c r="BU372" s="86"/>
+      <c r="BV372" s="86"/>
+      <c r="BW372" s="86"/>
+      <c r="BX372" s="86"/>
+      <c r="BY372" s="86"/>
+      <c r="BZ372" s="86"/>
+      <c r="CA372" s="86"/>
+      <c r="CB372" s="86"/>
+      <c r="CC372" s="86"/>
+      <c r="CD372" s="86"/>
+      <c r="CE372" s="86"/>
+      <c r="CF372" s="86"/>
+      <c r="CG372" s="86"/>
+      <c r="CH372" s="86"/>
+      <c r="CI372" s="86"/>
+      <c r="CJ372" s="86"/>
+      <c r="CK372" s="86"/>
+      <c r="CL372" s="86"/>
+      <c r="CM372" s="86"/>
+      <c r="CN372" s="86"/>
+      <c r="CO372" s="86"/>
+      <c r="CP372" s="87"/>
+    </row>
+    <row r="373" spans="1:94" s="88" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="48"/>
+      <c r="B373" s="11"/>
+      <c r="C373" s="49"/>
+      <c r="D373" s="50"/>
+      <c r="E373" s="51"/>
+      <c r="F373" s="81" t="s">
+        <v>698</v>
+      </c>
+      <c r="G373" s="28"/>
+      <c r="H373" s="29"/>
+      <c r="I373" s="28"/>
+      <c r="J373" s="28"/>
+      <c r="K373" s="28"/>
+      <c r="L373" s="29"/>
+      <c r="M373" s="28"/>
+      <c r="N373" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O373" s="19"/>
+      <c r="P373" s="19"/>
+      <c r="Q373" s="20"/>
+      <c r="R373" s="21"/>
+      <c r="S373" s="22"/>
+      <c r="T373" s="22"/>
+      <c r="U373" s="22"/>
+      <c r="V373" s="22"/>
+      <c r="W373" s="22"/>
+      <c r="X373" s="22"/>
+      <c r="Y373" s="22"/>
+      <c r="Z373" s="22"/>
+      <c r="AA373" s="22"/>
+      <c r="AB373" s="22"/>
+      <c r="AC373" s="22"/>
+      <c r="AD373" s="22"/>
+      <c r="AE373" s="22"/>
+      <c r="AF373" s="22"/>
+      <c r="AG373" s="22"/>
+      <c r="AH373" s="22"/>
+      <c r="AI373" s="22"/>
+      <c r="AJ373" s="22"/>
+      <c r="AK373" s="22"/>
+      <c r="AL373" s="22"/>
+      <c r="AM373" s="22"/>
+      <c r="AN373" s="22"/>
+      <c r="AO373" s="22"/>
+      <c r="AP373" s="22"/>
+      <c r="AQ373" s="22"/>
+      <c r="AR373" s="22"/>
+      <c r="AS373" s="22"/>
+      <c r="AT373" s="22"/>
+      <c r="AU373" s="22"/>
+      <c r="AV373" s="22"/>
+      <c r="AW373" s="22"/>
+      <c r="AX373" s="86"/>
+      <c r="AY373" s="86"/>
+      <c r="AZ373" s="86"/>
+      <c r="BA373" s="86"/>
+      <c r="BB373" s="86"/>
+      <c r="BC373" s="86"/>
+      <c r="BD373" s="86"/>
+      <c r="BE373" s="86"/>
+      <c r="BF373" s="86"/>
+      <c r="BG373" s="86"/>
+      <c r="BH373" s="86"/>
+      <c r="BI373" s="86"/>
+      <c r="BJ373" s="86"/>
+      <c r="BK373" s="86"/>
+      <c r="BL373" s="86"/>
+      <c r="BM373" s="86"/>
+      <c r="BN373" s="86"/>
+      <c r="BO373" s="86"/>
+      <c r="BP373" s="86"/>
+      <c r="BQ373" s="86"/>
+      <c r="BR373" s="86"/>
+      <c r="BS373" s="86"/>
+      <c r="BT373" s="86"/>
+      <c r="BU373" s="86"/>
+      <c r="BV373" s="86"/>
+      <c r="BW373" s="86"/>
+      <c r="BX373" s="86"/>
+      <c r="BY373" s="86"/>
+      <c r="BZ373" s="86"/>
+      <c r="CA373" s="86"/>
+      <c r="CB373" s="86"/>
+      <c r="CC373" s="86"/>
+      <c r="CD373" s="86"/>
+      <c r="CE373" s="86"/>
+      <c r="CF373" s="86"/>
+      <c r="CG373" s="86"/>
+      <c r="CH373" s="86"/>
+      <c r="CI373" s="86"/>
+      <c r="CJ373" s="86"/>
+      <c r="CK373" s="86"/>
+      <c r="CL373" s="86"/>
+      <c r="CM373" s="86"/>
+      <c r="CN373" s="86"/>
+      <c r="CO373" s="86"/>
+      <c r="CP373" s="87"/>
+    </row>
+    <row r="374" spans="1:94" s="88" customFormat="1" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="48"/>
+      <c r="B374" s="11"/>
+      <c r="C374" s="49"/>
+      <c r="D374" s="50"/>
+      <c r="E374" s="51"/>
+      <c r="F374" s="81" t="s">
+        <v>699</v>
+      </c>
+      <c r="G374" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="H374" s="28"/>
+      <c r="I374" s="28"/>
+      <c r="J374" s="28"/>
+      <c r="K374" s="28"/>
+      <c r="L374" s="29" t="s">
+        <v>284</v>
+      </c>
+      <c r="M374" s="28"/>
+      <c r="N374" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O374" s="78"/>
+      <c r="P374" s="78"/>
+      <c r="Q374" s="79"/>
+      <c r="R374" s="21"/>
+      <c r="S374" s="22"/>
+      <c r="T374" s="22"/>
+      <c r="U374" s="22"/>
+      <c r="V374" s="22"/>
+      <c r="W374" s="22"/>
+      <c r="X374" s="22"/>
+      <c r="Y374" s="22"/>
+      <c r="Z374" s="22"/>
+      <c r="AA374" s="22"/>
+      <c r="AB374" s="22"/>
+      <c r="AC374" s="22"/>
+      <c r="AD374" s="22"/>
+      <c r="AE374" s="22"/>
+      <c r="AF374" s="22"/>
+      <c r="AG374" s="22"/>
+      <c r="AH374" s="22"/>
+      <c r="AI374" s="22"/>
+      <c r="AJ374" s="22"/>
+      <c r="AK374" s="22"/>
+      <c r="AL374" s="22"/>
+      <c r="AM374" s="22"/>
+      <c r="AN374" s="22"/>
+      <c r="AO374" s="22"/>
+      <c r="AP374" s="22"/>
+      <c r="AQ374" s="22"/>
+      <c r="AR374" s="22"/>
+      <c r="AS374" s="22"/>
+      <c r="AT374" s="22"/>
+      <c r="AU374" s="22"/>
+      <c r="AV374" s="22"/>
+      <c r="AW374" s="22"/>
+      <c r="AX374" s="86"/>
+      <c r="AY374" s="86"/>
+      <c r="AZ374" s="86"/>
+      <c r="BA374" s="86"/>
+      <c r="BB374" s="86"/>
+      <c r="BC374" s="86"/>
+      <c r="BD374" s="86"/>
+      <c r="BE374" s="86"/>
+      <c r="BF374" s="86"/>
+      <c r="BG374" s="86"/>
+      <c r="BH374" s="86"/>
+      <c r="BI374" s="86"/>
+      <c r="BJ374" s="86"/>
+      <c r="BK374" s="86"/>
+      <c r="BL374" s="86"/>
+      <c r="BM374" s="86"/>
+      <c r="BN374" s="86"/>
+      <c r="BO374" s="86"/>
+      <c r="BP374" s="86"/>
+      <c r="BQ374" s="86"/>
+      <c r="BR374" s="86"/>
+      <c r="BS374" s="86"/>
+      <c r="BT374" s="86"/>
+      <c r="BU374" s="86"/>
+      <c r="BV374" s="86"/>
+      <c r="BW374" s="86"/>
+      <c r="BX374" s="86"/>
+      <c r="BY374" s="86"/>
+      <c r="BZ374" s="86"/>
+      <c r="CA374" s="86"/>
+      <c r="CB374" s="86"/>
+      <c r="CC374" s="86"/>
+      <c r="CD374" s="86"/>
+      <c r="CE374" s="86"/>
+      <c r="CF374" s="86"/>
+      <c r="CG374" s="86"/>
+      <c r="CH374" s="86"/>
+      <c r="CI374" s="86"/>
+      <c r="CJ374" s="86"/>
+      <c r="CK374" s="86"/>
+      <c r="CL374" s="86"/>
+      <c r="CM374" s="86"/>
+      <c r="CN374" s="86"/>
+      <c r="CO374" s="86"/>
+      <c r="CP374" s="87"/>
+    </row>
+    <row r="375" spans="1:94" s="88" customFormat="1" ht="28.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B375" s="11"/>
+      <c r="C375" s="12" t="s">
+        <v>700</v>
+      </c>
+      <c r="D375" s="143"/>
+      <c r="E375" s="61" t="s">
+        <v>701</v>
+      </c>
+      <c r="F375" s="14" t="s">
+        <v>702</v>
+      </c>
+      <c r="G375" s="34" t="s">
+        <v>246</v>
+      </c>
+      <c r="H375" s="17" t="s">
+        <v>247</v>
+      </c>
+      <c r="I375" s="142" t="s">
+        <v>248</v>
+      </c>
+      <c r="J375" s="142"/>
+      <c r="K375" s="142"/>
+      <c r="L375" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="M375" s="142" t="s">
+        <v>250</v>
+      </c>
+      <c r="N375" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O375" s="31"/>
+      <c r="P375" s="31"/>
+      <c r="Q375" s="32"/>
+      <c r="R375" s="71"/>
+      <c r="S375" s="22"/>
+      <c r="T375" s="22"/>
+      <c r="U375" s="22"/>
+      <c r="V375" s="22"/>
+      <c r="W375" s="22"/>
+      <c r="X375" s="22"/>
+      <c r="Y375" s="22"/>
+      <c r="Z375" s="22"/>
+      <c r="AA375" s="22"/>
+      <c r="AB375" s="22"/>
+      <c r="AC375" s="22"/>
+      <c r="AD375" s="22"/>
+      <c r="AE375" s="22"/>
+      <c r="AF375" s="22"/>
+      <c r="AG375" s="22"/>
+      <c r="AH375" s="22"/>
+      <c r="AI375" s="22"/>
+      <c r="AJ375" s="22"/>
+      <c r="AK375" s="22"/>
+      <c r="AL375" s="22"/>
+      <c r="AM375" s="22"/>
+      <c r="AN375" s="22"/>
+      <c r="AO375" s="22"/>
+      <c r="AP375" s="22"/>
+      <c r="AQ375" s="22"/>
+      <c r="AR375" s="22"/>
+      <c r="AS375" s="22"/>
+      <c r="AT375" s="22"/>
+      <c r="AU375" s="22"/>
+      <c r="AV375" s="22"/>
+      <c r="AW375" s="22"/>
+      <c r="AX375" s="86"/>
+      <c r="AY375" s="86"/>
+      <c r="AZ375" s="86"/>
+      <c r="BA375" s="86"/>
+      <c r="BB375" s="86"/>
+      <c r="BC375" s="86"/>
+      <c r="BD375" s="86"/>
+      <c r="BE375" s="86"/>
+      <c r="BF375" s="86"/>
+      <c r="BG375" s="86"/>
+      <c r="BH375" s="86"/>
+      <c r="BI375" s="86"/>
+      <c r="BJ375" s="86"/>
+      <c r="BK375" s="86"/>
+      <c r="BL375" s="86"/>
+      <c r="BM375" s="86"/>
+      <c r="BN375" s="86"/>
+      <c r="BO375" s="86"/>
+      <c r="BP375" s="86"/>
+      <c r="BQ375" s="86"/>
+      <c r="BR375" s="86"/>
+      <c r="BS375" s="86"/>
+      <c r="BT375" s="86"/>
+      <c r="BU375" s="86"/>
+      <c r="BV375" s="86"/>
+      <c r="BW375" s="86"/>
+      <c r="BX375" s="86"/>
+      <c r="BY375" s="86"/>
+      <c r="BZ375" s="86"/>
+      <c r="CA375" s="86"/>
+      <c r="CB375" s="86"/>
+      <c r="CC375" s="86"/>
+      <c r="CD375" s="86"/>
+      <c r="CE375" s="86"/>
+      <c r="CF375" s="86"/>
+      <c r="CG375" s="86"/>
+      <c r="CH375" s="86"/>
+      <c r="CI375" s="86"/>
+      <c r="CJ375" s="86"/>
+      <c r="CK375" s="86"/>
+      <c r="CL375" s="86"/>
+      <c r="CM375" s="86"/>
+      <c r="CN375" s="86"/>
+      <c r="CO375" s="86"/>
+      <c r="CP375" s="87"/>
+    </row>
+    <row r="376" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="10"/>
+      <c r="B376" s="11"/>
+      <c r="C376" s="12"/>
+      <c r="D376" s="143"/>
+      <c r="E376" s="61"/>
+      <c r="F376" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G376" s="106" t="s">
+        <v>703</v>
+      </c>
+      <c r="H376" s="142"/>
+      <c r="I376" s="142" t="s">
+        <v>704</v>
+      </c>
+      <c r="J376" s="142"/>
+      <c r="K376" s="142"/>
+      <c r="L376" s="17" t="s">
+        <v>705</v>
+      </c>
+      <c r="M376" s="142" t="s">
+        <v>706</v>
+      </c>
+      <c r="N376" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="377" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="10"/>
+      <c r="B377" s="11"/>
+      <c r="C377" s="12"/>
+      <c r="D377" s="143"/>
+      <c r="E377" s="61"/>
+      <c r="F377" s="36" t="s">
+        <v>707</v>
+      </c>
+      <c r="G377" s="106" t="s">
+        <v>614</v>
+      </c>
+      <c r="H377" s="17" t="s">
+        <v>615</v>
+      </c>
+      <c r="I377" s="142" t="s">
+        <v>616</v>
+      </c>
+      <c r="J377" s="142"/>
+      <c r="K377" s="142"/>
+      <c r="L377" s="17" t="s">
+        <v>617</v>
+      </c>
+      <c r="M377" s="142" t="s">
+        <v>618</v>
+      </c>
+      <c r="N377" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R377" s="140"/>
+    </row>
+    <row r="378" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="10"/>
+      <c r="B378" s="11"/>
+      <c r="C378" s="12"/>
+      <c r="D378" s="143"/>
+      <c r="E378" s="61"/>
+      <c r="F378" s="36" t="s">
+        <v>708</v>
+      </c>
+      <c r="G378" s="16"/>
+      <c r="H378" s="16"/>
+      <c r="I378" s="16"/>
+      <c r="J378" s="16"/>
+      <c r="K378" s="16"/>
+      <c r="L378" s="16"/>
+      <c r="M378" s="16"/>
+      <c r="N378" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O378" s="78"/>
+      <c r="P378" s="78"/>
+      <c r="Q378" s="79"/>
+      <c r="R378" s="62"/>
+    </row>
+    <row r="379" spans="1:94" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B379" s="11"/>
+      <c r="C379" s="38" t="s">
+        <v>709</v>
+      </c>
+      <c r="D379" s="124" t="s">
+        <v>710</v>
+      </c>
+      <c r="E379" s="40" t="s">
+        <v>711</v>
+      </c>
+      <c r="F379" s="68" t="s">
+        <v>712</v>
+      </c>
+      <c r="G379" s="47"/>
+      <c r="H379" s="44"/>
+      <c r="I379" s="47"/>
+      <c r="J379" s="47"/>
+      <c r="K379" s="47"/>
+      <c r="L379" s="44"/>
+      <c r="M379" s="47"/>
+      <c r="N379" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O379" s="31"/>
+      <c r="P379" s="31"/>
+      <c r="Q379" s="32"/>
+      <c r="R379" s="71"/>
+    </row>
+    <row r="380" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="37"/>
+      <c r="B380" s="11"/>
+      <c r="C380" s="38"/>
+      <c r="D380" s="125"/>
+      <c r="E380" s="40"/>
+      <c r="F380" s="68" t="s">
+        <v>606</v>
+      </c>
+      <c r="G380" s="42"/>
+      <c r="H380" s="44"/>
+      <c r="I380" s="47"/>
+      <c r="J380" s="47"/>
+      <c r="K380" s="47"/>
+      <c r="L380" s="44"/>
+      <c r="M380" s="47"/>
+      <c r="N380" s="45" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="381" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="37"/>
+      <c r="B381" s="11"/>
+      <c r="C381" s="38"/>
+      <c r="D381" s="125"/>
+      <c r="E381" s="40"/>
+      <c r="F381" s="41" t="s">
+        <v>688</v>
+      </c>
+      <c r="G381" s="47" t="s">
+        <v>601</v>
+      </c>
+      <c r="H381" s="44" t="s">
+        <v>713</v>
+      </c>
+      <c r="I381" s="47" t="s">
+        <v>714</v>
+      </c>
+      <c r="J381" s="47"/>
+      <c r="K381" s="47"/>
+      <c r="L381" s="44" t="s">
+        <v>602</v>
+      </c>
+      <c r="M381" s="47" t="s">
+        <v>715</v>
+      </c>
+      <c r="N381" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="382" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="37"/>
+      <c r="B382" s="11"/>
+      <c r="C382" s="38"/>
+      <c r="D382" s="125"/>
+      <c r="E382" s="40"/>
+      <c r="F382" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G382" s="47"/>
+      <c r="H382" s="47"/>
+      <c r="I382" s="47"/>
+      <c r="J382" s="47"/>
+      <c r="K382" s="47"/>
+      <c r="L382" s="47"/>
+      <c r="M382" s="47"/>
+      <c r="N382" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O382" s="31"/>
+      <c r="P382" s="31"/>
+      <c r="Q382" s="32"/>
+      <c r="R382" s="71"/>
+    </row>
+    <row r="383" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B383" s="161"/>
+      <c r="C383" s="49" t="s">
+        <v>716</v>
+      </c>
+      <c r="D383" s="139"/>
+      <c r="E383" s="51" t="s">
+        <v>621</v>
+      </c>
+      <c r="F383" s="52" t="s">
+        <v>717</v>
+      </c>
+      <c r="G383" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H383" s="29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I383" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J383" s="28"/>
+      <c r="K383" s="28"/>
+      <c r="L383" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M383" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N383" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="384" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="48"/>
+      <c r="B384" s="161"/>
+      <c r="C384" s="49"/>
+      <c r="D384" s="139"/>
+      <c r="E384" s="51"/>
+      <c r="F384" s="52" t="s">
+        <v>718</v>
+      </c>
+      <c r="G384" s="53" t="s">
+        <v>719</v>
+      </c>
+      <c r="H384" s="29" t="s">
+        <v>720</v>
+      </c>
+      <c r="I384" s="28"/>
+      <c r="J384" s="28"/>
+      <c r="K384" s="28"/>
+      <c r="L384" s="29" t="s">
+        <v>721</v>
+      </c>
+      <c r="M384" s="28" t="s">
+        <v>722</v>
+      </c>
+      <c r="N384" s="55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="385" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="48"/>
+      <c r="B385" s="161"/>
+      <c r="C385" s="49"/>
+      <c r="D385" s="139"/>
+      <c r="E385" s="51"/>
+      <c r="F385" s="52" t="s">
+        <v>699</v>
+      </c>
+      <c r="G385" s="28"/>
+      <c r="H385" s="28"/>
+      <c r="I385" s="28"/>
+      <c r="J385" s="28"/>
+      <c r="K385" s="28"/>
+      <c r="L385" s="28"/>
+      <c r="M385" s="28"/>
+      <c r="N385" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="R385" s="33"/>
+    </row>
+    <row r="386" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="48"/>
+      <c r="B386" s="161"/>
+      <c r="C386" s="49"/>
+      <c r="D386" s="139"/>
+      <c r="E386" s="51"/>
+      <c r="F386" s="81" t="s">
+        <v>723</v>
+      </c>
+      <c r="G386" s="53" t="s">
+        <v>631</v>
+      </c>
+      <c r="H386" s="28"/>
+      <c r="I386" s="28"/>
+      <c r="J386" s="28"/>
+      <c r="K386" s="28"/>
+      <c r="L386" s="29" t="s">
+        <v>724</v>
+      </c>
+      <c r="M386" s="28"/>
+      <c r="N386" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="387" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B387" s="11"/>
+      <c r="C387" s="12" t="s">
+        <v>725</v>
+      </c>
+      <c r="D387" s="141" t="s">
+        <v>726</v>
+      </c>
+      <c r="E387" s="61" t="s">
+        <v>621</v>
+      </c>
+      <c r="F387" s="14" t="s">
+        <v>717</v>
+      </c>
+      <c r="G387" s="16" t="s">
+        <v>645</v>
+      </c>
+      <c r="H387" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="I387" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="J387" s="16"/>
+      <c r="K387" s="16"/>
+      <c r="L387" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="M387" s="16" t="s">
+        <v>308</v>
+      </c>
+      <c r="N387" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="388" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="10"/>
+      <c r="B388" s="11"/>
+      <c r="C388" s="12"/>
+      <c r="D388" s="143"/>
+      <c r="E388" s="61"/>
+      <c r="F388" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="G388" s="16"/>
+      <c r="H388" s="16"/>
+      <c r="I388" s="16"/>
+      <c r="J388" s="16"/>
+      <c r="K388" s="16"/>
+      <c r="L388" s="16"/>
+      <c r="M388" s="16"/>
+      <c r="N388" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="O388" s="197"/>
+      <c r="P388" s="197"/>
+      <c r="Q388" s="198"/>
+    </row>
+    <row r="389" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="10"/>
+      <c r="B389" s="11"/>
+      <c r="C389" s="12"/>
+      <c r="D389" s="143"/>
+      <c r="E389" s="61"/>
+      <c r="F389" s="14" t="s">
+        <v>727</v>
+      </c>
+      <c r="G389" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H389" s="17" t="s">
+        <v>728</v>
+      </c>
+      <c r="I389" s="16" t="s">
+        <v>729</v>
+      </c>
+      <c r="J389" s="16"/>
+      <c r="K389" s="16"/>
+      <c r="L389" s="17" t="s">
+        <v>276</v>
+      </c>
+      <c r="M389" s="16" t="s">
+        <v>730</v>
+      </c>
+      <c r="N389" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="O389" s="31"/>
+      <c r="P389" s="31"/>
+      <c r="Q389" s="32"/>
+    </row>
+    <row r="390" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="10"/>
+      <c r="B390" s="11"/>
+      <c r="C390" s="12"/>
+      <c r="D390" s="123"/>
+      <c r="E390" s="61"/>
+      <c r="F390" s="14" t="s">
+        <v>731</v>
+      </c>
+      <c r="G390" s="34" t="s">
+        <v>732</v>
+      </c>
+      <c r="H390" s="17" t="s">
+        <v>733</v>
+      </c>
+      <c r="I390" s="16"/>
+      <c r="J390" s="16"/>
+      <c r="K390" s="16"/>
+      <c r="L390" s="16"/>
+      <c r="M390" s="16" t="s">
+        <v>734</v>
+      </c>
+      <c r="N390" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="R390" s="33"/>
+    </row>
+    <row r="391" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B391" s="11" t="s">
+        <v>735</v>
+      </c>
+      <c r="C391" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="D391" s="124" t="s">
+        <v>737</v>
+      </c>
+      <c r="E391" s="40" t="s">
+        <v>738</v>
+      </c>
+      <c r="F391" s="41" t="s">
+        <v>739</v>
+      </c>
+      <c r="G391" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H391" s="116"/>
+      <c r="I391" s="116"/>
+      <c r="J391" s="116"/>
+      <c r="K391" s="116"/>
+      <c r="L391" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M391" s="116"/>
+      <c r="N391" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="392" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="37"/>
+      <c r="B392" s="11"/>
+      <c r="C392" s="38"/>
+      <c r="D392" s="125"/>
+      <c r="E392" s="40"/>
+      <c r="F392" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G392" s="42"/>
+      <c r="H392" s="44"/>
+      <c r="I392" s="47"/>
+      <c r="J392" s="47"/>
+      <c r="K392" s="47"/>
+      <c r="L392" s="44"/>
+      <c r="M392" s="47"/>
+      <c r="N392" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="393" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="37"/>
+      <c r="B393" s="11"/>
+      <c r="C393" s="38"/>
+      <c r="D393" s="125"/>
+      <c r="E393" s="40"/>
+      <c r="F393" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G393" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H393" s="116"/>
+      <c r="I393" s="116"/>
+      <c r="J393" s="116"/>
+      <c r="K393" s="116"/>
+      <c r="L393" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M393" s="116"/>
+      <c r="N393" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R393" s="62"/>
+    </row>
+    <row r="394" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="37"/>
+      <c r="B394" s="11"/>
+      <c r="C394" s="38"/>
+      <c r="D394" s="125"/>
+      <c r="E394" s="40"/>
+      <c r="F394" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G394" s="47"/>
+      <c r="H394" s="47"/>
+      <c r="I394" s="47"/>
+      <c r="J394" s="47"/>
+      <c r="K394" s="47"/>
+      <c r="L394" s="47"/>
+      <c r="M394" s="47"/>
+      <c r="N394" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O394" s="117"/>
+      <c r="P394" s="117"/>
+      <c r="Q394" s="118"/>
+      <c r="R394" s="62"/>
+    </row>
+    <row r="395" spans="1:18" ht="31.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B395" s="11"/>
+      <c r="C395" s="49" t="s">
+        <v>740</v>
+      </c>
+      <c r="D395" s="50"/>
+      <c r="E395" s="51" t="s">
+        <v>741</v>
+      </c>
+      <c r="F395" s="81" t="s">
+        <v>607</v>
+      </c>
+      <c r="G395" s="73" t="s">
+        <v>608</v>
+      </c>
+      <c r="H395" s="29" t="s">
+        <v>609</v>
+      </c>
+      <c r="I395" s="130" t="s">
+        <v>610</v>
+      </c>
+      <c r="J395" s="130"/>
+      <c r="K395" s="130"/>
+      <c r="L395" s="29" t="s">
+        <v>611</v>
+      </c>
+      <c r="M395" s="130" t="s">
+        <v>612</v>
+      </c>
+      <c r="N395" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R395" s="33"/>
+    </row>
+    <row r="396" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A396" s="48"/>
+      <c r="B396" s="11"/>
+      <c r="C396" s="49"/>
+      <c r="D396" s="50"/>
+      <c r="E396" s="51"/>
+      <c r="F396" s="228" t="s">
+        <v>28</v>
+      </c>
+      <c r="G396" s="28"/>
+      <c r="H396" s="28"/>
+      <c r="I396" s="28"/>
+      <c r="J396" s="28"/>
+      <c r="K396" s="28"/>
+      <c r="L396" s="28"/>
+      <c r="M396" s="28"/>
+      <c r="N396" s="229" t="s">
+        <v>33</v>
+      </c>
+      <c r="O396" s="78"/>
+      <c r="P396" s="78"/>
+      <c r="Q396" s="79"/>
+      <c r="R396" s="33"/>
+    </row>
+    <row r="397" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="48"/>
+      <c r="B397" s="11"/>
+      <c r="C397" s="49"/>
+      <c r="D397" s="50"/>
+      <c r="E397" s="51"/>
+      <c r="F397" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G397" s="28"/>
+      <c r="H397" s="28"/>
+      <c r="I397" s="28"/>
+      <c r="J397" s="28"/>
+      <c r="K397" s="28"/>
+      <c r="L397" s="28"/>
+      <c r="M397" s="28"/>
+      <c r="N397" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O397" s="78"/>
+      <c r="P397" s="78"/>
+      <c r="Q397" s="79"/>
+      <c r="R397" s="33"/>
+    </row>
+    <row r="398" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="48"/>
+      <c r="B398" s="11"/>
+      <c r="C398" s="49"/>
+      <c r="D398" s="119" t="s">
+        <v>742</v>
+      </c>
+      <c r="E398" s="51"/>
+      <c r="F398" s="230" t="s">
+        <v>28</v>
+      </c>
+      <c r="G398" s="56"/>
+      <c r="H398" s="56"/>
+      <c r="I398" s="56"/>
+      <c r="J398" s="56"/>
+      <c r="K398" s="56"/>
+      <c r="L398" s="56"/>
+      <c r="M398" s="56"/>
+      <c r="N398" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O398" s="231"/>
+      <c r="P398" s="231"/>
+      <c r="Q398" s="232"/>
+    </row>
+    <row r="399" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B399" s="161"/>
+      <c r="C399" s="12" t="s">
+        <v>743</v>
+      </c>
+      <c r="D399" s="143"/>
+      <c r="E399" s="61" t="s">
+        <v>621</v>
+      </c>
+      <c r="F399" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G399" s="47"/>
+      <c r="H399" s="47"/>
+      <c r="I399" s="47"/>
+      <c r="J399" s="47"/>
+      <c r="K399" s="47"/>
+      <c r="L399" s="44" t="s">
+        <v>705</v>
+      </c>
+      <c r="M399" s="47"/>
+      <c r="N399" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O399" s="93"/>
+      <c r="P399" s="93"/>
+      <c r="Q399" s="94"/>
+      <c r="R399" s="33"/>
+    </row>
+    <row r="400" spans="1:18" ht="27" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="10"/>
+      <c r="B400" s="161"/>
+      <c r="C400" s="12"/>
+      <c r="D400" s="143"/>
+      <c r="E400" s="61"/>
+      <c r="F400" s="36" t="s">
+        <v>744</v>
+      </c>
+      <c r="G400" s="34" t="s">
+        <v>196</v>
+      </c>
+      <c r="H400" s="17" t="s">
+        <v>420</v>
+      </c>
+      <c r="I400" s="16" t="s">
+        <v>421</v>
+      </c>
+      <c r="J400" s="16"/>
+      <c r="K400" s="16"/>
+      <c r="L400" s="17" t="s">
+        <v>197</v>
+      </c>
+      <c r="M400" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="N400" s="15" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="401" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="10"/>
+      <c r="B401" s="161" t="s">
+        <v>150</v>
+      </c>
+      <c r="C401" s="12"/>
+      <c r="D401" s="141" t="s">
+        <v>745</v>
+      </c>
+      <c r="E401" s="61"/>
+      <c r="F401" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G401" s="28"/>
+      <c r="H401" s="28"/>
+      <c r="I401" s="28"/>
+      <c r="J401" s="28"/>
+      <c r="K401" s="28"/>
+      <c r="L401" s="28"/>
+      <c r="M401" s="28"/>
+      <c r="N401" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O401" s="31"/>
+      <c r="P401" s="31"/>
+      <c r="Q401" s="32"/>
+      <c r="R401" s="33"/>
+    </row>
+    <row r="402" spans="1:18" ht="27" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="10"/>
+      <c r="B402" s="161"/>
+      <c r="C402" s="12"/>
+      <c r="D402" s="143"/>
+      <c r="E402" s="61"/>
+      <c r="F402" s="14" t="s">
+        <v>746</v>
+      </c>
+      <c r="G402" s="34" t="s">
+        <v>196</v>
+      </c>
+      <c r="H402" s="17" t="s">
+        <v>420</v>
+      </c>
+      <c r="I402" s="16" t="s">
+        <v>421</v>
+      </c>
+      <c r="J402" s="16"/>
+      <c r="K402" s="16"/>
+      <c r="L402" s="17" t="s">
+        <v>197</v>
+      </c>
+      <c r="M402" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="N402" s="15" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="403" spans="1:18" ht="29.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B403" s="11"/>
+      <c r="C403" s="38" t="s">
+        <v>748</v>
+      </c>
+      <c r="D403" s="124" t="s">
+        <v>749</v>
+      </c>
+      <c r="E403" s="40" t="s">
+        <v>750</v>
+      </c>
+      <c r="F403" s="41" t="s">
+        <v>751</v>
+      </c>
+      <c r="G403" s="42" t="s">
+        <v>114</v>
+      </c>
+      <c r="H403" s="47"/>
+      <c r="I403" s="47"/>
+      <c r="J403" s="47"/>
+      <c r="K403" s="47"/>
+      <c r="L403" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="M403" s="47"/>
+      <c r="N403" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="404" spans="1:18" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="37"/>
+      <c r="B404" s="11"/>
+      <c r="C404" s="38"/>
+      <c r="D404" s="125"/>
+      <c r="E404" s="40"/>
+      <c r="F404" s="68" t="s">
+        <v>752</v>
+      </c>
+      <c r="G404" s="42" t="s">
+        <v>114</v>
+      </c>
+      <c r="H404" s="47"/>
+      <c r="I404" s="47"/>
+      <c r="J404" s="47"/>
+      <c r="K404" s="47"/>
+      <c r="L404" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="M404" s="47"/>
+      <c r="N404" s="45" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="405" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="37"/>
+      <c r="B405" s="11"/>
+      <c r="C405" s="38"/>
+      <c r="D405" s="125"/>
+      <c r="E405" s="40"/>
+      <c r="F405" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G405" s="47"/>
+      <c r="H405" s="47"/>
+      <c r="I405" s="47"/>
+      <c r="J405" s="47"/>
+      <c r="K405" s="47"/>
+      <c r="L405" s="44" t="s">
+        <v>705</v>
+      </c>
+      <c r="M405" s="47"/>
+      <c r="N405" s="27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="406" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="37"/>
+      <c r="B406" s="11"/>
+      <c r="C406" s="38"/>
+      <c r="D406" s="125"/>
+      <c r="E406" s="40"/>
+      <c r="F406" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G406" s="42" t="s">
+        <v>252</v>
+      </c>
+      <c r="H406" s="47"/>
+      <c r="I406" s="47"/>
+      <c r="J406" s="47"/>
+      <c r="K406" s="47"/>
+      <c r="L406" s="44" t="s">
+        <v>254</v>
+      </c>
+      <c r="M406" s="47"/>
+      <c r="N406" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R406" s="33"/>
+    </row>
+    <row r="407" spans="1:18" ht="34.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B407" s="11"/>
+      <c r="C407" s="49" t="s">
+        <v>753</v>
+      </c>
+      <c r="D407" s="119" t="s">
+        <v>754</v>
+      </c>
+      <c r="E407" s="51" t="s">
+        <v>755</v>
+      </c>
+      <c r="F407" s="52" t="s">
+        <v>225</v>
+      </c>
+      <c r="G407" s="28" t="s">
+        <v>216</v>
+      </c>
+      <c r="H407" s="29" t="s">
+        <v>226</v>
+      </c>
+      <c r="I407" s="28" t="s">
+        <v>227</v>
+      </c>
+      <c r="J407" s="28"/>
+      <c r="K407" s="28"/>
+      <c r="L407" s="29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M407" s="28" t="s">
+        <v>218</v>
+      </c>
+      <c r="N407" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="408" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="48"/>
+      <c r="B408" s="11"/>
+      <c r="C408" s="49"/>
+      <c r="D408" s="50"/>
+      <c r="E408" s="51"/>
+      <c r="F408" s="230" t="s">
+        <v>28</v>
+      </c>
+      <c r="G408" s="56"/>
+      <c r="H408" s="56"/>
+      <c r="I408" s="56"/>
+      <c r="J408" s="56"/>
+      <c r="K408" s="56"/>
+      <c r="L408" s="56"/>
+      <c r="M408" s="56"/>
+      <c r="N408" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O408" s="231"/>
+      <c r="P408" s="231"/>
+      <c r="Q408" s="232"/>
+    </row>
+    <row r="409" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="48"/>
+      <c r="B409" s="11"/>
+      <c r="C409" s="49"/>
+      <c r="D409" s="50"/>
+      <c r="E409" s="51"/>
+      <c r="F409" s="184" t="s">
+        <v>340</v>
+      </c>
+      <c r="G409" s="186" t="s">
+        <v>216</v>
+      </c>
+      <c r="H409" s="187" t="s">
+        <v>226</v>
+      </c>
+      <c r="I409" s="186" t="s">
+        <v>227</v>
+      </c>
+      <c r="J409" s="186"/>
+      <c r="K409" s="186"/>
+      <c r="L409" s="187" t="s">
+        <v>217</v>
+      </c>
+      <c r="M409" s="186" t="s">
+        <v>218</v>
+      </c>
+      <c r="N409" s="185" t="s">
+        <v>35</v>
+      </c>
+      <c r="O409" s="31"/>
+      <c r="P409" s="31"/>
+      <c r="Q409" s="32"/>
+      <c r="R409" s="171" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="410" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="48"/>
+      <c r="B410" s="11"/>
+      <c r="C410" s="49"/>
+      <c r="D410" s="50"/>
+      <c r="E410" s="51"/>
+      <c r="F410" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G410" s="28"/>
+      <c r="H410" s="28"/>
+      <c r="I410" s="28"/>
+      <c r="J410" s="28"/>
+      <c r="K410" s="28"/>
+      <c r="L410" s="28"/>
+      <c r="M410" s="28"/>
+      <c r="N410" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O410" s="78"/>
+      <c r="P410" s="78"/>
+      <c r="Q410" s="79"/>
+    </row>
+    <row r="411" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B411" s="11"/>
+      <c r="C411" s="12" t="s">
+        <v>757</v>
+      </c>
+      <c r="D411" s="141" t="s">
+        <v>758</v>
+      </c>
+      <c r="E411" s="61" t="s">
+        <v>605</v>
+      </c>
+      <c r="F411" s="36" t="s">
+        <v>759</v>
+      </c>
+      <c r="G411" s="16"/>
+      <c r="H411" s="17"/>
+      <c r="I411" s="16"/>
+      <c r="J411" s="16"/>
+      <c r="K411" s="16"/>
+      <c r="L411" s="17"/>
+      <c r="M411" s="16"/>
+      <c r="N411" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R411" s="33"/>
+    </row>
+    <row r="412" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="10"/>
+      <c r="B412" s="11"/>
+      <c r="C412" s="12"/>
+      <c r="D412" s="143"/>
+      <c r="E412" s="61"/>
+      <c r="F412" s="233" t="s">
+        <v>760</v>
+      </c>
+      <c r="G412" s="235"/>
+      <c r="H412" s="235"/>
+      <c r="I412" s="235"/>
+      <c r="J412" s="235"/>
+      <c r="K412" s="235"/>
+      <c r="L412" s="235"/>
+      <c r="M412" s="235"/>
+      <c r="N412" s="234" t="s">
+        <v>33</v>
+      </c>
+      <c r="O412" s="59"/>
+      <c r="P412" s="59"/>
+      <c r="Q412" s="60"/>
+      <c r="R412" s="207"/>
+    </row>
+    <row r="413" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="10"/>
+      <c r="B413" s="11"/>
+      <c r="C413" s="12"/>
+      <c r="D413" s="143"/>
+      <c r="E413" s="61"/>
+      <c r="F413" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G413" s="47"/>
+      <c r="H413" s="47"/>
+      <c r="I413" s="47"/>
+      <c r="J413" s="47"/>
+      <c r="K413" s="47"/>
+      <c r="L413" s="47"/>
+      <c r="M413" s="47"/>
+      <c r="N413" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="414" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="10"/>
+      <c r="B414" s="11"/>
+      <c r="C414" s="12"/>
+      <c r="D414" s="143"/>
+      <c r="E414" s="61"/>
+      <c r="F414" s="14" t="s">
+        <v>600</v>
+      </c>
+      <c r="G414" s="16" t="s">
+        <v>601</v>
+      </c>
+      <c r="H414" s="17" t="s">
+        <v>713</v>
+      </c>
+      <c r="I414" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="J414" s="16"/>
+      <c r="K414" s="16"/>
+      <c r="L414" s="17" t="s">
+        <v>602</v>
+      </c>
+      <c r="M414" s="16"/>
+      <c r="N414" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O414" s="199"/>
+      <c r="P414" s="199"/>
+      <c r="Q414" s="200"/>
+      <c r="R414" s="62"/>
+    </row>
+    <row r="415" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B415" s="11"/>
+      <c r="C415" s="38" t="s">
+        <v>761</v>
+      </c>
+      <c r="D415" s="124" t="s">
+        <v>762</v>
+      </c>
+      <c r="E415" s="40" t="s">
+        <v>763</v>
+      </c>
+      <c r="F415" s="36" t="s">
+        <v>764</v>
+      </c>
+      <c r="G415" s="34" t="s">
+        <v>196</v>
+      </c>
+      <c r="H415" s="16"/>
+      <c r="I415" s="16"/>
+      <c r="J415" s="16"/>
+      <c r="K415" s="16"/>
+      <c r="L415" s="17" t="s">
+        <v>197</v>
+      </c>
+      <c r="M415" s="16"/>
+      <c r="N415" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="R415" s="33"/>
+    </row>
+    <row r="416" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="37"/>
+      <c r="B416" s="11"/>
+      <c r="C416" s="38"/>
+      <c r="D416" s="125"/>
+      <c r="E416" s="40"/>
+      <c r="F416" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G416" s="47"/>
+      <c r="H416" s="47"/>
+      <c r="I416" s="47"/>
+      <c r="J416" s="47"/>
+      <c r="K416" s="47"/>
+      <c r="L416" s="47"/>
+      <c r="M416" s="47"/>
+      <c r="N416" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="417" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="37"/>
+      <c r="B417" s="11"/>
+      <c r="C417" s="38"/>
+      <c r="D417" s="125"/>
+      <c r="E417" s="40"/>
+      <c r="F417" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G417" s="47"/>
+      <c r="H417" s="47"/>
+      <c r="I417" s="47"/>
+      <c r="J417" s="47"/>
+      <c r="K417" s="47"/>
+      <c r="L417" s="47"/>
+      <c r="M417" s="47"/>
+      <c r="N417" s="27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="418" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="37"/>
+      <c r="B418" s="11"/>
+      <c r="C418" s="38"/>
+      <c r="D418" s="125"/>
+      <c r="E418" s="40"/>
+      <c r="F418" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G418" s="47"/>
+      <c r="H418" s="47"/>
+      <c r="I418" s="47"/>
+      <c r="J418" s="47"/>
+      <c r="K418" s="47"/>
+      <c r="L418" s="47"/>
+      <c r="M418" s="47"/>
+      <c r="N418" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="419" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A419" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B419" s="11"/>
+      <c r="C419" s="49" t="s">
+        <v>765</v>
+      </c>
+      <c r="D419" s="138" t="s">
+        <v>766</v>
+      </c>
+      <c r="E419" s="51" t="s">
+        <v>767</v>
+      </c>
+      <c r="F419" s="52" t="s">
+        <v>768</v>
+      </c>
+      <c r="G419" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H419" s="29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I419" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J419" s="28"/>
+      <c r="K419" s="28"/>
+      <c r="L419" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M419" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N419" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="420" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="48"/>
+      <c r="B420" s="11"/>
+      <c r="C420" s="49"/>
+      <c r="D420" s="139"/>
+      <c r="E420" s="51"/>
+      <c r="F420" s="81" t="s">
+        <v>769</v>
+      </c>
+      <c r="G420" s="130" t="s">
+        <v>275</v>
+      </c>
+      <c r="H420" s="135" t="s">
+        <v>728</v>
+      </c>
+      <c r="I420" s="130" t="s">
+        <v>729</v>
+      </c>
+      <c r="J420" s="130"/>
+      <c r="K420" s="130"/>
+      <c r="L420" s="135" t="s">
+        <v>276</v>
+      </c>
+      <c r="M420" s="130" t="s">
+        <v>730</v>
+      </c>
+      <c r="N420" s="75" t="s">
+        <v>35</v>
+      </c>
+      <c r="O420" s="236"/>
+      <c r="P420" s="236"/>
+      <c r="Q420" s="237"/>
+      <c r="R420" s="207"/>
+    </row>
+    <row r="421" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="48"/>
+      <c r="B421" s="11"/>
+      <c r="C421" s="49"/>
+      <c r="D421" s="139"/>
+      <c r="E421" s="51"/>
+      <c r="F421" s="52" t="s">
+        <v>727</v>
+      </c>
+      <c r="G421" s="28" t="s">
+        <v>275</v>
+      </c>
+      <c r="H421" s="29" t="s">
+        <v>728</v>
+      </c>
+      <c r="I421" s="28" t="s">
+        <v>729</v>
+      </c>
+      <c r="J421" s="28"/>
+      <c r="K421" s="28"/>
+      <c r="L421" s="29" t="s">
+        <v>276</v>
+      </c>
+      <c r="M421" s="28" t="s">
+        <v>730</v>
+      </c>
+      <c r="N421" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="O421" s="31"/>
+      <c r="P421" s="31"/>
+      <c r="Q421" s="32"/>
+    </row>
+    <row r="422" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="48"/>
+      <c r="B422" s="11"/>
+      <c r="C422" s="49"/>
+      <c r="D422" s="139"/>
+      <c r="E422" s="51"/>
+      <c r="F422" s="81" t="s">
+        <v>770</v>
+      </c>
+      <c r="G422" s="28" t="s">
+        <v>281</v>
+      </c>
+      <c r="H422" s="28"/>
+      <c r="I422" s="28"/>
+      <c r="J422" s="28"/>
+      <c r="K422" s="28"/>
+      <c r="L422" s="29" t="s">
+        <v>284</v>
+      </c>
+      <c r="M422" s="28"/>
+      <c r="N422" s="55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="423" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B423" s="11"/>
+      <c r="C423" s="12" t="s">
+        <v>771</v>
+      </c>
+      <c r="D423" s="141" t="s">
+        <v>772</v>
+      </c>
+      <c r="E423" s="61" t="s">
+        <v>750</v>
+      </c>
+      <c r="F423" s="36" t="s">
+        <v>702</v>
+      </c>
+      <c r="G423" s="106" t="s">
+        <v>703</v>
+      </c>
+      <c r="H423" s="142"/>
+      <c r="I423" s="142" t="s">
+        <v>704</v>
+      </c>
+      <c r="J423" s="142"/>
+      <c r="K423" s="142"/>
+      <c r="L423" s="17" t="s">
+        <v>705</v>
+      </c>
+      <c r="M423" s="142" t="s">
+        <v>706</v>
+      </c>
+      <c r="N423" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" s="31"/>
+      <c r="P423" s="31"/>
+      <c r="Q423" s="32"/>
+      <c r="R423" s="33"/>
+    </row>
+    <row r="424" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="10"/>
+      <c r="B424" s="11"/>
+      <c r="C424" s="12"/>
+      <c r="D424" s="143"/>
+      <c r="E424" s="61"/>
+      <c r="F424" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G424" s="34" t="s">
+        <v>252</v>
+      </c>
+      <c r="H424" s="17" t="s">
+        <v>253</v>
+      </c>
+      <c r="I424" s="16"/>
+      <c r="J424" s="16"/>
+      <c r="K424" s="16"/>
+      <c r="L424" s="17" t="s">
+        <v>254</v>
+      </c>
+      <c r="M424" s="238" t="s">
+        <v>255</v>
+      </c>
+      <c r="N424" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R424" s="62"/>
+    </row>
+    <row r="425" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="10"/>
+      <c r="B425" s="11"/>
+      <c r="C425" s="12"/>
+      <c r="D425" s="143"/>
+      <c r="E425" s="61"/>
+      <c r="F425" s="36" t="s">
+        <v>764</v>
+      </c>
+      <c r="G425" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="D11" s="11" t="s">
-[...7 lines deleted...]
-      <c r="B12" s="4" t="s">
+      <c r="H425" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="I425" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...7 lines deleted...]
-      <c r="B13" s="7" t="s">
+      <c r="J425" s="16"/>
+      <c r="K425" s="16"/>
+      <c r="L425" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M425" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N425" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="426" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="10"/>
+      <c r="B426" s="11"/>
+      <c r="C426" s="12"/>
+      <c r="D426" s="143"/>
+      <c r="E426" s="61"/>
+      <c r="F426" s="36" t="s">
+        <v>671</v>
+      </c>
+      <c r="G426" s="16"/>
+      <c r="H426" s="16"/>
+      <c r="I426" s="16"/>
+      <c r="J426" s="16"/>
+      <c r="K426" s="16"/>
+      <c r="L426" s="16"/>
+      <c r="M426" s="16"/>
+      <c r="N426" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O426" s="78"/>
+      <c r="P426" s="78"/>
+      <c r="Q426" s="79"/>
+    </row>
+    <row r="427" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B427" s="11"/>
+      <c r="C427" s="38" t="s">
+        <v>773</v>
+      </c>
+      <c r="D427" s="124" t="s">
+        <v>774</v>
+      </c>
+      <c r="E427" s="40" t="s">
+        <v>621</v>
+      </c>
+      <c r="F427" s="41" t="s">
+        <v>744</v>
+      </c>
+      <c r="G427" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H427" s="44" t="s">
+        <v>420</v>
+      </c>
+      <c r="I427" s="47" t="s">
+        <v>421</v>
+      </c>
+      <c r="J427" s="47"/>
+      <c r="K427" s="47"/>
+      <c r="L427" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M427" s="47" t="s">
+        <v>422</v>
+      </c>
+      <c r="N427" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R427" s="33"/>
+    </row>
+    <row r="428" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="37"/>
+      <c r="B428" s="11"/>
+      <c r="C428" s="38"/>
+      <c r="D428" s="125"/>
+      <c r="E428" s="40"/>
+      <c r="F428" s="41" t="s">
+        <v>775</v>
+      </c>
+      <c r="G428" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="H428" s="44" t="s">
+        <v>420</v>
+      </c>
+      <c r="I428" s="47" t="s">
+        <v>421</v>
+      </c>
+      <c r="J428" s="47"/>
+      <c r="K428" s="47"/>
+      <c r="L428" s="44" t="s">
+        <v>197</v>
+      </c>
+      <c r="M428" s="47" t="s">
+        <v>422</v>
+      </c>
+      <c r="N428" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="O428" s="31"/>
+      <c r="P428" s="31"/>
+      <c r="Q428" s="32"/>
+      <c r="R428" s="33"/>
+    </row>
+    <row r="429" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="37"/>
+      <c r="B429" s="11"/>
+      <c r="C429" s="38"/>
+      <c r="D429" s="125"/>
+      <c r="E429" s="40"/>
+      <c r="F429" s="41" t="s">
+        <v>776</v>
+      </c>
+      <c r="G429" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H429" s="44" t="s">
+        <v>282</v>
+      </c>
+      <c r="I429" s="47" t="s">
+        <v>283</v>
+      </c>
+      <c r="J429" s="47"/>
+      <c r="K429" s="47"/>
+      <c r="L429" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M429" s="47" t="s">
+        <v>285</v>
+      </c>
+      <c r="N429" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R429" s="33"/>
+    </row>
+    <row r="430" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="37"/>
+      <c r="B430" s="11"/>
+      <c r="C430" s="38"/>
+      <c r="D430" s="125"/>
+      <c r="E430" s="40"/>
+      <c r="F430" s="68" t="s">
+        <v>777</v>
+      </c>
+      <c r="G430" s="126"/>
+      <c r="H430" s="126"/>
+      <c r="I430" s="126"/>
+      <c r="J430" s="126"/>
+      <c r="K430" s="126"/>
+      <c r="L430" s="126"/>
+      <c r="M430" s="126"/>
+      <c r="N430" s="97" t="s">
+        <v>37</v>
+      </c>
+      <c r="O430" s="162"/>
+      <c r="P430" s="162"/>
+      <c r="Q430" s="163"/>
+      <c r="R430" s="62"/>
+    </row>
+    <row r="431" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B431" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="C431" s="49" t="s">
+        <v>778</v>
+      </c>
+      <c r="D431" s="119" t="s">
+        <v>779</v>
+      </c>
+      <c r="E431" s="51" t="s">
+        <v>780</v>
+      </c>
+      <c r="F431" s="52" t="s">
+        <v>781</v>
+      </c>
+      <c r="G431" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H431" s="29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I431" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J431" s="28"/>
+      <c r="K431" s="28"/>
+      <c r="L431" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M431" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N431" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="432" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="48"/>
+      <c r="B432" s="11"/>
+      <c r="C432" s="49"/>
+      <c r="D432" s="50"/>
+      <c r="E432" s="51"/>
+      <c r="F432" s="81" t="s">
+        <v>782</v>
+      </c>
+      <c r="G432" s="28"/>
+      <c r="H432" s="28"/>
+      <c r="I432" s="28"/>
+      <c r="J432" s="28"/>
+      <c r="K432" s="28"/>
+      <c r="L432" s="28"/>
+      <c r="M432" s="28"/>
+      <c r="N432" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O432" s="78"/>
+      <c r="P432" s="78"/>
+      <c r="Q432" s="79"/>
+      <c r="R432" s="33"/>
+    </row>
+    <row r="433" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="48"/>
+      <c r="B433" s="11"/>
+      <c r="C433" s="49"/>
+      <c r="D433" s="50"/>
+      <c r="E433" s="51"/>
+      <c r="F433" s="81" t="s">
+        <v>764</v>
+      </c>
+      <c r="G433" s="73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H433" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="I433" s="28" t="s">
         <v>24</v>
       </c>
-      <c r="D13" s="8" t="s">
-[...7 lines deleted...]
-      <c r="B14" s="10" t="s">
+      <c r="J433" s="28"/>
+      <c r="K433" s="28"/>
+      <c r="L433" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="C14" s="10" t="s">
+      <c r="M433" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="D14" s="11" t="s">
-[...7 lines deleted...]
-      <c r="B15" s="4" t="s">
+      <c r="N433" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O433" s="78"/>
+      <c r="P433" s="78"/>
+      <c r="Q433" s="79"/>
+    </row>
+    <row r="434" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="48"/>
+      <c r="B434" s="11"/>
+      <c r="C434" s="49"/>
+      <c r="D434" s="50"/>
+      <c r="E434" s="51"/>
+      <c r="F434" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G434" s="28"/>
+      <c r="H434" s="28"/>
+      <c r="I434" s="28"/>
+      <c r="J434" s="28"/>
+      <c r="K434" s="28"/>
+      <c r="L434" s="28"/>
+      <c r="M434" s="28"/>
+      <c r="N434" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O434" s="78"/>
+      <c r="P434" s="78"/>
+      <c r="Q434" s="79"/>
+      <c r="R434" s="33"/>
+    </row>
+    <row r="435" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B435" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C435" s="12" t="s">
+        <v>783</v>
+      </c>
+      <c r="D435" s="141" t="s">
+        <v>784</v>
+      </c>
+      <c r="E435" s="61" t="s">
+        <v>605</v>
+      </c>
+      <c r="F435" s="14" t="s">
+        <v>600</v>
+      </c>
+      <c r="G435" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="H435" s="16"/>
+      <c r="I435" s="16"/>
+      <c r="J435" s="16"/>
+      <c r="K435" s="16"/>
+      <c r="L435" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="M435" s="16"/>
+      <c r="N435" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="C15" s="4" t="s">
+    </row>
+    <row r="436" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="10"/>
+      <c r="B436" s="11"/>
+      <c r="C436" s="12"/>
+      <c r="D436" s="143"/>
+      <c r="E436" s="61"/>
+      <c r="F436" s="36" t="s">
+        <v>785</v>
+      </c>
+      <c r="G436" s="142"/>
+      <c r="H436" s="142"/>
+      <c r="I436" s="142"/>
+      <c r="J436" s="142"/>
+      <c r="K436" s="142"/>
+      <c r="L436" s="142"/>
+      <c r="M436" s="142"/>
+      <c r="N436" s="82" t="s">
+        <v>33</v>
+      </c>
+      <c r="O436" s="59"/>
+      <c r="P436" s="59"/>
+      <c r="Q436" s="60"/>
+      <c r="R436" s="71"/>
+    </row>
+    <row r="437" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="10"/>
+      <c r="B437" s="11"/>
+      <c r="C437" s="12"/>
+      <c r="D437" s="143"/>
+      <c r="E437" s="61"/>
+      <c r="F437" s="14" t="s">
+        <v>786</v>
+      </c>
+      <c r="G437" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="H437" s="16"/>
+      <c r="I437" s="16"/>
+      <c r="J437" s="16"/>
+      <c r="K437" s="16"/>
+      <c r="L437" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M437" s="16"/>
+      <c r="N437" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="438" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="10"/>
+      <c r="B438" s="11"/>
+      <c r="C438" s="12"/>
+      <c r="D438" s="143"/>
+      <c r="E438" s="61"/>
+      <c r="F438" s="26" t="s">
         <v>28</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...7 lines deleted...]
-      <c r="B16" s="7" t="s">
+      <c r="G438" s="16"/>
+      <c r="H438" s="16"/>
+      <c r="I438" s="16"/>
+      <c r="J438" s="16"/>
+      <c r="K438" s="16"/>
+      <c r="L438" s="16"/>
+      <c r="M438" s="16"/>
+      <c r="N438" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O438" s="168"/>
+      <c r="P438" s="168"/>
+      <c r="Q438" s="169"/>
+      <c r="R438" s="62"/>
+    </row>
+    <row r="439" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B439" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="C439" s="38" t="s">
+        <v>787</v>
+      </c>
+      <c r="D439" s="124" t="s">
+        <v>788</v>
+      </c>
+      <c r="E439" s="40" t="s">
+        <v>738</v>
+      </c>
+      <c r="F439" s="41" t="s">
+        <v>789</v>
+      </c>
+      <c r="G439" s="47" t="s">
+        <v>645</v>
+      </c>
+      <c r="H439" s="44" t="s">
+        <v>305</v>
+      </c>
+      <c r="I439" s="47" t="s">
+        <v>306</v>
+      </c>
+      <c r="J439" s="47"/>
+      <c r="K439" s="47"/>
+      <c r="L439" s="44" t="s">
+        <v>307</v>
+      </c>
+      <c r="M439" s="47" t="s">
+        <v>308</v>
+      </c>
+      <c r="N439" s="45" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="7" t="s">
+      <c r="R439" s="62"/>
+    </row>
+    <row r="440" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="37"/>
+      <c r="B440" s="11"/>
+      <c r="C440" s="38"/>
+      <c r="D440" s="125"/>
+      <c r="E440" s="40"/>
+      <c r="F440" s="26" t="s">
         <v>28</v>
       </c>
-      <c r="D16" s="8" t="s">
-[...63 lines deleted...]
-      <c r="B21" s="10" t="s">
+      <c r="G440" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H440" s="47"/>
+      <c r="I440" s="47"/>
+      <c r="J440" s="47"/>
+      <c r="K440" s="47"/>
+      <c r="L440" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M440" s="47"/>
+      <c r="N440" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="C21" s="10" t="s">
-[...10 lines deleted...]
-      <c r="B22" s="10" t="s">
+      <c r="R440" s="33"/>
+    </row>
+    <row r="441" spans="1:18" ht="31.9" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="37"/>
+      <c r="B441" s="11"/>
+      <c r="C441" s="38"/>
+      <c r="D441" s="125"/>
+      <c r="E441" s="40"/>
+      <c r="F441" s="68" t="s">
+        <v>790</v>
+      </c>
+      <c r="G441" s="42" t="s">
+        <v>791</v>
+      </c>
+      <c r="H441" s="44" t="s">
+        <v>792</v>
+      </c>
+      <c r="I441" s="47"/>
+      <c r="J441" s="47"/>
+      <c r="K441" s="47"/>
+      <c r="L441" s="44" t="s">
+        <v>793</v>
+      </c>
+      <c r="M441" s="47" t="s">
+        <v>794</v>
+      </c>
+      <c r="N441" s="45" t="s">
         <v>35</v>
       </c>
-      <c r="C22" s="10" t="s">
-[...10 lines deleted...]
-      <c r="B23" s="10" t="s">
+    </row>
+    <row r="442" spans="1:18" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="37"/>
+      <c r="B442" s="11"/>
+      <c r="C442" s="38"/>
+      <c r="D442" s="125"/>
+      <c r="E442" s="40"/>
+      <c r="F442" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G442" s="47" t="s">
+        <v>281</v>
+      </c>
+      <c r="H442" s="47"/>
+      <c r="I442" s="47"/>
+      <c r="J442" s="47"/>
+      <c r="K442" s="47"/>
+      <c r="L442" s="44" t="s">
+        <v>284</v>
+      </c>
+      <c r="M442" s="47"/>
+      <c r="N442" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="C23" s="10" t="s">
-[...1732 lines deleted...]
-      <c r="B147" s="4" t="s">
+    </row>
+    <row r="443" spans="1:18" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A443" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B443" s="11"/>
+      <c r="C443" s="49" t="s">
+        <v>795</v>
+      </c>
+      <c r="D443" s="138" t="s">
+        <v>796</v>
+      </c>
+      <c r="E443" s="51" t="s">
+        <v>621</v>
+      </c>
+      <c r="F443" s="52" t="s">
+        <v>797</v>
+      </c>
+      <c r="G443" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H443" s="29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I443" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J443" s="28"/>
+      <c r="K443" s="28"/>
+      <c r="L443" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M443" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N443" s="55" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="444" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A444" s="48"/>
+      <c r="B444" s="11"/>
+      <c r="C444" s="49"/>
+      <c r="D444" s="139"/>
+      <c r="E444" s="51"/>
+      <c r="F444" s="52" t="s">
+        <v>798</v>
+      </c>
+      <c r="G444" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H444" s="175" t="s">
+        <v>305</v>
+      </c>
+      <c r="I444" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J444" s="28"/>
+      <c r="K444" s="28"/>
+      <c r="L444" s="175" t="s">
+        <v>307</v>
+      </c>
+      <c r="M444" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N444" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="O444" s="168"/>
+      <c r="P444" s="168"/>
+      <c r="Q444" s="169"/>
+      <c r="R444" s="33"/>
+    </row>
+    <row r="445" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A445" s="48"/>
+      <c r="B445" s="11"/>
+      <c r="C445" s="49"/>
+      <c r="D445" s="139"/>
+      <c r="E445" s="51"/>
+      <c r="F445" s="81" t="s">
+        <v>799</v>
+      </c>
+      <c r="G445" s="28" t="s">
+        <v>275</v>
+      </c>
+      <c r="H445" s="29" t="s">
+        <v>728</v>
+      </c>
+      <c r="I445" s="28" t="s">
+        <v>729</v>
+      </c>
+      <c r="J445" s="28"/>
+      <c r="K445" s="28"/>
+      <c r="L445" s="29" t="s">
+        <v>276</v>
+      </c>
+      <c r="M445" s="28" t="s">
+        <v>730</v>
+      </c>
+      <c r="N445" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O445" s="59"/>
+      <c r="P445" s="59"/>
+      <c r="Q445" s="60"/>
+      <c r="R445" s="33"/>
+    </row>
+    <row r="446" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A446" s="48"/>
+      <c r="B446" s="11"/>
+      <c r="C446" s="49"/>
+      <c r="D446" s="139"/>
+      <c r="E446" s="51"/>
+      <c r="F446" s="81" t="s">
+        <v>800</v>
+      </c>
+      <c r="G446" s="53"/>
+      <c r="H446" s="29"/>
+      <c r="I446" s="28"/>
+      <c r="J446" s="28"/>
+      <c r="K446" s="28"/>
+      <c r="L446" s="29"/>
+      <c r="M446" s="28"/>
+      <c r="N446" s="55" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="447" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B447" s="11"/>
+      <c r="C447" s="12" t="s">
+        <v>801</v>
+      </c>
+      <c r="D447" s="143"/>
+      <c r="E447" s="239" t="s">
+        <v>802</v>
+      </c>
+      <c r="F447" s="36" t="s">
+        <v>803</v>
+      </c>
+      <c r="G447" s="34" t="s">
+        <v>246</v>
+      </c>
+      <c r="H447" s="17"/>
+      <c r="I447" s="16"/>
+      <c r="J447" s="16"/>
+      <c r="K447" s="16"/>
+      <c r="L447" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="M447" s="16"/>
+      <c r="N447" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="448" spans="1:18" ht="28.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="10"/>
+      <c r="B448" s="11"/>
+      <c r="C448" s="12"/>
+      <c r="D448" s="141" t="s">
+        <v>804</v>
+      </c>
+      <c r="E448" s="239"/>
+      <c r="F448" s="14" t="s">
+        <v>805</v>
+      </c>
+      <c r="G448" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H448" s="16"/>
+      <c r="I448" s="16"/>
+      <c r="J448" s="16"/>
+      <c r="K448" s="16"/>
+      <c r="L448" s="17" t="s">
+        <v>276</v>
+      </c>
+      <c r="M448" s="16"/>
+      <c r="N448" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="449" spans="1:18" ht="29.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="10"/>
+      <c r="B449" s="11"/>
+      <c r="C449" s="12"/>
+      <c r="D449" s="143"/>
+      <c r="E449" s="239"/>
+      <c r="F449" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G449" s="16"/>
+      <c r="H449" s="16"/>
+      <c r="I449" s="16"/>
+      <c r="J449" s="16"/>
+      <c r="K449" s="16"/>
+      <c r="L449" s="16"/>
+      <c r="M449" s="16"/>
+      <c r="N449" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R449" s="62"/>
+    </row>
+    <row r="450" spans="1:18" ht="32.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="10"/>
+      <c r="B450" s="11"/>
+      <c r="C450" s="12"/>
+      <c r="D450" s="143"/>
+      <c r="E450" s="239"/>
+      <c r="F450" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G450" s="16"/>
+      <c r="H450" s="17"/>
+      <c r="I450" s="16"/>
+      <c r="J450" s="16"/>
+      <c r="K450" s="16"/>
+      <c r="L450" s="17"/>
+      <c r="M450" s="16"/>
+      <c r="N450" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O450" s="78"/>
+      <c r="P450" s="78"/>
+      <c r="Q450" s="79"/>
+      <c r="R450" s="33"/>
+    </row>
+    <row r="451" spans="1:18" ht="34.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A451" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B451" s="11" t="s">
         <v>161</v>
       </c>
-      <c r="C147" s="4" t="s">
-[...38 lines deleted...]
-      <c r="B150" s="10" t="s">
+      <c r="C451" s="38" t="s">
+        <v>806</v>
+      </c>
+      <c r="D451" s="113" t="s">
         <v>163</v>
       </c>
-      <c r="C150" s="10" t="s">
-[...122 lines deleted...]
-      <c r="B159" s="10" t="s">
+      <c r="E451" s="40" t="s">
+        <v>701</v>
+      </c>
+      <c r="F451" s="41" t="s">
+        <v>807</v>
+      </c>
+      <c r="G451" s="47"/>
+      <c r="H451" s="44"/>
+      <c r="I451" s="47"/>
+      <c r="J451" s="47"/>
+      <c r="K451" s="47"/>
+      <c r="L451" s="44"/>
+      <c r="M451" s="47"/>
+      <c r="N451" s="45" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="452" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A452" s="37"/>
+      <c r="B452" s="11"/>
+      <c r="C452" s="38"/>
+      <c r="D452" s="115"/>
+      <c r="E452" s="40"/>
+      <c r="F452" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G452" s="47"/>
+      <c r="H452" s="47"/>
+      <c r="I452" s="47"/>
+      <c r="J452" s="47"/>
+      <c r="K452" s="47"/>
+      <c r="L452" s="47"/>
+      <c r="M452" s="47"/>
+      <c r="N452" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R452" s="62"/>
+    </row>
+    <row r="453" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A453" s="37"/>
+      <c r="B453" s="11"/>
+      <c r="C453" s="38"/>
+      <c r="D453" s="115"/>
+      <c r="E453" s="40"/>
+      <c r="F453" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G453" s="42" t="s">
+        <v>252</v>
+      </c>
+      <c r="H453" s="44" t="s">
+        <v>253</v>
+      </c>
+      <c r="I453" s="47"/>
+      <c r="J453" s="47"/>
+      <c r="K453" s="47"/>
+      <c r="L453" s="44" t="s">
+        <v>254</v>
+      </c>
+      <c r="M453" s="127" t="s">
+        <v>255</v>
+      </c>
+      <c r="N453" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R453" s="33"/>
+    </row>
+    <row r="454" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A454" s="37"/>
+      <c r="B454" s="11"/>
+      <c r="C454" s="38"/>
+      <c r="D454" s="115"/>
+      <c r="E454" s="40"/>
+      <c r="F454" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G454" s="114"/>
+      <c r="H454" s="126"/>
+      <c r="I454" s="126"/>
+      <c r="J454" s="126"/>
+      <c r="K454" s="126"/>
+      <c r="L454" s="44"/>
+      <c r="M454" s="126"/>
+      <c r="N454" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="R454" s="33"/>
+    </row>
+    <row r="455" spans="1:18" ht="27.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B455" s="11" t="s">
+        <v>808</v>
+      </c>
+      <c r="C455" s="49" t="s">
+        <v>809</v>
+      </c>
+      <c r="D455" s="119" t="s">
+        <v>810</v>
+      </c>
+      <c r="E455" s="51" t="s">
+        <v>738</v>
+      </c>
+      <c r="F455" s="81" t="s">
+        <v>718</v>
+      </c>
+      <c r="G455" s="28" t="s">
+        <v>625</v>
+      </c>
+      <c r="H455" s="29" t="s">
+        <v>626</v>
+      </c>
+      <c r="I455" s="28" t="s">
+        <v>627</v>
+      </c>
+      <c r="J455" s="28"/>
+      <c r="K455" s="28"/>
+      <c r="L455" s="29" t="s">
+        <v>628</v>
+      </c>
+      <c r="M455" s="28" t="s">
+        <v>629</v>
+      </c>
+      <c r="N455" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="R455" s="33"/>
+    </row>
+    <row r="456" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="48"/>
+      <c r="B456" s="11"/>
+      <c r="C456" s="49"/>
+      <c r="D456" s="50"/>
+      <c r="E456" s="51"/>
+      <c r="F456" s="52" t="s">
+        <v>807</v>
+      </c>
+      <c r="G456" s="28"/>
+      <c r="H456" s="29"/>
+      <c r="I456" s="28"/>
+      <c r="J456" s="28"/>
+      <c r="K456" s="28"/>
+      <c r="L456" s="29"/>
+      <c r="M456" s="28"/>
+      <c r="N456" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="R456" s="62"/>
+    </row>
+    <row r="457" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="48"/>
+      <c r="B457" s="11"/>
+      <c r="C457" s="49"/>
+      <c r="D457" s="50"/>
+      <c r="E457" s="51"/>
+      <c r="F457" s="52" t="s">
+        <v>811</v>
+      </c>
+      <c r="G457" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="H457" s="29" t="s">
+        <v>305</v>
+      </c>
+      <c r="I457" s="28" t="s">
+        <v>306</v>
+      </c>
+      <c r="J457" s="28"/>
+      <c r="K457" s="28"/>
+      <c r="L457" s="29" t="s">
+        <v>307</v>
+      </c>
+      <c r="M457" s="28" t="s">
+        <v>308</v>
+      </c>
+      <c r="N457" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R457" s="33"/>
+    </row>
+    <row r="458" spans="1:18" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="48"/>
+      <c r="B458" s="11"/>
+      <c r="C458" s="49"/>
+      <c r="D458" s="50"/>
+      <c r="E458" s="51"/>
+      <c r="F458" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G458" s="73"/>
+      <c r="H458" s="130"/>
+      <c r="I458" s="130"/>
+      <c r="J458" s="130"/>
+      <c r="K458" s="130"/>
+      <c r="L458" s="29"/>
+      <c r="M458" s="130"/>
+      <c r="N458" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O458" s="168"/>
+      <c r="P458" s="168"/>
+      <c r="Q458" s="169"/>
+    </row>
+    <row r="459" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B459" s="11"/>
+      <c r="C459" s="12" t="s">
+        <v>812</v>
+      </c>
+      <c r="D459" s="141" t="s">
+        <v>813</v>
+      </c>
+      <c r="E459" s="61" t="s">
+        <v>814</v>
+      </c>
+      <c r="F459" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G459" s="73"/>
+      <c r="H459" s="130"/>
+      <c r="I459" s="130"/>
+      <c r="J459" s="130"/>
+      <c r="K459" s="130"/>
+      <c r="L459" s="29"/>
+      <c r="M459" s="130"/>
+      <c r="N459" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" s="93"/>
+      <c r="P459" s="93"/>
+      <c r="Q459" s="94"/>
+    </row>
+    <row r="460" spans="1:18" ht="29.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A460" s="10"/>
+      <c r="B460" s="11"/>
+      <c r="C460" s="12"/>
+      <c r="D460" s="123"/>
+      <c r="E460" s="61"/>
+      <c r="F460" s="14" t="s">
+        <v>670</v>
+      </c>
+      <c r="G460" s="106"/>
+      <c r="H460" s="142"/>
+      <c r="I460" s="142"/>
+      <c r="J460" s="142"/>
+      <c r="K460" s="142"/>
+      <c r="L460" s="17"/>
+      <c r="M460" s="142"/>
+      <c r="N460" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="O460" s="117"/>
+      <c r="P460" s="117"/>
+      <c r="Q460" s="118"/>
+      <c r="R460" s="62"/>
+    </row>
+    <row r="461" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A461" s="10"/>
+      <c r="B461" s="11"/>
+      <c r="C461" s="12"/>
+      <c r="D461" s="143"/>
+      <c r="E461" s="61"/>
+      <c r="F461" s="36" t="s">
+        <v>815</v>
+      </c>
+      <c r="G461" s="122"/>
+      <c r="H461" s="122"/>
+      <c r="I461" s="122"/>
+      <c r="J461" s="122"/>
+      <c r="K461" s="122"/>
+      <c r="L461" s="122"/>
+      <c r="M461" s="122"/>
+      <c r="N461" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="R461" s="62"/>
+    </row>
+    <row r="462" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A462" s="10"/>
+      <c r="B462" s="11"/>
+      <c r="C462" s="12"/>
+      <c r="D462" s="123"/>
+      <c r="E462" s="61"/>
+      <c r="F462" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G462" s="16"/>
+      <c r="H462" s="16"/>
+      <c r="I462" s="16"/>
+      <c r="J462" s="16"/>
+      <c r="K462" s="16"/>
+      <c r="L462" s="16"/>
+      <c r="M462" s="16"/>
+      <c r="N462" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O462" s="117"/>
+      <c r="P462" s="117"/>
+      <c r="Q462" s="118"/>
+    </row>
+    <row r="463" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A463" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B463" s="11"/>
+      <c r="C463" s="38" t="s">
+        <v>816</v>
+      </c>
+      <c r="D463" s="240"/>
+      <c r="E463" s="40" t="s">
+        <v>605</v>
+      </c>
+      <c r="F463" s="41" t="s">
+        <v>817</v>
+      </c>
+      <c r="G463" s="47" t="s">
+        <v>645</v>
+      </c>
+      <c r="H463" s="154" t="s">
+        <v>305</v>
+      </c>
+      <c r="I463" s="47" t="s">
+        <v>306</v>
+      </c>
+      <c r="J463" s="47"/>
+      <c r="K463" s="47"/>
+      <c r="L463" s="154" t="s">
+        <v>307</v>
+      </c>
+      <c r="M463" s="47" t="s">
+        <v>308</v>
+      </c>
+      <c r="N463" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="R463" s="62"/>
+    </row>
+    <row r="464" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="37"/>
+      <c r="B464" s="11"/>
+      <c r="C464" s="38"/>
+      <c r="D464" s="240"/>
+      <c r="E464" s="40"/>
+      <c r="F464" s="68" t="s">
+        <v>818</v>
+      </c>
+      <c r="G464" s="126"/>
+      <c r="H464" s="44"/>
+      <c r="I464" s="126"/>
+      <c r="J464" s="126"/>
+      <c r="K464" s="126"/>
+      <c r="L464" s="44"/>
+      <c r="M464" s="126"/>
+      <c r="N464" s="45" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="465" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A465" s="37"/>
+      <c r="B465" s="11"/>
+      <c r="C465" s="38"/>
+      <c r="D465" s="240"/>
+      <c r="E465" s="40"/>
+      <c r="F465" s="68" t="s">
+        <v>607</v>
+      </c>
+      <c r="G465" s="114" t="s">
+        <v>608</v>
+      </c>
+      <c r="H465" s="44" t="s">
+        <v>609</v>
+      </c>
+      <c r="I465" s="126" t="s">
+        <v>610</v>
+      </c>
+      <c r="J465" s="126"/>
+      <c r="K465" s="126"/>
+      <c r="L465" s="44" t="s">
+        <v>611</v>
+      </c>
+      <c r="M465" s="126" t="s">
+        <v>612</v>
+      </c>
+      <c r="N465" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O465" s="31"/>
+      <c r="P465" s="31"/>
+      <c r="Q465" s="32"/>
+      <c r="R465" s="33"/>
+    </row>
+    <row r="466" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A466" s="37"/>
+      <c r="B466" s="11"/>
+      <c r="C466" s="38"/>
+      <c r="D466" s="240"/>
+      <c r="E466" s="40"/>
+      <c r="F466" s="41" t="s">
+        <v>819</v>
+      </c>
+      <c r="G466" s="47"/>
+      <c r="H466" s="47"/>
+      <c r="I466" s="47"/>
+      <c r="J466" s="47"/>
+      <c r="K466" s="47"/>
+      <c r="L466" s="47"/>
+      <c r="M466" s="47"/>
+      <c r="N466" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="O466" s="168"/>
+      <c r="P466" s="168"/>
+      <c r="Q466" s="169"/>
+    </row>
+    <row r="467" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A467" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B467" s="11" t="s">
+        <v>820</v>
+      </c>
+      <c r="C467" s="49" t="s">
+        <v>821</v>
+      </c>
+      <c r="D467" s="138" t="s">
+        <v>822</v>
+      </c>
+      <c r="E467" s="51" t="s">
+        <v>605</v>
+      </c>
+      <c r="F467" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G467" s="28"/>
+      <c r="H467" s="28"/>
+      <c r="I467" s="28"/>
+      <c r="J467" s="28"/>
+      <c r="K467" s="28"/>
+      <c r="L467" s="28"/>
+      <c r="M467" s="28"/>
+      <c r="N467" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="R467" s="62"/>
+    </row>
+    <row r="468" spans="1:18" ht="29.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="48"/>
+      <c r="B468" s="11"/>
+      <c r="C468" s="49"/>
+      <c r="D468" s="50"/>
+      <c r="E468" s="51"/>
+      <c r="F468" s="52" t="s">
+        <v>823</v>
+      </c>
+      <c r="G468" s="28"/>
+      <c r="H468" s="28"/>
+      <c r="I468" s="28"/>
+      <c r="J468" s="28"/>
+      <c r="K468" s="28"/>
+      <c r="L468" s="28"/>
+      <c r="M468" s="28"/>
+      <c r="N468" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="R468" s="33"/>
+    </row>
+    <row r="469" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="48"/>
+      <c r="B469" s="11"/>
+      <c r="C469" s="49"/>
+      <c r="D469" s="50"/>
+      <c r="E469" s="51"/>
+      <c r="F469" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G469" s="28"/>
+      <c r="H469" s="28"/>
+      <c r="I469" s="28"/>
+      <c r="J469" s="28"/>
+      <c r="K469" s="28"/>
+      <c r="L469" s="28"/>
+      <c r="M469" s="28"/>
+      <c r="N469" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O469" s="78"/>
+      <c r="P469" s="78"/>
+      <c r="Q469" s="79"/>
+      <c r="R469" s="62"/>
+    </row>
+    <row r="470" spans="1:18" ht="27.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="48"/>
+      <c r="B470" s="11"/>
+      <c r="C470" s="49"/>
+      <c r="D470" s="50"/>
+      <c r="E470" s="51"/>
+      <c r="F470" s="81" t="s">
+        <v>607</v>
+      </c>
+      <c r="G470" s="73" t="s">
+        <v>608</v>
+      </c>
+      <c r="H470" s="29" t="s">
+        <v>609</v>
+      </c>
+      <c r="I470" s="130" t="s">
+        <v>610</v>
+      </c>
+      <c r="J470" s="130"/>
+      <c r="K470" s="130"/>
+      <c r="L470" s="29" t="s">
+        <v>611</v>
+      </c>
+      <c r="M470" s="130" t="s">
+        <v>612</v>
+      </c>
+      <c r="N470" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="O470" s="31"/>
+      <c r="P470" s="31"/>
+      <c r="Q470" s="32"/>
+      <c r="R470" s="33"/>
+    </row>
+    <row r="471" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A471" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B471" s="241" t="s">
+        <v>820</v>
+      </c>
+      <c r="C471" s="12" t="s">
+        <v>824</v>
+      </c>
+      <c r="D471" s="121" t="s">
+        <v>822</v>
+      </c>
+      <c r="E471" s="61" t="s">
+        <v>642</v>
+      </c>
+      <c r="F471" s="14" t="s">
+        <v>649</v>
+      </c>
+      <c r="G471" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="H471" s="16"/>
+      <c r="I471" s="16"/>
+      <c r="J471" s="16"/>
+      <c r="K471" s="16"/>
+      <c r="L471" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="M471" s="16"/>
+      <c r="N471" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="472" spans="1:18" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="10"/>
+      <c r="B472" s="241"/>
+      <c r="C472" s="12"/>
+      <c r="D472" s="143"/>
+      <c r="E472" s="61"/>
+      <c r="F472" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G472" s="28"/>
+      <c r="H472" s="28"/>
+      <c r="I472" s="28"/>
+      <c r="J472" s="28"/>
+      <c r="K472" s="28"/>
+      <c r="L472" s="28"/>
+      <c r="M472" s="28"/>
+      <c r="N472" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O472" s="78"/>
+      <c r="P472" s="78"/>
+      <c r="Q472" s="79"/>
+    </row>
+    <row r="473" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" s="10"/>
+      <c r="B473" s="241"/>
+      <c r="C473" s="12"/>
+      <c r="D473" s="143"/>
+      <c r="E473" s="61"/>
+      <c r="F473" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G473" s="28"/>
+      <c r="H473" s="28"/>
+      <c r="I473" s="28"/>
+      <c r="J473" s="28"/>
+      <c r="K473" s="28"/>
+      <c r="L473" s="28"/>
+      <c r="M473" s="28"/>
+      <c r="N473" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="O473" s="78"/>
+      <c r="P473" s="78"/>
+      <c r="Q473" s="79"/>
+      <c r="R473" s="242"/>
+    </row>
+    <row r="474" spans="1:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="10"/>
+      <c r="B474" s="241"/>
+      <c r="C474" s="12"/>
+      <c r="D474" s="143"/>
+      <c r="E474" s="61"/>
+      <c r="F474" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G474" s="28"/>
+      <c r="H474" s="28"/>
+      <c r="I474" s="28"/>
+      <c r="J474" s="28"/>
+      <c r="K474" s="28"/>
+      <c r="L474" s="28"/>
+      <c r="M474" s="28"/>
+      <c r="N474" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O474" s="78"/>
+      <c r="P474" s="78"/>
+      <c r="Q474" s="79"/>
+    </row>
+    <row r="475" spans="1:18" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B475" s="243"/>
+      <c r="C475" s="38" t="s">
+        <v>825</v>
+      </c>
+      <c r="D475" s="124" t="s">
+        <v>826</v>
+      </c>
+      <c r="E475" s="40" t="s">
+        <v>767</v>
+      </c>
+      <c r="F475" s="41" t="s">
+        <v>677</v>
+      </c>
+      <c r="G475" s="47" t="s">
+        <v>645</v>
+      </c>
+      <c r="H475" s="44" t="s">
+        <v>305</v>
+      </c>
+      <c r="I475" s="47" t="s">
+        <v>306</v>
+      </c>
+      <c r="J475" s="47"/>
+      <c r="K475" s="47"/>
+      <c r="L475" s="44" t="s">
+        <v>307</v>
+      </c>
+      <c r="M475" s="47" t="s">
+        <v>308</v>
+      </c>
+      <c r="N475" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O475" s="168"/>
+      <c r="P475" s="168"/>
+      <c r="Q475" s="169"/>
+    </row>
+    <row r="476" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="37"/>
+      <c r="B476" s="243"/>
+      <c r="C476" s="38"/>
+      <c r="D476" s="125"/>
+      <c r="E476" s="40"/>
+      <c r="F476" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G476" s="30" t="s">
+        <v>827</v>
+      </c>
+      <c r="H476" s="30"/>
+      <c r="I476" s="30"/>
+      <c r="J476" s="30"/>
+      <c r="K476" s="30"/>
+      <c r="L476" s="80" t="s">
+        <v>828</v>
+      </c>
+      <c r="M476" s="30"/>
+      <c r="N476" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="477" spans="1:18" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="37"/>
+      <c r="B477" s="243"/>
+      <c r="C477" s="38"/>
+      <c r="D477" s="125"/>
+      <c r="E477" s="40"/>
+      <c r="F477" s="41" t="s">
+        <v>829</v>
+      </c>
+      <c r="G477" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H477" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="I477" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="J477" s="47"/>
+      <c r="K477" s="47"/>
+      <c r="L477" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="M477" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N477" s="45" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="478" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="37"/>
+      <c r="B478" s="243"/>
+      <c r="C478" s="38"/>
+      <c r="D478" s="125"/>
+      <c r="E478" s="40"/>
+      <c r="F478" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G478" s="205"/>
+      <c r="H478" s="80"/>
+      <c r="I478" s="30"/>
+      <c r="J478" s="30"/>
+      <c r="K478" s="30"/>
+      <c r="L478" s="80"/>
+      <c r="M478" s="30"/>
+      <c r="N478" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="479" spans="1:18" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="48" t="s">
+        <v>591</v>
+      </c>
+      <c r="B479" s="244"/>
+      <c r="C479" s="49" t="s">
+        <v>830</v>
+      </c>
+      <c r="D479" s="119" t="s">
+        <v>831</v>
+      </c>
+      <c r="E479" s="51" t="s">
+        <v>750</v>
+      </c>
+      <c r="F479" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G479" s="30"/>
+      <c r="H479" s="80"/>
+      <c r="I479" s="30"/>
+      <c r="J479" s="30"/>
+      <c r="K479" s="30"/>
+      <c r="L479" s="80"/>
+      <c r="M479" s="30"/>
+      <c r="N479" s="27" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="480" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="48"/>
+      <c r="B480" s="244"/>
+      <c r="C480" s="49"/>
+      <c r="D480" s="50"/>
+      <c r="E480" s="51"/>
+      <c r="F480" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G480" s="205"/>
+      <c r="H480" s="30"/>
+      <c r="I480" s="30"/>
+      <c r="J480" s="30"/>
+      <c r="K480" s="30"/>
+      <c r="L480" s="80"/>
+      <c r="M480" s="30"/>
+      <c r="N480" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="481" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="48"/>
+      <c r="B481" s="244"/>
+      <c r="C481" s="49"/>
+      <c r="D481" s="50"/>
+      <c r="E481" s="51"/>
+      <c r="F481" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G481" s="30"/>
+      <c r="H481" s="80"/>
+      <c r="I481" s="30"/>
+      <c r="J481" s="30"/>
+      <c r="K481" s="30"/>
+      <c r="L481" s="80"/>
+      <c r="M481" s="30"/>
+      <c r="N481" s="27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="482" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="48"/>
+      <c r="B482" s="244"/>
+      <c r="C482" s="49"/>
+      <c r="D482" s="50"/>
+      <c r="E482" s="51"/>
+      <c r="F482" s="52" t="s">
+        <v>671</v>
+      </c>
+      <c r="G482" s="53" t="s">
+        <v>246</v>
+      </c>
+      <c r="H482" s="29" t="s">
+        <v>247</v>
+      </c>
+      <c r="I482" s="130" t="s">
+        <v>248</v>
+      </c>
+      <c r="J482" s="130"/>
+      <c r="K482" s="130"/>
+      <c r="L482" s="29" t="s">
+        <v>249</v>
+      </c>
+      <c r="M482" s="130" t="s">
+        <v>250</v>
+      </c>
+      <c r="N482" s="55" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="483" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="B483" s="241" t="s">
         <v>167</v>
       </c>
-      <c r="C159" s="10" t="s">
-[...60 lines deleted...]
-      </c>
+      <c r="C483" s="12" t="s">
+        <v>832</v>
+      </c>
+      <c r="D483" s="141" t="s">
+        <v>833</v>
+      </c>
+      <c r="E483" s="61" t="s">
+        <v>605</v>
+      </c>
+      <c r="F483" s="36" t="s">
+        <v>606</v>
+      </c>
+      <c r="G483" s="106"/>
+      <c r="H483" s="17"/>
+      <c r="I483" s="16"/>
+      <c r="J483" s="16"/>
+      <c r="K483" s="16"/>
+      <c r="L483" s="17"/>
+      <c r="M483" s="16"/>
+      <c r="N483" s="15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="484" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="10"/>
+      <c r="B484" s="241"/>
+      <c r="C484" s="12"/>
+      <c r="D484" s="143"/>
+      <c r="E484" s="61"/>
+      <c r="F484" s="36" t="s">
+        <v>834</v>
+      </c>
+      <c r="G484" s="142"/>
+      <c r="H484" s="108"/>
+      <c r="I484" s="142"/>
+      <c r="J484" s="142"/>
+      <c r="K484" s="142"/>
+      <c r="L484" s="108"/>
+      <c r="M484" s="142"/>
+      <c r="N484" s="82" t="s">
+        <v>33</v>
+      </c>
+      <c r="O484" s="59"/>
+      <c r="P484" s="59"/>
+      <c r="Q484" s="60"/>
+      <c r="R484" s="207"/>
+    </row>
+    <row r="485" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="10"/>
+      <c r="B485" s="241"/>
+      <c r="C485" s="12"/>
+      <c r="D485" s="143"/>
+      <c r="E485" s="61"/>
+      <c r="F485" s="14" t="s">
+        <v>835</v>
+      </c>
+      <c r="G485" s="16" t="s">
+        <v>645</v>
+      </c>
+      <c r="H485" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="I485" s="16" t="s">
+        <v>306</v>
+      </c>
+      <c r="J485" s="16"/>
+      <c r="K485" s="16"/>
+      <c r="L485" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="M485" s="16" t="s">
+        <v>308</v>
+      </c>
+      <c r="N485" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="486" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A486" s="10"/>
+      <c r="B486" s="241"/>
+      <c r="C486" s="12"/>
+      <c r="D486" s="143"/>
+      <c r="E486" s="61"/>
+      <c r="F486" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G486" s="205"/>
+      <c r="H486" s="205"/>
+      <c r="I486" s="205"/>
+      <c r="J486" s="205"/>
+      <c r="K486" s="205"/>
+      <c r="L486" s="205"/>
+      <c r="M486" s="205"/>
+      <c r="N486" s="27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="487" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A487" s="37" t="s">
+        <v>591</v>
+      </c>
+      <c r="B487" s="243"/>
+      <c r="C487" s="38" t="s">
+        <v>836</v>
+      </c>
+      <c r="D487" s="125"/>
+      <c r="E487" s="40" t="s">
+        <v>697</v>
+      </c>
+      <c r="F487" s="41" t="s">
+        <v>799</v>
+      </c>
+      <c r="G487" s="47" t="s">
+        <v>275</v>
+      </c>
+      <c r="H487" s="44" t="s">
+        <v>728</v>
+      </c>
+      <c r="I487" s="47" t="s">
+        <v>729</v>
+      </c>
+      <c r="J487" s="47"/>
+      <c r="K487" s="47"/>
+      <c r="L487" s="44" t="s">
+        <v>276</v>
+      </c>
+      <c r="M487" s="47" t="s">
+        <v>730</v>
+      </c>
+      <c r="N487" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O487" s="31"/>
+      <c r="P487" s="31"/>
+      <c r="Q487" s="32"/>
+    </row>
+    <row r="488" spans="1:94" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="37"/>
+      <c r="B488" s="243"/>
+      <c r="C488" s="38"/>
+      <c r="D488" s="125"/>
+      <c r="E488" s="40"/>
+      <c r="F488" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="G488" s="30"/>
+      <c r="H488" s="30"/>
+      <c r="I488" s="30"/>
+      <c r="J488" s="30"/>
+      <c r="K488" s="30"/>
+      <c r="L488" s="30"/>
+      <c r="M488" s="30"/>
+      <c r="N488" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O488" s="202"/>
+      <c r="P488" s="202"/>
+      <c r="Q488" s="203"/>
+    </row>
+    <row r="489" spans="1:94" ht="25.15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="37"/>
+      <c r="B489" s="243"/>
+      <c r="C489" s="38"/>
+      <c r="D489" s="125"/>
+      <c r="E489" s="40"/>
+      <c r="F489" s="68" t="s">
+        <v>698</v>
+      </c>
+      <c r="G489" s="47"/>
+      <c r="H489" s="44"/>
+      <c r="I489" s="47"/>
+      <c r="J489" s="47"/>
+      <c r="K489" s="47"/>
+      <c r="L489" s="44"/>
+      <c r="M489" s="47"/>
+      <c r="N489" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="O489" s="202"/>
+      <c r="P489" s="202"/>
+      <c r="Q489" s="203"/>
+    </row>
+    <row r="490" spans="1:94" s="253" customFormat="1" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A490" s="37"/>
+      <c r="B490" s="245"/>
+      <c r="C490" s="38"/>
+      <c r="D490" s="246"/>
+      <c r="E490" s="40"/>
+      <c r="F490" s="247" t="s">
+        <v>28</v>
+      </c>
+      <c r="G490" s="248"/>
+      <c r="H490" s="248"/>
+      <c r="I490" s="248"/>
+      <c r="J490" s="248"/>
+      <c r="K490" s="248"/>
+      <c r="L490" s="248"/>
+      <c r="M490" s="248"/>
+      <c r="N490" s="249" t="s">
+        <v>37</v>
+      </c>
+      <c r="O490" s="250"/>
+      <c r="P490" s="250"/>
+      <c r="Q490" s="251"/>
+      <c r="R490" s="21"/>
+      <c r="S490" s="22"/>
+      <c r="T490" s="22"/>
+      <c r="U490" s="22"/>
+      <c r="V490" s="22"/>
+      <c r="W490" s="22"/>
+      <c r="X490" s="22"/>
+      <c r="Y490" s="22"/>
+      <c r="Z490" s="22"/>
+      <c r="AA490" s="22"/>
+      <c r="AB490" s="22"/>
+      <c r="AC490" s="22"/>
+      <c r="AD490" s="22"/>
+      <c r="AE490" s="22"/>
+      <c r="AF490" s="22"/>
+      <c r="AG490" s="22"/>
+      <c r="AH490" s="22"/>
+      <c r="AI490" s="22"/>
+      <c r="AJ490" s="22"/>
+      <c r="AK490" s="22"/>
+      <c r="AL490" s="22"/>
+      <c r="AM490" s="22"/>
+      <c r="AN490" s="22"/>
+      <c r="AO490" s="22"/>
+      <c r="AP490" s="22"/>
+      <c r="AQ490" s="22"/>
+      <c r="AR490" s="22"/>
+      <c r="AS490" s="22"/>
+      <c r="AT490" s="22"/>
+      <c r="AU490" s="22"/>
+      <c r="AV490" s="22"/>
+      <c r="AW490" s="22"/>
+      <c r="AX490" s="22"/>
+      <c r="AY490" s="22"/>
+      <c r="AZ490" s="22"/>
+      <c r="BA490" s="22"/>
+      <c r="BB490" s="22"/>
+      <c r="BC490" s="22"/>
+      <c r="BD490" s="22"/>
+      <c r="BE490" s="22"/>
+      <c r="BF490" s="22"/>
+      <c r="BG490" s="22"/>
+      <c r="BH490" s="22"/>
+      <c r="BI490" s="22"/>
+      <c r="BJ490" s="22"/>
+      <c r="BK490" s="22"/>
+      <c r="BL490" s="22"/>
+      <c r="BM490" s="22"/>
+      <c r="BN490" s="22"/>
+      <c r="BO490" s="22"/>
+      <c r="BP490" s="22"/>
+      <c r="BQ490" s="22"/>
+      <c r="BR490" s="22"/>
+      <c r="BS490" s="22"/>
+      <c r="BT490" s="22"/>
+      <c r="BU490" s="22"/>
+      <c r="BV490" s="22"/>
+      <c r="BW490" s="22"/>
+      <c r="BX490" s="22"/>
+      <c r="BY490" s="22"/>
+      <c r="BZ490" s="22"/>
+      <c r="CA490" s="22"/>
+      <c r="CB490" s="22"/>
+      <c r="CC490" s="22"/>
+      <c r="CD490" s="22"/>
+      <c r="CE490" s="22"/>
+      <c r="CF490" s="22"/>
+      <c r="CG490" s="22"/>
+      <c r="CH490" s="22"/>
+      <c r="CI490" s="22"/>
+      <c r="CJ490" s="22"/>
+      <c r="CK490" s="22"/>
+      <c r="CL490" s="22"/>
+      <c r="CM490" s="22"/>
+      <c r="CN490" s="22"/>
+      <c r="CO490" s="22"/>
+      <c r="CP490" s="252"/>
+    </row>
+    <row r="491" spans="1:94" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A491" s="254"/>
+      <c r="B491" s="255"/>
+      <c r="C491" s="256"/>
+      <c r="D491" s="257"/>
+      <c r="E491" s="258"/>
+      <c r="F491" s="259"/>
+      <c r="G491" s="261"/>
+      <c r="H491" s="261"/>
+      <c r="I491" s="261"/>
+      <c r="J491" s="261"/>
+      <c r="K491" s="261"/>
+      <c r="L491" s="261"/>
+      <c r="M491" s="261"/>
+      <c r="N491" s="260"/>
+      <c r="O491" s="262"/>
+      <c r="P491" s="262"/>
+      <c r="Q491" s="262"/>
+      <c r="R491" s="21"/>
+    </row>
+    <row r="492" spans="1:94" s="22" customFormat="1" ht="26.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A492" s="254"/>
+      <c r="B492" s="255"/>
+      <c r="C492" s="256"/>
+      <c r="D492" s="257"/>
+      <c r="E492" s="258"/>
+      <c r="F492" s="259"/>
+      <c r="G492" s="261"/>
+      <c r="H492" s="261"/>
+      <c r="I492" s="261"/>
+      <c r="J492" s="261"/>
+      <c r="K492" s="261"/>
+      <c r="L492" s="261"/>
+      <c r="M492" s="261"/>
+      <c r="N492" s="260"/>
+      <c r="O492" s="262"/>
+      <c r="P492" s="262"/>
+      <c r="Q492" s="262"/>
+      <c r="R492" s="21"/>
+    </row>
+    <row r="493" spans="1:94" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A493" s="254"/>
+      <c r="B493" s="255"/>
+      <c r="C493" s="256"/>
+      <c r="D493" s="257"/>
+      <c r="E493" s="258"/>
+      <c r="F493" s="259"/>
+      <c r="G493" s="261"/>
+      <c r="H493" s="261"/>
+      <c r="I493" s="261"/>
+      <c r="J493" s="261"/>
+      <c r="K493" s="261"/>
+      <c r="L493" s="261"/>
+      <c r="M493" s="261"/>
+      <c r="N493" s="260"/>
+      <c r="O493" s="262"/>
+      <c r="P493" s="262"/>
+      <c r="Q493" s="262"/>
+      <c r="R493" s="21"/>
+    </row>
+    <row r="494" spans="1:94" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A494" s="254"/>
+      <c r="B494" s="255"/>
+      <c r="C494" s="256"/>
+      <c r="D494" s="257"/>
+      <c r="E494" s="258"/>
+      <c r="F494" s="259"/>
+      <c r="G494" s="261"/>
+      <c r="H494" s="261"/>
+      <c r="I494" s="261"/>
+      <c r="J494" s="261"/>
+      <c r="K494" s="261"/>
+      <c r="L494" s="261"/>
+      <c r="M494" s="261"/>
+      <c r="N494" s="260"/>
+      <c r="O494" s="262"/>
+      <c r="P494" s="262"/>
+      <c r="Q494" s="262"/>
+      <c r="R494" s="21"/>
+    </row>
+    <row r="495" spans="1:94" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A495" s="254"/>
+      <c r="B495" s="255"/>
+      <c r="C495" s="256"/>
+      <c r="D495" s="257"/>
+      <c r="E495" s="258"/>
+      <c r="F495" s="259"/>
+      <c r="G495" s="261"/>
+      <c r="H495" s="261"/>
+      <c r="I495" s="261"/>
+      <c r="J495" s="261"/>
+      <c r="K495" s="261"/>
+      <c r="L495" s="261"/>
+      <c r="M495" s="261"/>
+      <c r="N495" s="260"/>
+      <c r="O495" s="262"/>
+      <c r="P495" s="262"/>
+      <c r="Q495" s="262"/>
+      <c r="R495" s="21"/>
+    </row>
+    <row r="496" spans="1:94" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A496" s="254"/>
+      <c r="B496" s="255"/>
+      <c r="C496" s="256"/>
+      <c r="D496" s="257"/>
+      <c r="E496" s="258"/>
+      <c r="F496" s="259"/>
+      <c r="G496" s="261"/>
+      <c r="H496" s="261"/>
+      <c r="I496" s="261"/>
+      <c r="J496" s="261"/>
+      <c r="K496" s="261"/>
+      <c r="L496" s="261"/>
+      <c r="M496" s="261"/>
+      <c r="N496" s="260"/>
+      <c r="O496" s="262"/>
+      <c r="P496" s="262"/>
+      <c r="Q496" s="262"/>
+      <c r="R496" s="21"/>
+    </row>
+    <row r="497" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A497" s="254"/>
+      <c r="B497" s="255"/>
+      <c r="C497" s="256"/>
+      <c r="D497" s="257"/>
+      <c r="E497" s="258"/>
+      <c r="F497" s="259"/>
+      <c r="G497" s="261"/>
+      <c r="H497" s="261"/>
+      <c r="I497" s="261"/>
+      <c r="J497" s="261"/>
+      <c r="K497" s="261"/>
+      <c r="L497" s="261"/>
+      <c r="M497" s="261"/>
+      <c r="N497" s="260"/>
+      <c r="O497" s="262"/>
+      <c r="P497" s="262"/>
+      <c r="Q497" s="262"/>
+      <c r="R497" s="21"/>
+    </row>
+    <row r="498" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A498" s="254"/>
+      <c r="B498" s="255"/>
+      <c r="C498" s="256"/>
+      <c r="D498" s="257"/>
+      <c r="E498" s="258"/>
+      <c r="F498" s="259"/>
+      <c r="G498" s="261"/>
+      <c r="H498" s="261"/>
+      <c r="I498" s="261"/>
+      <c r="J498" s="261"/>
+      <c r="K498" s="261"/>
+      <c r="L498" s="261"/>
+      <c r="M498" s="261"/>
+      <c r="N498" s="260"/>
+      <c r="O498" s="262"/>
+      <c r="P498" s="262"/>
+      <c r="Q498" s="262"/>
+      <c r="R498" s="21"/>
+    </row>
+    <row r="499" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A499" s="254"/>
+      <c r="B499" s="255"/>
+      <c r="C499" s="256"/>
+      <c r="D499" s="257"/>
+      <c r="E499" s="258"/>
+      <c r="F499" s="259"/>
+      <c r="G499" s="261"/>
+      <c r="H499" s="261"/>
+      <c r="I499" s="261"/>
+      <c r="J499" s="261"/>
+      <c r="K499" s="261"/>
+      <c r="L499" s="261"/>
+      <c r="M499" s="261"/>
+      <c r="N499" s="260"/>
+      <c r="O499" s="262"/>
+      <c r="P499" s="262"/>
+      <c r="Q499" s="262"/>
+      <c r="R499" s="21"/>
+    </row>
+    <row r="500" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A500" s="254"/>
+      <c r="B500" s="255"/>
+      <c r="C500" s="256"/>
+      <c r="D500" s="257"/>
+      <c r="E500" s="258"/>
+      <c r="F500" s="259"/>
+      <c r="G500" s="261"/>
+      <c r="H500" s="261"/>
+      <c r="I500" s="261"/>
+      <c r="J500" s="261"/>
+      <c r="K500" s="261"/>
+      <c r="L500" s="261"/>
+      <c r="M500" s="261"/>
+      <c r="N500" s="260"/>
+      <c r="O500" s="262"/>
+      <c r="P500" s="262"/>
+      <c r="Q500" s="262"/>
+      <c r="R500" s="21"/>
+    </row>
+    <row r="501" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A501" s="254"/>
+      <c r="B501" s="255"/>
+      <c r="C501" s="256"/>
+      <c r="D501" s="257"/>
+      <c r="E501" s="258"/>
+      <c r="F501" s="259"/>
+      <c r="G501" s="261"/>
+      <c r="H501" s="261"/>
+      <c r="I501" s="261"/>
+      <c r="J501" s="261"/>
+      <c r="K501" s="261"/>
+      <c r="L501" s="261"/>
+      <c r="M501" s="261"/>
+      <c r="N501" s="260"/>
+      <c r="O501" s="262"/>
+      <c r="P501" s="262"/>
+      <c r="Q501" s="262"/>
+      <c r="R501" s="21"/>
+    </row>
+    <row r="502" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A502" s="254"/>
+      <c r="B502" s="255"/>
+      <c r="C502" s="256"/>
+      <c r="D502" s="257"/>
+      <c r="E502" s="258"/>
+      <c r="F502" s="259"/>
+      <c r="G502" s="261"/>
+      <c r="H502" s="261"/>
+      <c r="I502" s="261"/>
+      <c r="J502" s="261"/>
+      <c r="K502" s="261"/>
+      <c r="L502" s="261"/>
+      <c r="M502" s="261"/>
+      <c r="N502" s="260"/>
+      <c r="O502" s="262"/>
+      <c r="P502" s="262"/>
+      <c r="Q502" s="262"/>
+      <c r="R502" s="21"/>
+    </row>
+    <row r="503" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A503" s="254"/>
+      <c r="B503" s="255"/>
+      <c r="C503" s="256"/>
+      <c r="D503" s="257"/>
+      <c r="E503" s="258"/>
+      <c r="F503" s="259"/>
+      <c r="G503" s="261"/>
+      <c r="H503" s="261"/>
+      <c r="I503" s="261"/>
+      <c r="J503" s="261"/>
+      <c r="K503" s="261"/>
+      <c r="L503" s="261"/>
+      <c r="M503" s="261"/>
+      <c r="N503" s="260"/>
+      <c r="O503" s="262"/>
+      <c r="P503" s="262"/>
+      <c r="Q503" s="262"/>
+      <c r="R503" s="21"/>
+    </row>
+    <row r="504" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A504" s="254"/>
+      <c r="B504" s="255"/>
+      <c r="C504" s="256"/>
+      <c r="D504" s="257"/>
+      <c r="E504" s="258"/>
+      <c r="F504" s="259"/>
+      <c r="G504" s="261"/>
+      <c r="H504" s="261"/>
+      <c r="I504" s="261"/>
+      <c r="J504" s="261"/>
+      <c r="K504" s="261"/>
+      <c r="L504" s="261"/>
+      <c r="M504" s="261"/>
+      <c r="N504" s="260"/>
+      <c r="O504" s="262"/>
+      <c r="P504" s="262"/>
+      <c r="Q504" s="262"/>
+      <c r="R504" s="21"/>
+    </row>
+    <row r="505" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A505" s="254"/>
+      <c r="B505" s="255"/>
+      <c r="C505" s="256"/>
+      <c r="D505" s="257"/>
+      <c r="E505" s="258"/>
+      <c r="F505" s="259"/>
+      <c r="G505" s="261"/>
+      <c r="H505" s="261"/>
+      <c r="I505" s="261"/>
+      <c r="J505" s="261"/>
+      <c r="K505" s="261"/>
+      <c r="L505" s="261"/>
+      <c r="M505" s="261"/>
+      <c r="N505" s="260"/>
+      <c r="O505" s="262"/>
+      <c r="P505" s="262"/>
+      <c r="Q505" s="262"/>
+      <c r="R505" s="21"/>
+    </row>
+    <row r="506" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A506" s="254"/>
+      <c r="B506" s="255"/>
+      <c r="C506" s="256"/>
+      <c r="D506" s="257"/>
+      <c r="E506" s="258"/>
+      <c r="F506" s="259"/>
+      <c r="G506" s="261"/>
+      <c r="H506" s="261"/>
+      <c r="I506" s="261"/>
+      <c r="J506" s="261"/>
+      <c r="K506" s="261"/>
+      <c r="L506" s="261"/>
+      <c r="M506" s="261"/>
+      <c r="N506" s="260"/>
+      <c r="O506" s="262"/>
+      <c r="P506" s="262"/>
+      <c r="Q506" s="262"/>
+      <c r="R506" s="21"/>
+    </row>
+    <row r="507" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A507" s="254"/>
+      <c r="B507" s="255"/>
+      <c r="C507" s="256"/>
+      <c r="D507" s="257"/>
+      <c r="E507" s="258"/>
+      <c r="F507" s="259"/>
+      <c r="G507" s="261"/>
+      <c r="H507" s="261"/>
+      <c r="I507" s="261"/>
+      <c r="J507" s="261"/>
+      <c r="K507" s="261"/>
+      <c r="L507" s="261"/>
+      <c r="M507" s="261"/>
+      <c r="N507" s="260"/>
+      <c r="O507" s="262"/>
+      <c r="P507" s="262"/>
+      <c r="Q507" s="262"/>
+      <c r="R507" s="21"/>
+    </row>
+    <row r="508" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A508" s="254"/>
+      <c r="B508" s="255"/>
+      <c r="C508" s="256"/>
+      <c r="D508" s="257"/>
+      <c r="E508" s="258"/>
+      <c r="F508" s="259"/>
+      <c r="G508" s="261"/>
+      <c r="H508" s="261"/>
+      <c r="I508" s="261"/>
+      <c r="J508" s="261"/>
+      <c r="K508" s="261"/>
+      <c r="L508" s="261"/>
+      <c r="M508" s="261"/>
+      <c r="N508" s="260"/>
+      <c r="O508" s="262"/>
+      <c r="P508" s="262"/>
+      <c r="Q508" s="262"/>
+      <c r="R508" s="21"/>
+    </row>
+    <row r="509" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A509" s="254"/>
+      <c r="B509" s="255"/>
+      <c r="C509" s="256"/>
+      <c r="D509" s="257"/>
+      <c r="E509" s="258"/>
+      <c r="F509" s="259"/>
+      <c r="G509" s="261"/>
+      <c r="H509" s="261"/>
+      <c r="I509" s="261"/>
+      <c r="J509" s="261"/>
+      <c r="K509" s="261"/>
+      <c r="L509" s="261"/>
+      <c r="M509" s="261"/>
+      <c r="N509" s="260"/>
+      <c r="O509" s="262"/>
+      <c r="P509" s="262"/>
+      <c r="Q509" s="262"/>
+      <c r="R509" s="21"/>
+    </row>
+    <row r="510" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A510" s="254"/>
+      <c r="B510" s="255"/>
+      <c r="C510" s="256"/>
+      <c r="D510" s="257"/>
+      <c r="E510" s="258"/>
+      <c r="F510" s="259"/>
+      <c r="G510" s="261"/>
+      <c r="H510" s="261"/>
+      <c r="I510" s="261"/>
+      <c r="J510" s="261"/>
+      <c r="K510" s="261"/>
+      <c r="L510" s="261"/>
+      <c r="M510" s="261"/>
+      <c r="N510" s="260"/>
+      <c r="O510" s="262"/>
+      <c r="P510" s="262"/>
+      <c r="Q510" s="262"/>
+      <c r="R510" s="21"/>
+    </row>
+    <row r="511" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A511" s="254"/>
+      <c r="B511" s="255"/>
+      <c r="C511" s="256"/>
+      <c r="D511" s="257"/>
+      <c r="E511" s="258"/>
+      <c r="F511" s="259"/>
+      <c r="G511" s="261"/>
+      <c r="H511" s="261"/>
+      <c r="I511" s="261"/>
+      <c r="J511" s="261"/>
+      <c r="K511" s="261"/>
+      <c r="L511" s="261"/>
+      <c r="M511" s="261"/>
+      <c r="N511" s="260"/>
+      <c r="O511" s="262"/>
+      <c r="P511" s="262"/>
+      <c r="Q511" s="262"/>
+      <c r="R511" s="21"/>
+    </row>
+    <row r="512" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A512" s="254"/>
+      <c r="B512" s="255"/>
+      <c r="C512" s="256"/>
+      <c r="D512" s="257"/>
+      <c r="E512" s="258"/>
+      <c r="F512" s="259"/>
+      <c r="G512" s="261"/>
+      <c r="H512" s="261"/>
+      <c r="I512" s="261"/>
+      <c r="J512" s="261"/>
+      <c r="K512" s="261"/>
+      <c r="L512" s="261"/>
+      <c r="M512" s="261"/>
+      <c r="N512" s="260"/>
+      <c r="O512" s="262"/>
+      <c r="P512" s="262"/>
+      <c r="Q512" s="262"/>
+      <c r="R512" s="21"/>
+    </row>
+    <row r="513" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A513" s="254"/>
+      <c r="B513" s="255"/>
+      <c r="C513" s="256"/>
+      <c r="D513" s="257"/>
+      <c r="E513" s="258"/>
+      <c r="F513" s="259"/>
+      <c r="G513" s="261"/>
+      <c r="H513" s="261"/>
+      <c r="I513" s="261"/>
+      <c r="J513" s="261"/>
+      <c r="K513" s="261"/>
+      <c r="L513" s="261"/>
+      <c r="M513" s="261"/>
+      <c r="N513" s="260"/>
+      <c r="O513" s="262"/>
+      <c r="P513" s="262"/>
+      <c r="Q513" s="262"/>
+      <c r="R513" s="21"/>
+    </row>
+    <row r="514" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A514" s="254"/>
+      <c r="B514" s="255"/>
+      <c r="C514" s="256"/>
+      <c r="D514" s="257"/>
+      <c r="E514" s="258"/>
+      <c r="F514" s="259"/>
+      <c r="G514" s="261"/>
+      <c r="H514" s="261"/>
+      <c r="I514" s="261"/>
+      <c r="J514" s="261"/>
+      <c r="K514" s="261"/>
+      <c r="L514" s="261"/>
+      <c r="M514" s="261"/>
+      <c r="N514" s="260"/>
+      <c r="O514" s="262"/>
+      <c r="P514" s="262"/>
+      <c r="Q514" s="262"/>
+      <c r="R514" s="21"/>
+    </row>
+    <row r="515" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A515" s="254"/>
+      <c r="B515" s="255"/>
+      <c r="C515" s="256"/>
+      <c r="D515" s="257"/>
+      <c r="E515" s="258"/>
+      <c r="F515" s="259"/>
+      <c r="G515" s="261"/>
+      <c r="H515" s="261"/>
+      <c r="I515" s="261"/>
+      <c r="J515" s="261"/>
+      <c r="K515" s="261"/>
+      <c r="L515" s="261"/>
+      <c r="M515" s="261"/>
+      <c r="N515" s="260"/>
+      <c r="O515" s="262"/>
+      <c r="P515" s="262"/>
+      <c r="Q515" s="262"/>
+      <c r="R515" s="21"/>
+    </row>
+    <row r="516" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A516" s="254"/>
+      <c r="B516" s="255"/>
+      <c r="C516" s="256"/>
+      <c r="D516" s="257"/>
+      <c r="E516" s="258"/>
+      <c r="F516" s="259"/>
+      <c r="G516" s="261"/>
+      <c r="H516" s="261"/>
+      <c r="I516" s="261"/>
+      <c r="J516" s="261"/>
+      <c r="K516" s="261"/>
+      <c r="L516" s="261"/>
+      <c r="M516" s="261"/>
+      <c r="N516" s="260"/>
+      <c r="O516" s="262"/>
+      <c r="P516" s="262"/>
+      <c r="Q516" s="262"/>
+      <c r="R516" s="21"/>
+    </row>
+    <row r="517" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A517" s="254"/>
+      <c r="B517" s="255"/>
+      <c r="C517" s="256"/>
+      <c r="D517" s="257"/>
+      <c r="E517" s="258"/>
+      <c r="F517" s="259"/>
+      <c r="G517" s="261"/>
+      <c r="H517" s="261"/>
+      <c r="I517" s="261"/>
+      <c r="J517" s="261"/>
+      <c r="K517" s="261"/>
+      <c r="L517" s="261"/>
+      <c r="M517" s="261"/>
+      <c r="N517" s="260"/>
+      <c r="O517" s="262"/>
+      <c r="P517" s="262"/>
+      <c r="Q517" s="262"/>
+      <c r="R517" s="21"/>
+    </row>
+    <row r="518" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A518" s="254"/>
+      <c r="B518" s="255"/>
+      <c r="C518" s="256"/>
+      <c r="D518" s="257"/>
+      <c r="E518" s="258"/>
+      <c r="F518" s="259"/>
+      <c r="G518" s="261"/>
+      <c r="H518" s="261"/>
+      <c r="I518" s="261"/>
+      <c r="J518" s="261"/>
+      <c r="K518" s="261"/>
+      <c r="L518" s="261"/>
+      <c r="M518" s="261"/>
+      <c r="N518" s="260"/>
+      <c r="O518" s="262"/>
+      <c r="P518" s="262"/>
+      <c r="Q518" s="262"/>
+      <c r="R518" s="21"/>
+    </row>
+    <row r="519" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A519" s="254"/>
+      <c r="B519" s="255"/>
+      <c r="C519" s="256"/>
+      <c r="D519" s="257"/>
+      <c r="E519" s="258"/>
+      <c r="F519" s="259"/>
+      <c r="G519" s="261"/>
+      <c r="H519" s="261"/>
+      <c r="I519" s="261"/>
+      <c r="J519" s="261"/>
+      <c r="K519" s="261"/>
+      <c r="L519" s="261"/>
+      <c r="M519" s="261"/>
+      <c r="N519" s="260"/>
+      <c r="O519" s="262"/>
+      <c r="P519" s="262"/>
+      <c r="Q519" s="262"/>
+      <c r="R519" s="21"/>
+    </row>
+    <row r="520" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A520" s="254"/>
+      <c r="B520" s="255"/>
+      <c r="C520" s="256"/>
+      <c r="D520" s="257"/>
+      <c r="E520" s="258"/>
+      <c r="F520" s="259"/>
+      <c r="G520" s="261"/>
+      <c r="H520" s="261"/>
+      <c r="I520" s="261"/>
+      <c r="J520" s="261"/>
+      <c r="K520" s="261"/>
+      <c r="L520" s="261"/>
+      <c r="M520" s="261"/>
+      <c r="N520" s="260"/>
+      <c r="O520" s="262"/>
+      <c r="P520" s="262"/>
+      <c r="Q520" s="262"/>
+      <c r="R520" s="21"/>
+    </row>
+    <row r="521" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A521" s="254"/>
+      <c r="B521" s="255"/>
+      <c r="C521" s="256"/>
+      <c r="D521" s="257"/>
+      <c r="E521" s="258"/>
+      <c r="F521" s="259"/>
+      <c r="G521" s="261"/>
+      <c r="H521" s="261"/>
+      <c r="I521" s="261"/>
+      <c r="J521" s="261"/>
+      <c r="K521" s="261"/>
+      <c r="L521" s="261"/>
+      <c r="M521" s="261"/>
+      <c r="N521" s="260"/>
+      <c r="O521" s="262"/>
+      <c r="P521" s="262"/>
+      <c r="Q521" s="262"/>
+      <c r="R521" s="21"/>
+    </row>
+    <row r="522" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A522" s="254"/>
+      <c r="B522" s="255"/>
+      <c r="C522" s="256"/>
+      <c r="D522" s="257"/>
+      <c r="E522" s="258"/>
+      <c r="F522" s="259"/>
+      <c r="G522" s="261"/>
+      <c r="H522" s="261"/>
+      <c r="I522" s="261"/>
+      <c r="J522" s="261"/>
+      <c r="K522" s="261"/>
+      <c r="L522" s="261"/>
+      <c r="M522" s="261"/>
+      <c r="N522" s="260"/>
+      <c r="O522" s="262"/>
+      <c r="P522" s="262"/>
+      <c r="Q522" s="262"/>
+      <c r="R522" s="21"/>
+    </row>
+    <row r="523" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A523" s="254"/>
+      <c r="B523" s="255"/>
+      <c r="C523" s="256"/>
+      <c r="D523" s="257"/>
+      <c r="E523" s="258"/>
+      <c r="F523" s="259"/>
+      <c r="G523" s="261"/>
+      <c r="H523" s="261"/>
+      <c r="I523" s="261"/>
+      <c r="J523" s="261"/>
+      <c r="K523" s="261"/>
+      <c r="L523" s="261"/>
+      <c r="M523" s="261"/>
+      <c r="N523" s="260"/>
+      <c r="O523" s="262"/>
+      <c r="P523" s="262"/>
+      <c r="Q523" s="262"/>
+      <c r="R523" s="21"/>
+    </row>
+    <row r="524" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A524" s="254"/>
+      <c r="B524" s="255"/>
+      <c r="C524" s="256"/>
+      <c r="D524" s="257"/>
+      <c r="E524" s="258"/>
+      <c r="F524" s="259"/>
+      <c r="G524" s="261"/>
+      <c r="H524" s="261"/>
+      <c r="I524" s="261"/>
+      <c r="J524" s="261"/>
+      <c r="K524" s="261"/>
+      <c r="L524" s="261"/>
+      <c r="M524" s="261"/>
+      <c r="N524" s="260"/>
+      <c r="O524" s="262"/>
+      <c r="P524" s="262"/>
+      <c r="Q524" s="262"/>
+      <c r="R524" s="21"/>
+    </row>
+    <row r="525" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A525" s="254"/>
+      <c r="B525" s="255"/>
+      <c r="C525" s="256"/>
+      <c r="D525" s="257"/>
+      <c r="E525" s="258"/>
+      <c r="F525" s="259"/>
+      <c r="G525" s="261"/>
+      <c r="H525" s="261"/>
+      <c r="I525" s="261"/>
+      <c r="J525" s="261"/>
+      <c r="K525" s="261"/>
+      <c r="L525" s="261"/>
+      <c r="M525" s="261"/>
+      <c r="N525" s="260"/>
+      <c r="O525" s="262"/>
+      <c r="P525" s="262"/>
+      <c r="Q525" s="262"/>
+      <c r="R525" s="21"/>
+    </row>
+    <row r="526" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A526" s="254"/>
+      <c r="B526" s="255"/>
+      <c r="C526" s="256"/>
+      <c r="D526" s="257"/>
+      <c r="E526" s="258"/>
+      <c r="F526" s="259"/>
+      <c r="G526" s="261"/>
+      <c r="H526" s="261"/>
+      <c r="I526" s="261"/>
+      <c r="J526" s="261"/>
+      <c r="K526" s="261"/>
+      <c r="L526" s="261"/>
+      <c r="M526" s="261"/>
+      <c r="N526" s="260"/>
+      <c r="O526" s="262"/>
+      <c r="P526" s="262"/>
+      <c r="Q526" s="262"/>
+      <c r="R526" s="21"/>
+    </row>
+    <row r="527" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A527" s="254"/>
+      <c r="B527" s="255"/>
+      <c r="C527" s="256"/>
+      <c r="D527" s="257"/>
+      <c r="E527" s="258"/>
+      <c r="F527" s="259"/>
+      <c r="G527" s="261"/>
+      <c r="H527" s="261"/>
+      <c r="I527" s="261"/>
+      <c r="J527" s="261"/>
+      <c r="K527" s="261"/>
+      <c r="L527" s="261"/>
+      <c r="M527" s="261"/>
+      <c r="N527" s="260"/>
+      <c r="O527" s="262"/>
+      <c r="P527" s="262"/>
+      <c r="Q527" s="262"/>
+      <c r="R527" s="21"/>
+    </row>
+    <row r="528" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A528" s="254"/>
+      <c r="B528" s="255"/>
+      <c r="C528" s="256"/>
+      <c r="D528" s="257"/>
+      <c r="E528" s="258"/>
+      <c r="F528" s="259"/>
+      <c r="G528" s="261"/>
+      <c r="H528" s="261"/>
+      <c r="I528" s="261"/>
+      <c r="J528" s="261"/>
+      <c r="K528" s="261"/>
+      <c r="L528" s="261"/>
+      <c r="M528" s="261"/>
+      <c r="N528" s="260"/>
+      <c r="O528" s="262"/>
+      <c r="P528" s="262"/>
+      <c r="Q528" s="262"/>
+      <c r="R528" s="21"/>
+    </row>
+    <row r="529" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A529" s="254"/>
+      <c r="B529" s="255"/>
+      <c r="C529" s="256"/>
+      <c r="D529" s="257"/>
+      <c r="E529" s="258"/>
+      <c r="F529" s="259"/>
+      <c r="G529" s="261"/>
+      <c r="H529" s="261"/>
+      <c r="I529" s="261"/>
+      <c r="J529" s="261"/>
+      <c r="K529" s="261"/>
+      <c r="L529" s="261"/>
+      <c r="M529" s="261"/>
+      <c r="N529" s="260"/>
+      <c r="O529" s="262"/>
+      <c r="P529" s="262"/>
+      <c r="Q529" s="262"/>
+      <c r="R529" s="21"/>
+    </row>
+    <row r="530" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A530" s="254"/>
+      <c r="B530" s="255"/>
+      <c r="C530" s="256"/>
+      <c r="D530" s="257"/>
+      <c r="E530" s="258"/>
+      <c r="F530" s="259"/>
+      <c r="G530" s="261"/>
+      <c r="H530" s="261"/>
+      <c r="I530" s="261"/>
+      <c r="J530" s="261"/>
+      <c r="K530" s="261"/>
+      <c r="L530" s="261"/>
+      <c r="M530" s="261"/>
+      <c r="N530" s="260"/>
+      <c r="O530" s="262"/>
+      <c r="P530" s="262"/>
+      <c r="Q530" s="262"/>
+      <c r="R530" s="21"/>
+    </row>
+    <row r="531" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A531" s="254"/>
+      <c r="B531" s="257"/>
+      <c r="C531" s="256"/>
+      <c r="D531" s="257"/>
+      <c r="E531" s="258"/>
+      <c r="F531" s="263"/>
+      <c r="G531" s="261"/>
+      <c r="H531" s="261"/>
+      <c r="I531" s="261"/>
+      <c r="J531" s="261"/>
+      <c r="K531" s="261"/>
+      <c r="L531" s="261"/>
+      <c r="M531" s="261"/>
+      <c r="N531" s="260"/>
+      <c r="O531" s="262"/>
+      <c r="P531" s="262"/>
+      <c r="Q531" s="262"/>
+      <c r="R531" s="21"/>
+    </row>
+    <row r="532" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A532" s="254"/>
+      <c r="B532" s="257"/>
+      <c r="C532" s="256"/>
+      <c r="D532" s="257"/>
+      <c r="E532" s="258"/>
+      <c r="F532" s="259"/>
+      <c r="G532" s="261"/>
+      <c r="H532" s="261"/>
+      <c r="I532" s="261"/>
+      <c r="J532" s="261"/>
+      <c r="K532" s="261"/>
+      <c r="L532" s="261"/>
+      <c r="M532" s="261"/>
+      <c r="N532" s="260"/>
+      <c r="O532" s="262"/>
+      <c r="P532" s="262"/>
+      <c r="Q532" s="262"/>
+      <c r="R532" s="21"/>
+    </row>
+    <row r="533" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A533" s="254"/>
+      <c r="B533" s="257"/>
+      <c r="C533" s="256"/>
+      <c r="D533" s="257"/>
+      <c r="E533" s="258"/>
+      <c r="F533" s="259"/>
+      <c r="G533" s="261"/>
+      <c r="H533" s="261"/>
+      <c r="I533" s="261"/>
+      <c r="J533" s="261"/>
+      <c r="K533" s="261"/>
+      <c r="L533" s="261"/>
+      <c r="M533" s="261"/>
+      <c r="N533" s="260"/>
+      <c r="O533" s="262"/>
+      <c r="P533" s="262"/>
+      <c r="Q533" s="262"/>
+      <c r="R533" s="21"/>
+    </row>
+    <row r="534" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A534" s="254"/>
+      <c r="B534" s="257"/>
+      <c r="C534" s="256"/>
+      <c r="D534" s="257"/>
+      <c r="E534" s="258"/>
+      <c r="F534" s="259"/>
+      <c r="G534" s="261"/>
+      <c r="H534" s="261"/>
+      <c r="I534" s="261"/>
+      <c r="J534" s="261"/>
+      <c r="K534" s="261"/>
+      <c r="L534" s="261"/>
+      <c r="M534" s="261"/>
+      <c r="N534" s="260"/>
+      <c r="O534" s="262"/>
+      <c r="P534" s="262"/>
+      <c r="Q534" s="262"/>
+      <c r="R534" s="21"/>
+    </row>
+    <row r="535" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A535" s="254"/>
+      <c r="B535" s="257"/>
+      <c r="C535" s="256"/>
+      <c r="D535" s="257"/>
+      <c r="E535" s="258"/>
+      <c r="F535" s="259"/>
+      <c r="G535" s="261"/>
+      <c r="H535" s="261"/>
+      <c r="I535" s="261"/>
+      <c r="J535" s="261"/>
+      <c r="K535" s="261"/>
+      <c r="L535" s="261"/>
+      <c r="M535" s="261"/>
+      <c r="N535" s="260"/>
+      <c r="O535" s="262"/>
+      <c r="P535" s="262"/>
+      <c r="Q535" s="262"/>
+      <c r="R535" s="21"/>
+    </row>
+    <row r="536" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A536" s="254"/>
+      <c r="B536" s="257"/>
+      <c r="C536" s="256"/>
+      <c r="D536" s="257"/>
+      <c r="E536" s="258"/>
+      <c r="F536" s="259"/>
+      <c r="G536" s="261"/>
+      <c r="H536" s="261"/>
+      <c r="I536" s="261"/>
+      <c r="J536" s="261"/>
+      <c r="K536" s="261"/>
+      <c r="L536" s="261"/>
+      <c r="M536" s="261"/>
+      <c r="N536" s="260"/>
+      <c r="O536" s="262"/>
+      <c r="P536" s="262"/>
+      <c r="Q536" s="262"/>
+      <c r="R536" s="21"/>
+    </row>
+    <row r="537" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A537" s="254"/>
+      <c r="B537" s="257"/>
+      <c r="C537" s="256"/>
+      <c r="D537" s="257"/>
+      <c r="E537" s="258"/>
+      <c r="F537" s="259"/>
+      <c r="G537" s="261"/>
+      <c r="H537" s="261"/>
+      <c r="I537" s="261"/>
+      <c r="J537" s="261"/>
+      <c r="K537" s="261"/>
+      <c r="L537" s="261"/>
+      <c r="M537" s="261"/>
+      <c r="N537" s="260"/>
+      <c r="O537" s="262"/>
+      <c r="P537" s="262"/>
+      <c r="Q537" s="262"/>
+      <c r="R537" s="21"/>
+    </row>
+    <row r="538" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A538" s="254"/>
+      <c r="B538" s="264"/>
+      <c r="C538" s="264"/>
+      <c r="D538" s="258"/>
+      <c r="E538" s="258"/>
+      <c r="F538" s="259"/>
+      <c r="G538" s="261"/>
+      <c r="H538" s="261"/>
+      <c r="I538" s="261"/>
+      <c r="J538" s="261"/>
+      <c r="K538" s="261"/>
+      <c r="L538" s="261"/>
+      <c r="M538" s="261"/>
+      <c r="N538" s="260"/>
+      <c r="O538" s="262"/>
+      <c r="P538" s="262"/>
+      <c r="Q538" s="262"/>
+      <c r="R538" s="21"/>
+    </row>
+    <row r="539" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A539" s="254"/>
+      <c r="B539" s="257"/>
+      <c r="C539" s="256"/>
+      <c r="D539" s="257"/>
+      <c r="E539" s="258"/>
+      <c r="F539" s="259"/>
+      <c r="G539" s="261"/>
+      <c r="H539" s="261"/>
+      <c r="I539" s="261"/>
+      <c r="J539" s="261"/>
+      <c r="K539" s="261"/>
+      <c r="L539" s="261"/>
+      <c r="M539" s="261"/>
+      <c r="N539" s="260"/>
+      <c r="O539" s="262"/>
+      <c r="P539" s="262"/>
+      <c r="Q539" s="262"/>
+      <c r="R539" s="21"/>
+    </row>
+    <row r="540" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A540" s="254"/>
+      <c r="B540" s="264"/>
+      <c r="C540" s="264"/>
+      <c r="D540" s="258"/>
+      <c r="E540" s="258"/>
+      <c r="F540" s="259"/>
+      <c r="G540" s="261"/>
+      <c r="H540" s="261"/>
+      <c r="I540" s="261"/>
+      <c r="J540" s="261"/>
+      <c r="K540" s="261"/>
+      <c r="L540" s="261"/>
+      <c r="M540" s="261"/>
+      <c r="N540" s="260"/>
+      <c r="O540" s="262"/>
+      <c r="P540" s="262"/>
+      <c r="Q540" s="262"/>
+      <c r="R540" s="21"/>
+    </row>
+    <row r="541" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A541" s="254"/>
+      <c r="B541" s="257"/>
+      <c r="C541" s="256"/>
+      <c r="D541" s="257"/>
+      <c r="E541" s="258"/>
+      <c r="F541" s="259"/>
+      <c r="G541" s="261"/>
+      <c r="H541" s="261"/>
+      <c r="I541" s="261"/>
+      <c r="J541" s="261"/>
+      <c r="K541" s="261"/>
+      <c r="L541" s="261"/>
+      <c r="M541" s="261"/>
+      <c r="N541" s="260"/>
+      <c r="O541" s="262"/>
+      <c r="P541" s="262"/>
+      <c r="Q541" s="262"/>
+      <c r="R541" s="21"/>
+    </row>
+    <row r="542" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A542" s="254"/>
+      <c r="B542" s="265"/>
+      <c r="C542" s="265"/>
+      <c r="D542" s="266"/>
+      <c r="E542" s="258"/>
+      <c r="F542" s="259"/>
+      <c r="G542" s="261"/>
+      <c r="H542" s="261"/>
+      <c r="I542" s="261"/>
+      <c r="J542" s="261"/>
+      <c r="K542" s="261"/>
+      <c r="L542" s="261"/>
+      <c r="M542" s="261"/>
+      <c r="N542" s="260"/>
+      <c r="O542" s="262"/>
+      <c r="P542" s="262"/>
+      <c r="Q542" s="262"/>
+      <c r="R542" s="21"/>
+    </row>
+    <row r="543" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A543" s="254"/>
+      <c r="B543" s="257"/>
+      <c r="C543" s="256"/>
+      <c r="D543" s="257"/>
+      <c r="E543" s="258"/>
+      <c r="F543" s="259"/>
+      <c r="G543" s="261"/>
+      <c r="H543" s="261"/>
+      <c r="I543" s="261"/>
+      <c r="J543" s="261"/>
+      <c r="K543" s="261"/>
+      <c r="L543" s="261"/>
+      <c r="M543" s="261"/>
+      <c r="N543" s="260"/>
+      <c r="O543" s="262"/>
+      <c r="P543" s="262"/>
+      <c r="Q543" s="262"/>
+      <c r="R543" s="21"/>
+    </row>
+    <row r="544" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A544" s="254"/>
+      <c r="B544" s="264"/>
+      <c r="C544" s="264"/>
+      <c r="D544" s="258"/>
+      <c r="E544" s="258"/>
+      <c r="F544" s="259"/>
+      <c r="G544" s="261"/>
+      <c r="H544" s="261"/>
+      <c r="I544" s="261"/>
+      <c r="J544" s="261"/>
+      <c r="K544" s="261"/>
+      <c r="L544" s="261"/>
+      <c r="M544" s="261"/>
+      <c r="N544" s="260"/>
+      <c r="O544" s="262"/>
+      <c r="P544" s="262"/>
+      <c r="Q544" s="262"/>
+      <c r="R544" s="21"/>
+    </row>
+    <row r="545" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A545" s="254"/>
+      <c r="B545" s="257"/>
+      <c r="C545" s="256"/>
+      <c r="D545" s="257"/>
+      <c r="E545" s="258"/>
+      <c r="F545" s="259"/>
+      <c r="G545" s="261"/>
+      <c r="H545" s="261"/>
+      <c r="I545" s="261"/>
+      <c r="J545" s="261"/>
+      <c r="K545" s="261"/>
+      <c r="L545" s="261"/>
+      <c r="M545" s="261"/>
+      <c r="N545" s="260"/>
+      <c r="O545" s="262"/>
+      <c r="P545" s="262"/>
+      <c r="Q545" s="262"/>
+      <c r="R545" s="21"/>
+    </row>
+    <row r="546" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A546" s="254"/>
+      <c r="B546" s="257"/>
+      <c r="C546" s="256"/>
+      <c r="D546" s="257"/>
+      <c r="E546" s="258"/>
+      <c r="F546" s="259"/>
+      <c r="G546" s="261"/>
+      <c r="H546" s="261"/>
+      <c r="I546" s="261"/>
+      <c r="J546" s="261"/>
+      <c r="K546" s="261"/>
+      <c r="L546" s="261"/>
+      <c r="M546" s="261"/>
+      <c r="N546" s="260"/>
+      <c r="O546" s="262"/>
+      <c r="P546" s="262"/>
+      <c r="Q546" s="262"/>
+      <c r="R546" s="21"/>
+    </row>
+    <row r="547" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A547" s="254"/>
+      <c r="B547" s="257"/>
+      <c r="C547" s="256"/>
+      <c r="D547" s="257"/>
+      <c r="E547" s="258"/>
+      <c r="F547" s="259"/>
+      <c r="G547" s="261"/>
+      <c r="H547" s="261"/>
+      <c r="I547" s="261"/>
+      <c r="J547" s="261"/>
+      <c r="K547" s="261"/>
+      <c r="L547" s="261"/>
+      <c r="M547" s="261"/>
+      <c r="N547" s="260"/>
+      <c r="O547" s="262"/>
+      <c r="P547" s="262"/>
+      <c r="Q547" s="262"/>
+      <c r="R547" s="21"/>
+    </row>
+    <row r="548" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A548" s="254"/>
+      <c r="B548" s="257"/>
+      <c r="C548" s="256"/>
+      <c r="D548" s="257"/>
+      <c r="E548" s="258"/>
+      <c r="F548" s="259"/>
+      <c r="G548" s="261"/>
+      <c r="H548" s="261"/>
+      <c r="I548" s="261"/>
+      <c r="J548" s="261"/>
+      <c r="K548" s="261"/>
+      <c r="L548" s="261"/>
+      <c r="M548" s="261"/>
+      <c r="N548" s="260"/>
+      <c r="O548" s="262"/>
+      <c r="P548" s="262"/>
+      <c r="Q548" s="262"/>
+      <c r="R548" s="21"/>
+    </row>
+    <row r="549" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A549" s="254"/>
+      <c r="B549" s="257"/>
+      <c r="C549" s="256"/>
+      <c r="D549" s="257"/>
+      <c r="E549" s="258"/>
+      <c r="F549" s="259"/>
+      <c r="G549" s="261"/>
+      <c r="H549" s="261"/>
+      <c r="I549" s="261"/>
+      <c r="J549" s="261"/>
+      <c r="K549" s="261"/>
+      <c r="L549" s="261"/>
+      <c r="M549" s="261"/>
+      <c r="N549" s="260"/>
+      <c r="O549" s="262"/>
+      <c r="P549" s="262"/>
+      <c r="Q549" s="262"/>
+      <c r="R549" s="21"/>
+    </row>
+    <row r="550" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A550" s="254"/>
+      <c r="B550" s="257"/>
+      <c r="C550" s="256"/>
+      <c r="D550" s="257"/>
+      <c r="E550" s="258"/>
+      <c r="F550" s="259"/>
+      <c r="G550" s="261"/>
+      <c r="H550" s="261"/>
+      <c r="I550" s="261"/>
+      <c r="J550" s="261"/>
+      <c r="K550" s="261"/>
+      <c r="L550" s="261"/>
+      <c r="M550" s="261"/>
+      <c r="N550" s="260"/>
+      <c r="O550" s="262"/>
+      <c r="P550" s="262"/>
+      <c r="Q550" s="262"/>
+      <c r="R550" s="21"/>
+    </row>
+    <row r="551" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A551" s="254"/>
+      <c r="B551" s="257"/>
+      <c r="C551" s="256"/>
+      <c r="D551" s="257"/>
+      <c r="E551" s="258"/>
+      <c r="F551" s="259"/>
+      <c r="G551" s="261"/>
+      <c r="H551" s="261"/>
+      <c r="I551" s="261"/>
+      <c r="J551" s="261"/>
+      <c r="K551" s="261"/>
+      <c r="L551" s="261"/>
+      <c r="M551" s="261"/>
+      <c r="N551" s="260"/>
+      <c r="O551" s="262"/>
+      <c r="P551" s="262"/>
+      <c r="Q551" s="262"/>
+      <c r="R551" s="21"/>
+    </row>
+    <row r="552" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A552" s="254"/>
+      <c r="B552" s="257"/>
+      <c r="C552" s="256"/>
+      <c r="D552" s="257"/>
+      <c r="E552" s="258"/>
+      <c r="F552" s="259"/>
+      <c r="G552" s="261"/>
+      <c r="H552" s="261"/>
+      <c r="I552" s="261"/>
+      <c r="J552" s="261"/>
+      <c r="K552" s="261"/>
+      <c r="L552" s="261"/>
+      <c r="M552" s="261"/>
+      <c r="N552" s="260"/>
+      <c r="O552" s="262"/>
+      <c r="P552" s="262"/>
+      <c r="Q552" s="262"/>
+      <c r="R552" s="21"/>
+    </row>
+    <row r="553" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A553" s="254"/>
+      <c r="B553" s="257"/>
+      <c r="C553" s="256"/>
+      <c r="D553" s="257"/>
+      <c r="E553" s="258"/>
+      <c r="F553" s="259"/>
+      <c r="G553" s="261"/>
+      <c r="H553" s="261"/>
+      <c r="I553" s="261"/>
+      <c r="J553" s="261"/>
+      <c r="K553" s="261"/>
+      <c r="L553" s="261"/>
+      <c r="M553" s="261"/>
+      <c r="N553" s="260"/>
+      <c r="O553" s="262"/>
+      <c r="P553" s="262"/>
+      <c r="Q553" s="262"/>
+      <c r="R553" s="21"/>
+    </row>
+    <row r="554" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A554" s="254"/>
+      <c r="B554" s="257"/>
+      <c r="C554" s="256"/>
+      <c r="D554" s="257"/>
+      <c r="E554" s="258"/>
+      <c r="F554" s="259"/>
+      <c r="G554" s="261"/>
+      <c r="H554" s="261"/>
+      <c r="I554" s="261"/>
+      <c r="J554" s="261"/>
+      <c r="K554" s="261"/>
+      <c r="L554" s="261"/>
+      <c r="M554" s="261"/>
+      <c r="N554" s="260"/>
+      <c r="O554" s="262"/>
+      <c r="P554" s="262"/>
+      <c r="Q554" s="262"/>
+      <c r="R554" s="21"/>
+    </row>
+    <row r="555" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A555" s="254"/>
+      <c r="B555" s="257"/>
+      <c r="C555" s="256"/>
+      <c r="D555" s="257"/>
+      <c r="E555" s="258"/>
+      <c r="F555" s="259"/>
+      <c r="G555" s="261"/>
+      <c r="H555" s="261"/>
+      <c r="I555" s="261"/>
+      <c r="J555" s="261"/>
+      <c r="K555" s="261"/>
+      <c r="L555" s="261"/>
+      <c r="M555" s="261"/>
+      <c r="N555" s="260"/>
+      <c r="O555" s="262"/>
+      <c r="P555" s="262"/>
+      <c r="Q555" s="262"/>
+      <c r="R555" s="21"/>
+    </row>
+    <row r="556" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A556" s="254"/>
+      <c r="B556" s="257"/>
+      <c r="C556" s="256"/>
+      <c r="D556" s="257"/>
+      <c r="E556" s="258"/>
+      <c r="F556" s="259"/>
+      <c r="G556" s="261"/>
+      <c r="H556" s="261"/>
+      <c r="I556" s="261"/>
+      <c r="J556" s="261"/>
+      <c r="K556" s="261"/>
+      <c r="L556" s="261"/>
+      <c r="M556" s="261"/>
+      <c r="N556" s="260"/>
+      <c r="O556" s="262"/>
+      <c r="P556" s="262"/>
+      <c r="Q556" s="262"/>
+      <c r="R556" s="21"/>
+    </row>
+    <row r="557" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A557" s="254"/>
+      <c r="B557" s="257"/>
+      <c r="C557" s="256"/>
+      <c r="D557" s="257"/>
+      <c r="E557" s="258"/>
+      <c r="F557" s="259"/>
+      <c r="G557" s="261"/>
+      <c r="H557" s="261"/>
+      <c r="I557" s="261"/>
+      <c r="J557" s="261"/>
+      <c r="K557" s="261"/>
+      <c r="L557" s="261"/>
+      <c r="M557" s="261"/>
+      <c r="N557" s="260"/>
+      <c r="O557" s="262"/>
+      <c r="P557" s="262"/>
+      <c r="Q557" s="262"/>
+      <c r="R557" s="21"/>
+    </row>
+    <row r="558" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A558" s="254"/>
+      <c r="B558" s="257"/>
+      <c r="C558" s="256"/>
+      <c r="D558" s="257"/>
+      <c r="E558" s="258"/>
+      <c r="F558" s="259"/>
+      <c r="G558" s="261"/>
+      <c r="H558" s="261"/>
+      <c r="I558" s="261"/>
+      <c r="J558" s="261"/>
+      <c r="K558" s="261"/>
+      <c r="L558" s="261"/>
+      <c r="M558" s="261"/>
+      <c r="N558" s="260"/>
+      <c r="O558" s="262"/>
+      <c r="P558" s="262"/>
+      <c r="Q558" s="262"/>
+      <c r="R558" s="21"/>
+    </row>
+    <row r="559" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A559" s="254"/>
+      <c r="B559" s="257"/>
+      <c r="C559" s="256"/>
+      <c r="D559" s="257"/>
+      <c r="E559" s="258"/>
+      <c r="F559" s="259"/>
+      <c r="G559" s="261"/>
+      <c r="H559" s="261"/>
+      <c r="I559" s="261"/>
+      <c r="J559" s="261"/>
+      <c r="K559" s="261"/>
+      <c r="L559" s="261"/>
+      <c r="M559" s="261"/>
+      <c r="N559" s="260"/>
+      <c r="O559" s="262"/>
+      <c r="P559" s="262"/>
+      <c r="Q559" s="262"/>
+      <c r="R559" s="21"/>
+    </row>
+    <row r="560" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A560" s="254"/>
+      <c r="B560" s="257"/>
+      <c r="C560" s="256"/>
+      <c r="D560" s="257"/>
+      <c r="E560" s="258"/>
+      <c r="F560" s="259"/>
+      <c r="G560" s="261"/>
+      <c r="H560" s="261"/>
+      <c r="I560" s="261"/>
+      <c r="J560" s="261"/>
+      <c r="K560" s="261"/>
+      <c r="L560" s="261"/>
+      <c r="M560" s="261"/>
+      <c r="N560" s="260"/>
+      <c r="O560" s="262"/>
+      <c r="P560" s="262"/>
+      <c r="Q560" s="262"/>
+      <c r="R560" s="21"/>
+    </row>
+    <row r="561" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A561" s="254"/>
+      <c r="B561" s="257"/>
+      <c r="C561" s="256"/>
+      <c r="D561" s="257"/>
+      <c r="E561" s="258"/>
+      <c r="F561" s="259"/>
+      <c r="G561" s="261"/>
+      <c r="H561" s="261"/>
+      <c r="I561" s="261"/>
+      <c r="J561" s="261"/>
+      <c r="K561" s="261"/>
+      <c r="L561" s="261"/>
+      <c r="M561" s="261"/>
+      <c r="N561" s="260"/>
+      <c r="O561" s="262"/>
+      <c r="P561" s="262"/>
+      <c r="Q561" s="262"/>
+      <c r="R561" s="21"/>
+    </row>
+    <row r="562" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A562" s="254"/>
+      <c r="B562" s="257"/>
+      <c r="C562" s="256"/>
+      <c r="D562" s="257"/>
+      <c r="E562" s="258"/>
+      <c r="F562" s="259"/>
+      <c r="G562" s="261"/>
+      <c r="H562" s="261"/>
+      <c r="I562" s="261"/>
+      <c r="J562" s="261"/>
+      <c r="K562" s="261"/>
+      <c r="L562" s="261"/>
+      <c r="M562" s="261"/>
+      <c r="N562" s="260"/>
+      <c r="O562" s="262"/>
+      <c r="P562" s="262"/>
+      <c r="Q562" s="262"/>
+      <c r="R562" s="21"/>
+    </row>
+    <row r="563" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A563" s="254"/>
+      <c r="B563" s="257"/>
+      <c r="C563" s="256"/>
+      <c r="D563" s="257"/>
+      <c r="E563" s="258"/>
+      <c r="F563" s="259"/>
+      <c r="G563" s="261"/>
+      <c r="H563" s="261"/>
+      <c r="I563" s="261"/>
+      <c r="J563" s="261"/>
+      <c r="K563" s="261"/>
+      <c r="L563" s="261"/>
+      <c r="M563" s="261"/>
+      <c r="N563" s="260"/>
+      <c r="O563" s="262"/>
+      <c r="P563" s="262"/>
+      <c r="Q563" s="262"/>
+      <c r="R563" s="21"/>
+    </row>
+    <row r="564" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A564" s="254"/>
+      <c r="B564" s="257"/>
+      <c r="C564" s="256"/>
+      <c r="D564" s="257"/>
+      <c r="E564" s="258"/>
+      <c r="F564" s="259"/>
+      <c r="G564" s="261"/>
+      <c r="H564" s="261"/>
+      <c r="I564" s="261"/>
+      <c r="J564" s="261"/>
+      <c r="K564" s="261"/>
+      <c r="L564" s="261"/>
+      <c r="M564" s="261"/>
+      <c r="N564" s="260"/>
+      <c r="O564" s="262"/>
+      <c r="P564" s="262"/>
+      <c r="Q564" s="262"/>
+      <c r="R564" s="21"/>
+    </row>
+    <row r="565" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A565" s="254"/>
+      <c r="B565" s="257"/>
+      <c r="C565" s="256"/>
+      <c r="D565" s="257"/>
+      <c r="E565" s="258"/>
+      <c r="F565" s="259"/>
+      <c r="G565" s="261"/>
+      <c r="H565" s="261"/>
+      <c r="I565" s="261"/>
+      <c r="J565" s="261"/>
+      <c r="K565" s="261"/>
+      <c r="L565" s="261"/>
+      <c r="M565" s="261"/>
+      <c r="N565" s="260"/>
+      <c r="O565" s="262"/>
+      <c r="P565" s="262"/>
+      <c r="Q565" s="262"/>
+      <c r="R565" s="21"/>
+    </row>
+    <row r="566" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A566" s="254"/>
+      <c r="B566" s="257"/>
+      <c r="C566" s="256"/>
+      <c r="D566" s="257"/>
+      <c r="E566" s="258"/>
+      <c r="F566" s="259"/>
+      <c r="G566" s="261"/>
+      <c r="H566" s="261"/>
+      <c r="I566" s="261"/>
+      <c r="J566" s="261"/>
+      <c r="K566" s="261"/>
+      <c r="L566" s="261"/>
+      <c r="M566" s="261"/>
+      <c r="N566" s="260"/>
+      <c r="O566" s="262"/>
+      <c r="P566" s="262"/>
+      <c r="Q566" s="262"/>
+      <c r="R566" s="21"/>
+    </row>
+    <row r="567" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A567" s="254"/>
+      <c r="B567" s="257"/>
+      <c r="C567" s="256"/>
+      <c r="D567" s="257"/>
+      <c r="E567" s="258"/>
+      <c r="F567" s="259"/>
+      <c r="G567" s="261"/>
+      <c r="H567" s="261"/>
+      <c r="I567" s="261"/>
+      <c r="J567" s="261"/>
+      <c r="K567" s="261"/>
+      <c r="L567" s="261"/>
+      <c r="M567" s="261"/>
+      <c r="N567" s="260"/>
+      <c r="O567" s="262"/>
+      <c r="P567" s="262"/>
+      <c r="Q567" s="262"/>
+      <c r="R567" s="21"/>
+    </row>
+    <row r="568" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A568" s="254"/>
+      <c r="B568" s="257"/>
+      <c r="C568" s="256"/>
+      <c r="D568" s="257"/>
+      <c r="E568" s="258"/>
+      <c r="F568" s="259"/>
+      <c r="G568" s="261"/>
+      <c r="H568" s="261"/>
+      <c r="I568" s="261"/>
+      <c r="J568" s="261"/>
+      <c r="K568" s="261"/>
+      <c r="L568" s="261"/>
+      <c r="M568" s="261"/>
+      <c r="N568" s="260"/>
+      <c r="O568" s="262"/>
+      <c r="P568" s="262"/>
+      <c r="Q568" s="262"/>
+      <c r="R568" s="21"/>
+    </row>
+    <row r="569" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A569" s="254"/>
+      <c r="B569" s="257"/>
+      <c r="C569" s="256"/>
+      <c r="D569" s="257"/>
+      <c r="E569" s="258"/>
+      <c r="F569" s="259"/>
+      <c r="G569" s="261"/>
+      <c r="H569" s="261"/>
+      <c r="I569" s="261"/>
+      <c r="J569" s="261"/>
+      <c r="K569" s="261"/>
+      <c r="L569" s="261"/>
+      <c r="M569" s="261"/>
+      <c r="N569" s="260"/>
+      <c r="O569" s="262"/>
+      <c r="P569" s="262"/>
+      <c r="Q569" s="262"/>
+      <c r="R569" s="21"/>
+    </row>
+    <row r="570" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A570" s="254"/>
+      <c r="B570" s="257"/>
+      <c r="C570" s="256"/>
+      <c r="D570" s="257"/>
+      <c r="E570" s="258"/>
+      <c r="F570" s="259"/>
+      <c r="G570" s="261"/>
+      <c r="H570" s="261"/>
+      <c r="I570" s="261"/>
+      <c r="J570" s="261"/>
+      <c r="K570" s="261"/>
+      <c r="L570" s="261"/>
+      <c r="M570" s="261"/>
+      <c r="N570" s="260"/>
+      <c r="O570" s="262"/>
+      <c r="P570" s="262"/>
+      <c r="Q570" s="262"/>
+      <c r="R570" s="21"/>
+    </row>
+    <row r="571" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A571" s="254"/>
+      <c r="B571" s="257"/>
+      <c r="C571" s="256"/>
+      <c r="D571" s="257"/>
+      <c r="E571" s="258"/>
+      <c r="F571" s="259"/>
+      <c r="G571" s="261"/>
+      <c r="H571" s="261"/>
+      <c r="I571" s="261"/>
+      <c r="J571" s="261"/>
+      <c r="K571" s="261"/>
+      <c r="L571" s="261"/>
+      <c r="M571" s="261"/>
+      <c r="N571" s="260"/>
+      <c r="O571" s="262"/>
+      <c r="P571" s="262"/>
+      <c r="Q571" s="262"/>
+      <c r="R571" s="21"/>
+    </row>
+    <row r="572" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A572" s="254"/>
+      <c r="B572" s="257"/>
+      <c r="C572" s="256"/>
+      <c r="D572" s="257"/>
+      <c r="E572" s="258"/>
+      <c r="F572" s="259"/>
+      <c r="G572" s="261"/>
+      <c r="H572" s="261"/>
+      <c r="I572" s="261"/>
+      <c r="J572" s="261"/>
+      <c r="K572" s="261"/>
+      <c r="L572" s="261"/>
+      <c r="M572" s="261"/>
+      <c r="N572" s="260"/>
+      <c r="O572" s="262"/>
+      <c r="P572" s="262"/>
+      <c r="Q572" s="262"/>
+      <c r="R572" s="21"/>
+    </row>
+    <row r="573" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A573" s="254"/>
+      <c r="B573" s="257"/>
+      <c r="C573" s="256"/>
+      <c r="D573" s="257"/>
+      <c r="E573" s="258"/>
+      <c r="F573" s="259"/>
+      <c r="G573" s="261"/>
+      <c r="H573" s="261"/>
+      <c r="I573" s="261"/>
+      <c r="J573" s="261"/>
+      <c r="K573" s="261"/>
+      <c r="L573" s="261"/>
+      <c r="M573" s="261"/>
+      <c r="N573" s="260"/>
+      <c r="O573" s="262"/>
+      <c r="P573" s="262"/>
+      <c r="Q573" s="262"/>
+      <c r="R573" s="21"/>
+    </row>
+    <row r="574" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A574" s="254"/>
+      <c r="B574" s="257"/>
+      <c r="C574" s="256"/>
+      <c r="D574" s="257"/>
+      <c r="E574" s="258"/>
+      <c r="F574" s="259"/>
+      <c r="G574" s="261"/>
+      <c r="H574" s="261"/>
+      <c r="I574" s="261"/>
+      <c r="J574" s="261"/>
+      <c r="K574" s="261"/>
+      <c r="L574" s="261"/>
+      <c r="M574" s="261"/>
+      <c r="N574" s="260"/>
+      <c r="O574" s="262"/>
+      <c r="P574" s="262"/>
+      <c r="Q574" s="262"/>
+      <c r="R574" s="21"/>
+    </row>
+    <row r="575" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A575" s="254"/>
+      <c r="B575" s="257"/>
+      <c r="C575" s="256"/>
+      <c r="D575" s="257"/>
+      <c r="E575" s="258"/>
+      <c r="F575" s="259"/>
+      <c r="G575" s="261"/>
+      <c r="H575" s="261"/>
+      <c r="I575" s="261"/>
+      <c r="J575" s="261"/>
+      <c r="K575" s="261"/>
+      <c r="L575" s="261"/>
+      <c r="M575" s="261"/>
+      <c r="N575" s="260"/>
+      <c r="O575" s="262"/>
+      <c r="P575" s="262"/>
+      <c r="Q575" s="262"/>
+      <c r="R575" s="21"/>
+    </row>
+    <row r="576" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A576" s="254"/>
+      <c r="B576" s="257"/>
+      <c r="C576" s="256"/>
+      <c r="D576" s="257"/>
+      <c r="E576" s="258"/>
+      <c r="F576" s="259"/>
+      <c r="G576" s="261"/>
+      <c r="H576" s="261"/>
+      <c r="I576" s="261"/>
+      <c r="J576" s="261"/>
+      <c r="K576" s="261"/>
+      <c r="L576" s="261"/>
+      <c r="M576" s="261"/>
+      <c r="N576" s="260"/>
+      <c r="O576" s="262"/>
+      <c r="P576" s="262"/>
+      <c r="Q576" s="262"/>
+      <c r="R576" s="21"/>
+    </row>
+    <row r="577" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A577" s="254"/>
+      <c r="B577" s="257"/>
+      <c r="C577" s="256"/>
+      <c r="D577" s="257"/>
+      <c r="E577" s="258"/>
+      <c r="F577" s="259"/>
+      <c r="G577" s="261"/>
+      <c r="H577" s="261"/>
+      <c r="I577" s="261"/>
+      <c r="J577" s="261"/>
+      <c r="K577" s="261"/>
+      <c r="L577" s="261"/>
+      <c r="M577" s="261"/>
+      <c r="N577" s="260"/>
+      <c r="O577" s="262"/>
+      <c r="P577" s="262"/>
+      <c r="Q577" s="262"/>
+      <c r="R577" s="21"/>
+    </row>
+    <row r="578" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A578" s="254"/>
+      <c r="B578" s="257"/>
+      <c r="C578" s="256"/>
+      <c r="D578" s="257"/>
+      <c r="E578" s="258"/>
+      <c r="F578" s="259"/>
+      <c r="G578" s="261"/>
+      <c r="H578" s="261"/>
+      <c r="I578" s="261"/>
+      <c r="J578" s="261"/>
+      <c r="K578" s="261"/>
+      <c r="L578" s="261"/>
+      <c r="M578" s="261"/>
+      <c r="N578" s="260"/>
+      <c r="O578" s="262"/>
+      <c r="P578" s="262"/>
+      <c r="Q578" s="262"/>
+      <c r="R578" s="21"/>
+    </row>
+    <row r="579" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A579" s="254"/>
+      <c r="B579" s="257"/>
+      <c r="C579" s="256"/>
+      <c r="D579" s="257"/>
+      <c r="E579" s="258"/>
+      <c r="F579" s="259"/>
+      <c r="G579" s="261"/>
+      <c r="H579" s="261"/>
+      <c r="I579" s="261"/>
+      <c r="J579" s="261"/>
+      <c r="K579" s="261"/>
+      <c r="L579" s="261"/>
+      <c r="M579" s="261"/>
+      <c r="N579" s="260"/>
+      <c r="O579" s="262"/>
+      <c r="P579" s="262"/>
+      <c r="Q579" s="262"/>
+      <c r="R579" s="21"/>
+    </row>
+    <row r="580" spans="1:18" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A580" s="254"/>
+      <c r="B580" s="257"/>
+      <c r="C580" s="256"/>
+      <c r="D580" s="257"/>
+      <c r="E580" s="258"/>
+      <c r="F580" s="259"/>
+      <c r="G580" s="261"/>
+      <c r="H580" s="261"/>
+      <c r="I580" s="261"/>
+      <c r="J580" s="261"/>
+      <c r="K580" s="261"/>
+      <c r="L580" s="261"/>
+      <c r="M580" s="261"/>
+      <c r="N580" s="260"/>
+      <c r="O580" s="262"/>
+      <c r="P580" s="262"/>
+      <c r="Q580" s="262"/>
+      <c r="R580" s="21"/>
+    </row>
+    <row r="581" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A581" s="254"/>
+      <c r="B581" s="257"/>
+      <c r="C581" s="256"/>
+      <c r="D581" s="257"/>
+      <c r="E581" s="258"/>
+      <c r="F581" s="259"/>
+      <c r="G581" s="261"/>
+      <c r="H581" s="261"/>
+      <c r="I581" s="261"/>
+      <c r="J581" s="261"/>
+      <c r="K581" s="261"/>
+      <c r="L581" s="261"/>
+      <c r="M581" s="261"/>
+      <c r="N581" s="260"/>
+      <c r="O581" s="262"/>
+      <c r="P581" s="262"/>
+      <c r="Q581" s="262"/>
+      <c r="R581" s="21"/>
+    </row>
+    <row r="582" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A582" s="254"/>
+      <c r="B582" s="257"/>
+      <c r="C582" s="256"/>
+      <c r="D582" s="257"/>
+      <c r="E582" s="258"/>
+      <c r="F582" s="259"/>
+      <c r="G582" s="261"/>
+      <c r="H582" s="261"/>
+      <c r="I582" s="261"/>
+      <c r="J582" s="261"/>
+      <c r="K582" s="261"/>
+      <c r="L582" s="261"/>
+      <c r="M582" s="261"/>
+      <c r="N582" s="260"/>
+      <c r="O582" s="262"/>
+      <c r="P582" s="262"/>
+      <c r="Q582" s="262"/>
+      <c r="R582" s="21"/>
+    </row>
+    <row r="583" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A583" s="254"/>
+      <c r="B583" s="257"/>
+      <c r="C583" s="256"/>
+      <c r="D583" s="257"/>
+      <c r="E583" s="258"/>
+      <c r="F583" s="259"/>
+      <c r="G583" s="261"/>
+      <c r="H583" s="261"/>
+      <c r="I583" s="261"/>
+      <c r="J583" s="261"/>
+      <c r="K583" s="261"/>
+      <c r="L583" s="261"/>
+      <c r="M583" s="261"/>
+      <c r="N583" s="260"/>
+      <c r="O583" s="262"/>
+      <c r="P583" s="262"/>
+      <c r="Q583" s="262"/>
+      <c r="R583" s="21"/>
+    </row>
+    <row r="584" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A584" s="254"/>
+      <c r="B584" s="257"/>
+      <c r="C584" s="256"/>
+      <c r="D584" s="257"/>
+      <c r="E584" s="258"/>
+      <c r="F584" s="259"/>
+      <c r="G584" s="261"/>
+      <c r="H584" s="261"/>
+      <c r="I584" s="261"/>
+      <c r="J584" s="261"/>
+      <c r="K584" s="261"/>
+      <c r="L584" s="261"/>
+      <c r="M584" s="261"/>
+      <c r="N584" s="260"/>
+      <c r="O584" s="262"/>
+      <c r="P584" s="262"/>
+      <c r="Q584" s="262"/>
+      <c r="R584" s="21"/>
+    </row>
+    <row r="585" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A585" s="254"/>
+      <c r="B585" s="257"/>
+      <c r="C585" s="256"/>
+      <c r="D585" s="257"/>
+      <c r="E585" s="258"/>
+      <c r="F585" s="259"/>
+      <c r="G585" s="261"/>
+      <c r="H585" s="261"/>
+      <c r="I585" s="261"/>
+      <c r="J585" s="261"/>
+      <c r="K585" s="261"/>
+      <c r="L585" s="261"/>
+      <c r="M585" s="261"/>
+      <c r="N585" s="260"/>
+      <c r="O585" s="262"/>
+      <c r="P585" s="262"/>
+      <c r="Q585" s="262"/>
+      <c r="R585" s="21"/>
+    </row>
+    <row r="586" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A586" s="254"/>
+      <c r="B586" s="257"/>
+      <c r="C586" s="256"/>
+      <c r="D586" s="257"/>
+      <c r="E586" s="258"/>
+      <c r="F586" s="259"/>
+      <c r="G586" s="261"/>
+      <c r="H586" s="261"/>
+      <c r="I586" s="261"/>
+      <c r="J586" s="261"/>
+      <c r="K586" s="261"/>
+      <c r="L586" s="261"/>
+      <c r="M586" s="261"/>
+      <c r="N586" s="260"/>
+      <c r="O586" s="262"/>
+      <c r="P586" s="262"/>
+      <c r="Q586" s="262"/>
+      <c r="R586" s="21"/>
+    </row>
+    <row r="587" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A587" s="254"/>
+      <c r="B587" s="257"/>
+      <c r="C587" s="256"/>
+      <c r="D587" s="257"/>
+      <c r="E587" s="258"/>
+      <c r="F587" s="259"/>
+      <c r="G587" s="261"/>
+      <c r="H587" s="261"/>
+      <c r="I587" s="261"/>
+      <c r="J587" s="261"/>
+      <c r="K587" s="261"/>
+      <c r="L587" s="261"/>
+      <c r="M587" s="261"/>
+      <c r="N587" s="260"/>
+      <c r="O587" s="262"/>
+      <c r="P587" s="262"/>
+      <c r="Q587" s="262"/>
+      <c r="R587" s="21"/>
+    </row>
+    <row r="588" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A588" s="254"/>
+      <c r="B588" s="257"/>
+      <c r="C588" s="256"/>
+      <c r="D588" s="257"/>
+      <c r="E588" s="258"/>
+      <c r="F588" s="259"/>
+      <c r="G588" s="261"/>
+      <c r="H588" s="261"/>
+      <c r="I588" s="261"/>
+      <c r="J588" s="261"/>
+      <c r="K588" s="261"/>
+      <c r="L588" s="261"/>
+      <c r="M588" s="261"/>
+      <c r="N588" s="260"/>
+      <c r="O588" s="262"/>
+      <c r="P588" s="262"/>
+      <c r="Q588" s="262"/>
+      <c r="R588" s="21"/>
+    </row>
+    <row r="589" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A589" s="254"/>
+      <c r="B589" s="257"/>
+      <c r="C589" s="256"/>
+      <c r="D589" s="257"/>
+      <c r="E589" s="258"/>
+      <c r="F589" s="259"/>
+      <c r="G589" s="261"/>
+      <c r="H589" s="261"/>
+      <c r="I589" s="261"/>
+      <c r="J589" s="261"/>
+      <c r="K589" s="261"/>
+      <c r="L589" s="261"/>
+      <c r="M589" s="261"/>
+      <c r="N589" s="260"/>
+      <c r="O589" s="262"/>
+      <c r="P589" s="262"/>
+      <c r="Q589" s="262"/>
+      <c r="R589" s="21"/>
+    </row>
+    <row r="590" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A590" s="254"/>
+      <c r="B590" s="257"/>
+      <c r="C590" s="256"/>
+      <c r="D590" s="257"/>
+      <c r="E590" s="258"/>
+      <c r="F590" s="259"/>
+      <c r="G590" s="261"/>
+      <c r="H590" s="261"/>
+      <c r="I590" s="261"/>
+      <c r="J590" s="261"/>
+      <c r="K590" s="261"/>
+      <c r="L590" s="261"/>
+      <c r="M590" s="261"/>
+      <c r="N590" s="260"/>
+      <c r="O590" s="262"/>
+      <c r="P590" s="262"/>
+      <c r="Q590" s="262"/>
+      <c r="R590" s="21"/>
+    </row>
+    <row r="591" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A591" s="254"/>
+      <c r="B591" s="257"/>
+      <c r="C591" s="256"/>
+      <c r="D591" s="257"/>
+      <c r="E591" s="258"/>
+      <c r="F591" s="259"/>
+      <c r="G591" s="261"/>
+      <c r="H591" s="261"/>
+      <c r="I591" s="261"/>
+      <c r="J591" s="261"/>
+      <c r="K591" s="261"/>
+      <c r="L591" s="261"/>
+      <c r="M591" s="261"/>
+      <c r="N591" s="260"/>
+      <c r="O591" s="262"/>
+      <c r="P591" s="262"/>
+      <c r="Q591" s="262"/>
+      <c r="R591" s="21"/>
+    </row>
+    <row r="592" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A592" s="254"/>
+      <c r="B592" s="257"/>
+      <c r="C592" s="256"/>
+      <c r="D592" s="257"/>
+      <c r="E592" s="258"/>
+      <c r="F592" s="259"/>
+      <c r="G592" s="261"/>
+      <c r="H592" s="261"/>
+      <c r="I592" s="261"/>
+      <c r="J592" s="261"/>
+      <c r="K592" s="261"/>
+      <c r="L592" s="261"/>
+      <c r="M592" s="261"/>
+      <c r="N592" s="260"/>
+      <c r="O592" s="262"/>
+      <c r="P592" s="262"/>
+      <c r="Q592" s="262"/>
+      <c r="R592" s="21"/>
+    </row>
+    <row r="593" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A593" s="254"/>
+      <c r="B593" s="257"/>
+      <c r="C593" s="256"/>
+      <c r="D593" s="257"/>
+      <c r="E593" s="258"/>
+      <c r="F593" s="259"/>
+      <c r="G593" s="261"/>
+      <c r="H593" s="261"/>
+      <c r="I593" s="261"/>
+      <c r="J593" s="261"/>
+      <c r="K593" s="261"/>
+      <c r="L593" s="261"/>
+      <c r="M593" s="261"/>
+      <c r="N593" s="260"/>
+      <c r="O593" s="262"/>
+      <c r="P593" s="262"/>
+      <c r="Q593" s="262"/>
+      <c r="R593" s="21"/>
+    </row>
+    <row r="594" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A594" s="254"/>
+      <c r="B594" s="257"/>
+      <c r="C594" s="256"/>
+      <c r="D594" s="257"/>
+      <c r="E594" s="258"/>
+      <c r="F594" s="259"/>
+      <c r="G594" s="261"/>
+      <c r="H594" s="261"/>
+      <c r="I594" s="261"/>
+      <c r="J594" s="261"/>
+      <c r="K594" s="261"/>
+      <c r="L594" s="261"/>
+      <c r="M594" s="261"/>
+      <c r="N594" s="260"/>
+      <c r="O594" s="262"/>
+      <c r="P594" s="262"/>
+      <c r="Q594" s="262"/>
+      <c r="R594" s="21"/>
+    </row>
+    <row r="595" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A595" s="254"/>
+      <c r="B595" s="257"/>
+      <c r="C595" s="256"/>
+      <c r="D595" s="257"/>
+      <c r="E595" s="258"/>
+      <c r="F595" s="259"/>
+      <c r="G595" s="261"/>
+      <c r="H595" s="261"/>
+      <c r="I595" s="261"/>
+      <c r="J595" s="261"/>
+      <c r="K595" s="261"/>
+      <c r="L595" s="261"/>
+      <c r="M595" s="261"/>
+      <c r="N595" s="260"/>
+      <c r="O595" s="262"/>
+      <c r="P595" s="262"/>
+      <c r="Q595" s="262"/>
+      <c r="R595" s="21"/>
+    </row>
+    <row r="596" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A596" s="254"/>
+      <c r="B596" s="257"/>
+      <c r="C596" s="256"/>
+      <c r="D596" s="257"/>
+      <c r="E596" s="258"/>
+      <c r="F596" s="259"/>
+      <c r="G596" s="261"/>
+      <c r="H596" s="261"/>
+      <c r="I596" s="261"/>
+      <c r="J596" s="261"/>
+      <c r="K596" s="261"/>
+      <c r="L596" s="261"/>
+      <c r="M596" s="261"/>
+      <c r="N596" s="260"/>
+      <c r="O596" s="262"/>
+      <c r="P596" s="262"/>
+      <c r="Q596" s="262"/>
+      <c r="R596" s="21"/>
+    </row>
+    <row r="597" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A597" s="254"/>
+      <c r="B597" s="257"/>
+      <c r="C597" s="256"/>
+      <c r="D597" s="257"/>
+      <c r="E597" s="258"/>
+      <c r="F597" s="259"/>
+      <c r="G597" s="261"/>
+      <c r="H597" s="261"/>
+      <c r="I597" s="261"/>
+      <c r="J597" s="261"/>
+      <c r="K597" s="261"/>
+      <c r="L597" s="261"/>
+      <c r="M597" s="261"/>
+      <c r="N597" s="260"/>
+      <c r="O597" s="262"/>
+      <c r="P597" s="262"/>
+      <c r="Q597" s="262"/>
+      <c r="R597" s="21"/>
+    </row>
+    <row r="598" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A598" s="254"/>
+      <c r="B598" s="257"/>
+      <c r="C598" s="256"/>
+      <c r="D598" s="257"/>
+      <c r="E598" s="258"/>
+      <c r="F598" s="259"/>
+      <c r="G598" s="261"/>
+      <c r="H598" s="261"/>
+      <c r="I598" s="261"/>
+      <c r="J598" s="261"/>
+      <c r="K598" s="261"/>
+      <c r="L598" s="261"/>
+      <c r="M598" s="261"/>
+      <c r="N598" s="260"/>
+      <c r="O598" s="262"/>
+      <c r="P598" s="262"/>
+      <c r="Q598" s="262"/>
+      <c r="R598" s="21"/>
+    </row>
+    <row r="599" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A599" s="254"/>
+      <c r="B599" s="257"/>
+      <c r="C599" s="256"/>
+      <c r="D599" s="257"/>
+      <c r="E599" s="258"/>
+      <c r="F599" s="259"/>
+      <c r="G599" s="261"/>
+      <c r="H599" s="261"/>
+      <c r="I599" s="261"/>
+      <c r="J599" s="261"/>
+      <c r="K599" s="261"/>
+      <c r="L599" s="261"/>
+      <c r="M599" s="261"/>
+      <c r="N599" s="260"/>
+      <c r="O599" s="262"/>
+      <c r="P599" s="262"/>
+      <c r="Q599" s="262"/>
+      <c r="R599" s="21"/>
+    </row>
+    <row r="600" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A600" s="254"/>
+      <c r="B600" s="257"/>
+      <c r="C600" s="256"/>
+      <c r="D600" s="257"/>
+      <c r="E600" s="258"/>
+      <c r="F600" s="259"/>
+      <c r="G600" s="261"/>
+      <c r="H600" s="261"/>
+      <c r="I600" s="261"/>
+      <c r="J600" s="261"/>
+      <c r="K600" s="261"/>
+      <c r="L600" s="261"/>
+      <c r="M600" s="261"/>
+      <c r="N600" s="260"/>
+      <c r="O600" s="262"/>
+      <c r="P600" s="262"/>
+      <c r="Q600" s="262"/>
+      <c r="R600" s="21"/>
+    </row>
+    <row r="601" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A601" s="254"/>
+      <c r="B601" s="257"/>
+      <c r="C601" s="256"/>
+      <c r="D601" s="257"/>
+      <c r="E601" s="258"/>
+      <c r="F601" s="259"/>
+      <c r="G601" s="261"/>
+      <c r="H601" s="261"/>
+      <c r="I601" s="261"/>
+      <c r="J601" s="261"/>
+      <c r="K601" s="261"/>
+      <c r="L601" s="261"/>
+      <c r="M601" s="261"/>
+      <c r="N601" s="260"/>
+      <c r="O601" s="262"/>
+      <c r="P601" s="262"/>
+      <c r="Q601" s="262"/>
+      <c r="R601" s="21"/>
+    </row>
+    <row r="602" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A602" s="254"/>
+      <c r="B602" s="257"/>
+      <c r="C602" s="256"/>
+      <c r="D602" s="257"/>
+      <c r="E602" s="258"/>
+      <c r="F602" s="259"/>
+      <c r="G602" s="261"/>
+      <c r="H602" s="261"/>
+      <c r="I602" s="261"/>
+      <c r="J602" s="261"/>
+      <c r="K602" s="261"/>
+      <c r="L602" s="261"/>
+      <c r="M602" s="261"/>
+      <c r="N602" s="260"/>
+      <c r="O602" s="262"/>
+      <c r="P602" s="262"/>
+      <c r="Q602" s="262"/>
+      <c r="R602" s="21"/>
+    </row>
+    <row r="603" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A603" s="254"/>
+      <c r="B603" s="257"/>
+      <c r="C603" s="256"/>
+      <c r="D603" s="257"/>
+      <c r="E603" s="258"/>
+      <c r="F603" s="259"/>
+      <c r="G603" s="261"/>
+      <c r="H603" s="261"/>
+      <c r="I603" s="261"/>
+      <c r="J603" s="261"/>
+      <c r="K603" s="261"/>
+      <c r="L603" s="261"/>
+      <c r="M603" s="261"/>
+      <c r="N603" s="260"/>
+      <c r="O603" s="262"/>
+      <c r="P603" s="262"/>
+      <c r="Q603" s="262"/>
+      <c r="R603" s="21"/>
+    </row>
+    <row r="604" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A604" s="254"/>
+      <c r="B604" s="257"/>
+      <c r="C604" s="256"/>
+      <c r="D604" s="257"/>
+      <c r="E604" s="258"/>
+      <c r="F604" s="259"/>
+      <c r="G604" s="261"/>
+      <c r="H604" s="261"/>
+      <c r="I604" s="261"/>
+      <c r="J604" s="261"/>
+      <c r="K604" s="261"/>
+      <c r="L604" s="261"/>
+      <c r="M604" s="261"/>
+      <c r="N604" s="260"/>
+      <c r="O604" s="262"/>
+      <c r="P604" s="262"/>
+      <c r="Q604" s="262"/>
+      <c r="R604" s="21"/>
+    </row>
+    <row r="605" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A605" s="254"/>
+      <c r="B605" s="257"/>
+      <c r="C605" s="256"/>
+      <c r="D605" s="257"/>
+      <c r="E605" s="258"/>
+      <c r="F605" s="259"/>
+      <c r="G605" s="261"/>
+      <c r="H605" s="261"/>
+      <c r="I605" s="261"/>
+      <c r="J605" s="261"/>
+      <c r="K605" s="261"/>
+      <c r="L605" s="261"/>
+      <c r="M605" s="261"/>
+      <c r="N605" s="260"/>
+      <c r="O605" s="262"/>
+      <c r="P605" s="262"/>
+      <c r="Q605" s="262"/>
+      <c r="R605" s="21"/>
+    </row>
+    <row r="606" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A606" s="254"/>
+      <c r="B606" s="257"/>
+      <c r="C606" s="256"/>
+      <c r="D606" s="257"/>
+      <c r="E606" s="258"/>
+      <c r="F606" s="259"/>
+      <c r="G606" s="261"/>
+      <c r="H606" s="261"/>
+      <c r="I606" s="261"/>
+      <c r="J606" s="261"/>
+      <c r="K606" s="261"/>
+      <c r="L606" s="261"/>
+      <c r="M606" s="261"/>
+      <c r="N606" s="260"/>
+      <c r="O606" s="262"/>
+      <c r="P606" s="262"/>
+      <c r="Q606" s="262"/>
+      <c r="R606" s="21"/>
+    </row>
+    <row r="607" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A607" s="254"/>
+      <c r="B607" s="257"/>
+      <c r="C607" s="256"/>
+      <c r="D607" s="257"/>
+      <c r="E607" s="258"/>
+      <c r="F607" s="259"/>
+      <c r="G607" s="261"/>
+      <c r="H607" s="261"/>
+      <c r="I607" s="261"/>
+      <c r="J607" s="261"/>
+      <c r="K607" s="261"/>
+      <c r="L607" s="261"/>
+      <c r="M607" s="261"/>
+      <c r="N607" s="260"/>
+      <c r="O607" s="262"/>
+      <c r="P607" s="262"/>
+      <c r="Q607" s="262"/>
+      <c r="R607" s="21"/>
+    </row>
+    <row r="608" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A608" s="254"/>
+      <c r="B608" s="257"/>
+      <c r="C608" s="256"/>
+      <c r="D608" s="257"/>
+      <c r="E608" s="258"/>
+      <c r="F608" s="259"/>
+      <c r="G608" s="261"/>
+      <c r="H608" s="261"/>
+      <c r="I608" s="261"/>
+      <c r="J608" s="261"/>
+      <c r="K608" s="261"/>
+      <c r="L608" s="261"/>
+      <c r="M608" s="261"/>
+      <c r="N608" s="260"/>
+      <c r="O608" s="262"/>
+      <c r="P608" s="262"/>
+      <c r="Q608" s="262"/>
+      <c r="R608" s="21"/>
+    </row>
+    <row r="609" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A609" s="254"/>
+      <c r="B609" s="257"/>
+      <c r="C609" s="256"/>
+      <c r="D609" s="257"/>
+      <c r="E609" s="258"/>
+      <c r="F609" s="259"/>
+      <c r="G609" s="261"/>
+      <c r="H609" s="261"/>
+      <c r="I609" s="261"/>
+      <c r="J609" s="261"/>
+      <c r="K609" s="261"/>
+      <c r="L609" s="261"/>
+      <c r="M609" s="261"/>
+      <c r="N609" s="260"/>
+      <c r="O609" s="262"/>
+      <c r="P609" s="262"/>
+      <c r="Q609" s="262"/>
+      <c r="R609" s="21"/>
+    </row>
+    <row r="610" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A610" s="254"/>
+      <c r="B610" s="257"/>
+      <c r="C610" s="256"/>
+      <c r="D610" s="257"/>
+      <c r="E610" s="258"/>
+      <c r="F610" s="259"/>
+      <c r="G610" s="261"/>
+      <c r="H610" s="261"/>
+      <c r="I610" s="261"/>
+      <c r="J610" s="261"/>
+      <c r="K610" s="261"/>
+      <c r="L610" s="261"/>
+      <c r="M610" s="261"/>
+      <c r="N610" s="260"/>
+      <c r="O610" s="262"/>
+      <c r="P610" s="262"/>
+      <c r="Q610" s="262"/>
+      <c r="R610" s="21"/>
+    </row>
+    <row r="611" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A611" s="254"/>
+      <c r="B611" s="257"/>
+      <c r="C611" s="256"/>
+      <c r="D611" s="257"/>
+      <c r="E611" s="258"/>
+      <c r="F611" s="259"/>
+      <c r="G611" s="261"/>
+      <c r="H611" s="261"/>
+      <c r="I611" s="261"/>
+      <c r="J611" s="261"/>
+      <c r="K611" s="261"/>
+      <c r="L611" s="261"/>
+      <c r="M611" s="261"/>
+      <c r="N611" s="260"/>
+      <c r="O611" s="262"/>
+      <c r="P611" s="262"/>
+      <c r="Q611" s="262"/>
+      <c r="R611" s="21"/>
+    </row>
+    <row r="612" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A612" s="254"/>
+      <c r="B612" s="257"/>
+      <c r="C612" s="256"/>
+      <c r="D612" s="257"/>
+      <c r="E612" s="258"/>
+      <c r="F612" s="259"/>
+      <c r="G612" s="261"/>
+      <c r="H612" s="261"/>
+      <c r="I612" s="261"/>
+      <c r="J612" s="261"/>
+      <c r="K612" s="261"/>
+      <c r="L612" s="261"/>
+      <c r="M612" s="261"/>
+      <c r="N612" s="260"/>
+      <c r="O612" s="262"/>
+      <c r="P612" s="262"/>
+      <c r="Q612" s="262"/>
+      <c r="R612" s="21"/>
+    </row>
+    <row r="613" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A613" s="254"/>
+      <c r="B613" s="257"/>
+      <c r="C613" s="256"/>
+      <c r="D613" s="257"/>
+      <c r="E613" s="258"/>
+      <c r="F613" s="259"/>
+      <c r="G613" s="261"/>
+      <c r="H613" s="261"/>
+      <c r="I613" s="261"/>
+      <c r="J613" s="261"/>
+      <c r="K613" s="261"/>
+      <c r="L613" s="261"/>
+      <c r="M613" s="261"/>
+      <c r="N613" s="260"/>
+      <c r="O613" s="262"/>
+      <c r="P613" s="262"/>
+      <c r="Q613" s="262"/>
+      <c r="R613" s="21"/>
+    </row>
+    <row r="614" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A614" s="254"/>
+      <c r="B614" s="257"/>
+      <c r="C614" s="256"/>
+      <c r="D614" s="257"/>
+      <c r="E614" s="258"/>
+      <c r="F614" s="259"/>
+      <c r="G614" s="261"/>
+      <c r="H614" s="261"/>
+      <c r="I614" s="261"/>
+      <c r="J614" s="261"/>
+      <c r="K614" s="261"/>
+      <c r="L614" s="261"/>
+      <c r="M614" s="261"/>
+      <c r="N614" s="260"/>
+      <c r="O614" s="262"/>
+      <c r="P614" s="262"/>
+      <c r="Q614" s="262"/>
+      <c r="R614" s="21"/>
+    </row>
+    <row r="615" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A615" s="254"/>
+      <c r="B615" s="257"/>
+      <c r="C615" s="256"/>
+      <c r="D615" s="257"/>
+      <c r="E615" s="258"/>
+      <c r="F615" s="259"/>
+      <c r="G615" s="261"/>
+      <c r="H615" s="261"/>
+      <c r="I615" s="261"/>
+      <c r="J615" s="261"/>
+      <c r="K615" s="261"/>
+      <c r="L615" s="261"/>
+      <c r="M615" s="261"/>
+      <c r="N615" s="260"/>
+      <c r="O615" s="262"/>
+      <c r="P615" s="262"/>
+      <c r="Q615" s="262"/>
+      <c r="R615" s="21"/>
+    </row>
+    <row r="616" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A616" s="254"/>
+      <c r="B616" s="257"/>
+      <c r="C616" s="256"/>
+      <c r="D616" s="257"/>
+      <c r="E616" s="258"/>
+      <c r="F616" s="259"/>
+      <c r="G616" s="261"/>
+      <c r="H616" s="261"/>
+      <c r="I616" s="261"/>
+      <c r="J616" s="261"/>
+      <c r="K616" s="261"/>
+      <c r="L616" s="261"/>
+      <c r="M616" s="261"/>
+      <c r="N616" s="260"/>
+      <c r="O616" s="262"/>
+      <c r="P616" s="262"/>
+      <c r="Q616" s="262"/>
+      <c r="R616" s="21"/>
+    </row>
+    <row r="617" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A617" s="254"/>
+      <c r="B617" s="257"/>
+      <c r="C617" s="256"/>
+      <c r="D617" s="257"/>
+      <c r="E617" s="258"/>
+      <c r="F617" s="259"/>
+      <c r="G617" s="261"/>
+      <c r="H617" s="261"/>
+      <c r="I617" s="261"/>
+      <c r="J617" s="261"/>
+      <c r="K617" s="261"/>
+      <c r="L617" s="261"/>
+      <c r="M617" s="261"/>
+      <c r="N617" s="260"/>
+      <c r="O617" s="262"/>
+      <c r="P617" s="262"/>
+      <c r="Q617" s="262"/>
+      <c r="R617" s="21"/>
+    </row>
+    <row r="618" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A618" s="254"/>
+      <c r="B618" s="257"/>
+      <c r="C618" s="256"/>
+      <c r="D618" s="257"/>
+      <c r="E618" s="258"/>
+      <c r="F618" s="259"/>
+      <c r="G618" s="261"/>
+      <c r="H618" s="261"/>
+      <c r="I618" s="261"/>
+      <c r="J618" s="261"/>
+      <c r="K618" s="261"/>
+      <c r="L618" s="261"/>
+      <c r="M618" s="261"/>
+      <c r="N618" s="260"/>
+      <c r="O618" s="262"/>
+      <c r="P618" s="262"/>
+      <c r="Q618" s="262"/>
+      <c r="R618" s="21"/>
+    </row>
+    <row r="619" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A619" s="254"/>
+      <c r="B619" s="257"/>
+      <c r="C619" s="256"/>
+      <c r="D619" s="257"/>
+      <c r="E619" s="258"/>
+      <c r="F619" s="259"/>
+      <c r="G619" s="261"/>
+      <c r="H619" s="261"/>
+      <c r="I619" s="261"/>
+      <c r="J619" s="261"/>
+      <c r="K619" s="261"/>
+      <c r="L619" s="261"/>
+      <c r="M619" s="261"/>
+      <c r="N619" s="260"/>
+      <c r="O619" s="262"/>
+      <c r="P619" s="262"/>
+      <c r="Q619" s="262"/>
+      <c r="R619" s="21"/>
+    </row>
+    <row r="620" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A620" s="254"/>
+      <c r="B620" s="257"/>
+      <c r="C620" s="256"/>
+      <c r="D620" s="257"/>
+      <c r="E620" s="258"/>
+      <c r="F620" s="259"/>
+      <c r="G620" s="261"/>
+      <c r="H620" s="261"/>
+      <c r="I620" s="261"/>
+      <c r="J620" s="261"/>
+      <c r="K620" s="261"/>
+      <c r="L620" s="261"/>
+      <c r="M620" s="261"/>
+      <c r="N620" s="260"/>
+      <c r="O620" s="262"/>
+      <c r="P620" s="262"/>
+      <c r="Q620" s="262"/>
+      <c r="R620" s="21"/>
+    </row>
+    <row r="621" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A621" s="254"/>
+      <c r="B621" s="257"/>
+      <c r="C621" s="256"/>
+      <c r="D621" s="257"/>
+      <c r="E621" s="258"/>
+      <c r="F621" s="259"/>
+      <c r="G621" s="261"/>
+      <c r="H621" s="261"/>
+      <c r="I621" s="261"/>
+      <c r="J621" s="261"/>
+      <c r="K621" s="261"/>
+      <c r="L621" s="261"/>
+      <c r="M621" s="261"/>
+      <c r="N621" s="260"/>
+      <c r="O621" s="262"/>
+      <c r="P621" s="262"/>
+      <c r="Q621" s="262"/>
+      <c r="R621" s="21"/>
+    </row>
+    <row r="622" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A622" s="254"/>
+      <c r="B622" s="257"/>
+      <c r="C622" s="256"/>
+      <c r="D622" s="257"/>
+      <c r="E622" s="258"/>
+      <c r="F622" s="259"/>
+      <c r="G622" s="261"/>
+      <c r="H622" s="261"/>
+      <c r="I622" s="261"/>
+      <c r="J622" s="261"/>
+      <c r="K622" s="261"/>
+      <c r="L622" s="261"/>
+      <c r="M622" s="261"/>
+      <c r="N622" s="260"/>
+      <c r="O622" s="262"/>
+      <c r="P622" s="262"/>
+      <c r="Q622" s="262"/>
+      <c r="R622" s="21"/>
+    </row>
+    <row r="623" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A623" s="254"/>
+      <c r="B623" s="257"/>
+      <c r="C623" s="256"/>
+      <c r="D623" s="257"/>
+      <c r="E623" s="258"/>
+      <c r="F623" s="259"/>
+      <c r="G623" s="261"/>
+      <c r="H623" s="261"/>
+      <c r="I623" s="261"/>
+      <c r="J623" s="261"/>
+      <c r="K623" s="261"/>
+      <c r="L623" s="261"/>
+      <c r="M623" s="261"/>
+      <c r="N623" s="260"/>
+      <c r="O623" s="262"/>
+      <c r="P623" s="262"/>
+      <c r="Q623" s="262"/>
+      <c r="R623" s="21"/>
+    </row>
+    <row r="624" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A624" s="254"/>
+      <c r="B624" s="257"/>
+      <c r="C624" s="256"/>
+      <c r="D624" s="257"/>
+      <c r="E624" s="258"/>
+      <c r="F624" s="259"/>
+      <c r="G624" s="261"/>
+      <c r="H624" s="261"/>
+      <c r="I624" s="261"/>
+      <c r="J624" s="261"/>
+      <c r="K624" s="261"/>
+      <c r="L624" s="261"/>
+      <c r="M624" s="261"/>
+      <c r="N624" s="260"/>
+      <c r="O624" s="262"/>
+      <c r="P624" s="262"/>
+      <c r="Q624" s="262"/>
+      <c r="R624" s="21"/>
+    </row>
+    <row r="625" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A625" s="254"/>
+      <c r="B625" s="257"/>
+      <c r="C625" s="256"/>
+      <c r="D625" s="257"/>
+      <c r="E625" s="258"/>
+      <c r="F625" s="259"/>
+      <c r="G625" s="261"/>
+      <c r="H625" s="261"/>
+      <c r="I625" s="261"/>
+      <c r="J625" s="261"/>
+      <c r="K625" s="261"/>
+      <c r="L625" s="261"/>
+      <c r="M625" s="261"/>
+      <c r="N625" s="260"/>
+      <c r="O625" s="262"/>
+      <c r="P625" s="262"/>
+      <c r="Q625" s="262"/>
+      <c r="R625" s="21"/>
+    </row>
+    <row r="626" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A626" s="254"/>
+      <c r="B626" s="257"/>
+      <c r="C626" s="256"/>
+      <c r="D626" s="257"/>
+      <c r="E626" s="258"/>
+      <c r="F626" s="259"/>
+      <c r="G626" s="261"/>
+      <c r="H626" s="261"/>
+      <c r="I626" s="261"/>
+      <c r="J626" s="261"/>
+      <c r="K626" s="261"/>
+      <c r="L626" s="261"/>
+      <c r="M626" s="261"/>
+      <c r="N626" s="260"/>
+      <c r="O626" s="262"/>
+      <c r="P626" s="262"/>
+      <c r="Q626" s="262"/>
+      <c r="R626" s="21"/>
+    </row>
+    <row r="627" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A627" s="254"/>
+      <c r="B627" s="257"/>
+      <c r="C627" s="256"/>
+      <c r="D627" s="257"/>
+      <c r="E627" s="258"/>
+      <c r="F627" s="259"/>
+      <c r="G627" s="261"/>
+      <c r="H627" s="261"/>
+      <c r="I627" s="261"/>
+      <c r="J627" s="261"/>
+      <c r="K627" s="261"/>
+      <c r="L627" s="261"/>
+      <c r="M627" s="261"/>
+      <c r="N627" s="260"/>
+      <c r="O627" s="262"/>
+      <c r="P627" s="262"/>
+      <c r="Q627" s="262"/>
+      <c r="R627" s="21"/>
+    </row>
+    <row r="628" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A628" s="254"/>
+      <c r="B628" s="257"/>
+      <c r="C628" s="256"/>
+      <c r="D628" s="257"/>
+      <c r="E628" s="258"/>
+      <c r="F628" s="259"/>
+      <c r="G628" s="261"/>
+      <c r="H628" s="261"/>
+      <c r="I628" s="261"/>
+      <c r="J628" s="261"/>
+      <c r="K628" s="261"/>
+      <c r="L628" s="261"/>
+      <c r="M628" s="261"/>
+      <c r="N628" s="260"/>
+      <c r="O628" s="262"/>
+      <c r="P628" s="262"/>
+      <c r="Q628" s="262"/>
+      <c r="R628" s="21"/>
+    </row>
+    <row r="629" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A629" s="254"/>
+      <c r="B629" s="257"/>
+      <c r="C629" s="256"/>
+      <c r="D629" s="257"/>
+      <c r="E629" s="258"/>
+      <c r="F629" s="259"/>
+      <c r="G629" s="261"/>
+      <c r="H629" s="261"/>
+      <c r="I629" s="261"/>
+      <c r="J629" s="261"/>
+      <c r="K629" s="261"/>
+      <c r="L629" s="261"/>
+      <c r="M629" s="261"/>
+      <c r="N629" s="260"/>
+      <c r="O629" s="262"/>
+      <c r="P629" s="262"/>
+      <c r="Q629" s="262"/>
+      <c r="R629" s="21"/>
+    </row>
+    <row r="630" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A630" s="254"/>
+      <c r="B630" s="257"/>
+      <c r="C630" s="256"/>
+      <c r="D630" s="257"/>
+      <c r="E630" s="258"/>
+      <c r="F630" s="259"/>
+      <c r="G630" s="261"/>
+      <c r="H630" s="261"/>
+      <c r="I630" s="261"/>
+      <c r="J630" s="261"/>
+      <c r="K630" s="261"/>
+      <c r="L630" s="261"/>
+      <c r="M630" s="261"/>
+      <c r="N630" s="260"/>
+      <c r="O630" s="262"/>
+      <c r="P630" s="262"/>
+      <c r="Q630" s="262"/>
+      <c r="R630" s="21"/>
+    </row>
+    <row r="631" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A631" s="254"/>
+      <c r="B631" s="257"/>
+      <c r="C631" s="256"/>
+      <c r="D631" s="257"/>
+      <c r="E631" s="258"/>
+      <c r="F631" s="259"/>
+      <c r="G631" s="261"/>
+      <c r="H631" s="261"/>
+      <c r="I631" s="261"/>
+      <c r="J631" s="261"/>
+      <c r="K631" s="261"/>
+      <c r="L631" s="261"/>
+      <c r="M631" s="261"/>
+      <c r="N631" s="260"/>
+      <c r="O631" s="262"/>
+      <c r="P631" s="262"/>
+      <c r="Q631" s="262"/>
+      <c r="R631" s="21"/>
+    </row>
+    <row r="632" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A632" s="254"/>
+      <c r="B632" s="257"/>
+      <c r="C632" s="256"/>
+      <c r="D632" s="257"/>
+      <c r="E632" s="258"/>
+      <c r="F632" s="259"/>
+      <c r="G632" s="261"/>
+      <c r="H632" s="261"/>
+      <c r="I632" s="261"/>
+      <c r="J632" s="261"/>
+      <c r="K632" s="261"/>
+      <c r="L632" s="261"/>
+      <c r="M632" s="261"/>
+      <c r="N632" s="260"/>
+      <c r="O632" s="262"/>
+      <c r="P632" s="262"/>
+      <c r="Q632" s="262"/>
+      <c r="R632" s="21"/>
+    </row>
+    <row r="633" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A633" s="254"/>
+      <c r="B633" s="257"/>
+      <c r="C633" s="256"/>
+      <c r="D633" s="257"/>
+      <c r="E633" s="258"/>
+      <c r="F633" s="259"/>
+      <c r="G633" s="261"/>
+      <c r="H633" s="261"/>
+      <c r="I633" s="261"/>
+      <c r="J633" s="261"/>
+      <c r="K633" s="261"/>
+      <c r="L633" s="261"/>
+      <c r="M633" s="261"/>
+      <c r="N633" s="260"/>
+      <c r="O633" s="262"/>
+      <c r="P633" s="262"/>
+      <c r="Q633" s="262"/>
+      <c r="R633" s="21"/>
+    </row>
+    <row r="634" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A634" s="254"/>
+      <c r="B634" s="257"/>
+      <c r="C634" s="256"/>
+      <c r="D634" s="257"/>
+      <c r="E634" s="258"/>
+      <c r="F634" s="259"/>
+      <c r="G634" s="261"/>
+      <c r="H634" s="261"/>
+      <c r="I634" s="261"/>
+      <c r="J634" s="261"/>
+      <c r="K634" s="261"/>
+      <c r="L634" s="261"/>
+      <c r="M634" s="261"/>
+      <c r="N634" s="260"/>
+      <c r="O634" s="262"/>
+      <c r="P634" s="262"/>
+      <c r="Q634" s="262"/>
+      <c r="R634" s="21"/>
+    </row>
+    <row r="635" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A635" s="254"/>
+      <c r="B635" s="257"/>
+      <c r="C635" s="256"/>
+      <c r="D635" s="257"/>
+      <c r="E635" s="258"/>
+      <c r="F635" s="259"/>
+      <c r="G635" s="261"/>
+      <c r="H635" s="261"/>
+      <c r="I635" s="261"/>
+      <c r="J635" s="261"/>
+      <c r="K635" s="261"/>
+      <c r="L635" s="261"/>
+      <c r="M635" s="261"/>
+      <c r="N635" s="260"/>
+      <c r="O635" s="262"/>
+      <c r="P635" s="262"/>
+      <c r="Q635" s="262"/>
+      <c r="R635" s="21"/>
+    </row>
+    <row r="636" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A636" s="254"/>
+      <c r="B636" s="257"/>
+      <c r="C636" s="256"/>
+      <c r="D636" s="257"/>
+      <c r="E636" s="258"/>
+      <c r="F636" s="259"/>
+      <c r="G636" s="261"/>
+      <c r="H636" s="261"/>
+      <c r="I636" s="261"/>
+      <c r="J636" s="261"/>
+      <c r="K636" s="261"/>
+      <c r="L636" s="261"/>
+      <c r="M636" s="261"/>
+      <c r="N636" s="260"/>
+      <c r="O636" s="262"/>
+      <c r="P636" s="262"/>
+      <c r="Q636" s="262"/>
+      <c r="R636" s="21"/>
+    </row>
+    <row r="637" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A637" s="254"/>
+      <c r="B637" s="257"/>
+      <c r="C637" s="256"/>
+      <c r="D637" s="257"/>
+      <c r="E637" s="258"/>
+      <c r="F637" s="259"/>
+      <c r="G637" s="261"/>
+      <c r="H637" s="261"/>
+      <c r="I637" s="261"/>
+      <c r="J637" s="261"/>
+      <c r="K637" s="261"/>
+      <c r="L637" s="261"/>
+      <c r="M637" s="261"/>
+      <c r="N637" s="260"/>
+      <c r="O637" s="262"/>
+      <c r="P637" s="262"/>
+      <c r="Q637" s="262"/>
+      <c r="R637" s="21"/>
+    </row>
+    <row r="638" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A638" s="254"/>
+      <c r="B638" s="257"/>
+      <c r="C638" s="256"/>
+      <c r="D638" s="257"/>
+      <c r="E638" s="258"/>
+      <c r="F638" s="259"/>
+      <c r="G638" s="261"/>
+      <c r="H638" s="261"/>
+      <c r="I638" s="261"/>
+      <c r="J638" s="261"/>
+      <c r="K638" s="261"/>
+      <c r="L638" s="261"/>
+      <c r="M638" s="261"/>
+      <c r="N638" s="260"/>
+      <c r="O638" s="262"/>
+      <c r="P638" s="262"/>
+      <c r="Q638" s="262"/>
+      <c r="R638" s="21"/>
+    </row>
+    <row r="639" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A639" s="254"/>
+      <c r="B639" s="257"/>
+      <c r="C639" s="256"/>
+      <c r="D639" s="257"/>
+      <c r="E639" s="258"/>
+      <c r="F639" s="259"/>
+      <c r="G639" s="261"/>
+      <c r="H639" s="261"/>
+      <c r="I639" s="261"/>
+      <c r="J639" s="261"/>
+      <c r="K639" s="261"/>
+      <c r="L639" s="261"/>
+      <c r="M639" s="261"/>
+      <c r="N639" s="260"/>
+      <c r="O639" s="262"/>
+      <c r="P639" s="262"/>
+      <c r="Q639" s="262"/>
+      <c r="R639" s="21"/>
+    </row>
+    <row r="640" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A640" s="254"/>
+      <c r="B640" s="257"/>
+      <c r="C640" s="256"/>
+      <c r="D640" s="257"/>
+      <c r="E640" s="258"/>
+      <c r="F640" s="259"/>
+      <c r="G640" s="261"/>
+      <c r="H640" s="261"/>
+      <c r="I640" s="261"/>
+      <c r="J640" s="261"/>
+      <c r="K640" s="261"/>
+      <c r="L640" s="261"/>
+      <c r="M640" s="261"/>
+      <c r="N640" s="260"/>
+      <c r="O640" s="262"/>
+      <c r="P640" s="262"/>
+      <c r="Q640" s="262"/>
+      <c r="R640" s="21"/>
+    </row>
+    <row r="641" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A641" s="254"/>
+      <c r="B641" s="257"/>
+      <c r="C641" s="256"/>
+      <c r="D641" s="257"/>
+      <c r="E641" s="258"/>
+      <c r="F641" s="259"/>
+      <c r="G641" s="261"/>
+      <c r="H641" s="261"/>
+      <c r="I641" s="261"/>
+      <c r="J641" s="261"/>
+      <c r="K641" s="261"/>
+      <c r="L641" s="261"/>
+      <c r="M641" s="261"/>
+      <c r="N641" s="260"/>
+      <c r="O641" s="262"/>
+      <c r="P641" s="262"/>
+      <c r="Q641" s="262"/>
+      <c r="R641" s="21"/>
+    </row>
+    <row r="642" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A642" s="254"/>
+      <c r="B642" s="257"/>
+      <c r="C642" s="256"/>
+      <c r="D642" s="257"/>
+      <c r="E642" s="258"/>
+      <c r="F642" s="259"/>
+      <c r="G642" s="261"/>
+      <c r="H642" s="261"/>
+      <c r="I642" s="261"/>
+      <c r="J642" s="261"/>
+      <c r="K642" s="261"/>
+      <c r="L642" s="261"/>
+      <c r="M642" s="261"/>
+      <c r="N642" s="260"/>
+      <c r="O642" s="262"/>
+      <c r="P642" s="262"/>
+      <c r="Q642" s="262"/>
+      <c r="R642" s="21"/>
+    </row>
+    <row r="643" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A643" s="254"/>
+      <c r="B643" s="257"/>
+      <c r="C643" s="256"/>
+      <c r="D643" s="257"/>
+      <c r="E643" s="258"/>
+      <c r="F643" s="259"/>
+      <c r="G643" s="261"/>
+      <c r="H643" s="261"/>
+      <c r="I643" s="261"/>
+      <c r="J643" s="261"/>
+      <c r="K643" s="261"/>
+      <c r="L643" s="261"/>
+      <c r="M643" s="261"/>
+      <c r="N643" s="260"/>
+      <c r="O643" s="262"/>
+      <c r="P643" s="262"/>
+      <c r="Q643" s="262"/>
+      <c r="R643" s="21"/>
+    </row>
+    <row r="644" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A644" s="254"/>
+      <c r="B644" s="257"/>
+      <c r="C644" s="256"/>
+      <c r="D644" s="257"/>
+      <c r="E644" s="258"/>
+      <c r="F644" s="259"/>
+      <c r="G644" s="261"/>
+      <c r="H644" s="261"/>
+      <c r="I644" s="261"/>
+      <c r="J644" s="261"/>
+      <c r="K644" s="261"/>
+      <c r="L644" s="261"/>
+      <c r="M644" s="261"/>
+      <c r="N644" s="260"/>
+      <c r="O644" s="262"/>
+      <c r="P644" s="262"/>
+      <c r="Q644" s="262"/>
+      <c r="R644" s="21"/>
+    </row>
+    <row r="645" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A645" s="254"/>
+      <c r="B645" s="257"/>
+      <c r="C645" s="256"/>
+      <c r="D645" s="257"/>
+      <c r="E645" s="258"/>
+      <c r="F645" s="259"/>
+      <c r="G645" s="261"/>
+      <c r="H645" s="261"/>
+      <c r="I645" s="261"/>
+      <c r="J645" s="261"/>
+      <c r="K645" s="261"/>
+      <c r="L645" s="261"/>
+      <c r="M645" s="261"/>
+      <c r="N645" s="260"/>
+      <c r="O645" s="262"/>
+      <c r="P645" s="262"/>
+      <c r="Q645" s="262"/>
+      <c r="R645" s="21"/>
+    </row>
+    <row r="646" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A646" s="254"/>
+      <c r="B646" s="257"/>
+      <c r="C646" s="256"/>
+      <c r="D646" s="257"/>
+      <c r="E646" s="258"/>
+      <c r="F646" s="259"/>
+      <c r="G646" s="261"/>
+      <c r="H646" s="261"/>
+      <c r="I646" s="261"/>
+      <c r="J646" s="261"/>
+      <c r="K646" s="261"/>
+      <c r="L646" s="261"/>
+      <c r="M646" s="261"/>
+      <c r="N646" s="260"/>
+      <c r="O646" s="262"/>
+      <c r="P646" s="262"/>
+      <c r="Q646" s="262"/>
+      <c r="R646" s="21"/>
+    </row>
+    <row r="647" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A647" s="254"/>
+      <c r="B647" s="257"/>
+      <c r="C647" s="256"/>
+      <c r="D647" s="257"/>
+      <c r="E647" s="258"/>
+      <c r="F647" s="259"/>
+      <c r="G647" s="261"/>
+      <c r="H647" s="261"/>
+      <c r="I647" s="261"/>
+      <c r="J647" s="261"/>
+      <c r="K647" s="261"/>
+      <c r="L647" s="261"/>
+      <c r="M647" s="261"/>
+      <c r="N647" s="260"/>
+      <c r="O647" s="262"/>
+      <c r="P647" s="262"/>
+      <c r="Q647" s="262"/>
+      <c r="R647" s="21"/>
+    </row>
+    <row r="648" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A648" s="254"/>
+      <c r="B648" s="257"/>
+      <c r="C648" s="256"/>
+      <c r="D648" s="257"/>
+      <c r="E648" s="258"/>
+      <c r="F648" s="259"/>
+      <c r="G648" s="261"/>
+      <c r="H648" s="261"/>
+      <c r="I648" s="261"/>
+      <c r="J648" s="261"/>
+      <c r="K648" s="261"/>
+      <c r="L648" s="261"/>
+      <c r="M648" s="261"/>
+      <c r="N648" s="260"/>
+      <c r="O648" s="262"/>
+      <c r="P648" s="262"/>
+      <c r="Q648" s="262"/>
+      <c r="R648" s="21"/>
+    </row>
+    <row r="649" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A649" s="254"/>
+      <c r="B649" s="257"/>
+      <c r="C649" s="256"/>
+      <c r="D649" s="257"/>
+      <c r="E649" s="258"/>
+      <c r="F649" s="259"/>
+      <c r="G649" s="261"/>
+      <c r="H649" s="261"/>
+      <c r="I649" s="261"/>
+      <c r="J649" s="261"/>
+      <c r="K649" s="261"/>
+      <c r="L649" s="261"/>
+      <c r="M649" s="261"/>
+      <c r="N649" s="260"/>
+      <c r="O649" s="262"/>
+      <c r="P649" s="262"/>
+      <c r="Q649" s="262"/>
+      <c r="R649" s="21"/>
+    </row>
+    <row r="650" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A650" s="254"/>
+      <c r="B650" s="257"/>
+      <c r="C650" s="256"/>
+      <c r="D650" s="257"/>
+      <c r="E650" s="258"/>
+      <c r="F650" s="259"/>
+      <c r="G650" s="261"/>
+      <c r="H650" s="261"/>
+      <c r="I650" s="261"/>
+      <c r="J650" s="261"/>
+      <c r="K650" s="261"/>
+      <c r="L650" s="261"/>
+      <c r="M650" s="261"/>
+      <c r="N650" s="260"/>
+      <c r="O650" s="262"/>
+      <c r="P650" s="262"/>
+      <c r="Q650" s="262"/>
+      <c r="R650" s="21"/>
+    </row>
+    <row r="651" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A651" s="254"/>
+      <c r="B651" s="257"/>
+      <c r="C651" s="256"/>
+      <c r="D651" s="257"/>
+      <c r="E651" s="258"/>
+      <c r="F651" s="259"/>
+      <c r="G651" s="261"/>
+      <c r="H651" s="261"/>
+      <c r="I651" s="261"/>
+      <c r="J651" s="261"/>
+      <c r="K651" s="261"/>
+      <c r="L651" s="261"/>
+      <c r="M651" s="261"/>
+      <c r="N651" s="260"/>
+      <c r="O651" s="262"/>
+      <c r="P651" s="262"/>
+      <c r="Q651" s="262"/>
+      <c r="R651" s="21"/>
+    </row>
+    <row r="652" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A652" s="254"/>
+      <c r="B652" s="257"/>
+      <c r="C652" s="256"/>
+      <c r="D652" s="257"/>
+      <c r="E652" s="258"/>
+      <c r="F652" s="259"/>
+      <c r="G652" s="261"/>
+      <c r="H652" s="261"/>
+      <c r="I652" s="261"/>
+      <c r="J652" s="261"/>
+      <c r="K652" s="261"/>
+      <c r="L652" s="261"/>
+      <c r="M652" s="261"/>
+      <c r="N652" s="260"/>
+      <c r="O652" s="262"/>
+      <c r="P652" s="262"/>
+      <c r="Q652" s="262"/>
+      <c r="R652" s="21"/>
+    </row>
+    <row r="653" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A653" s="254"/>
+      <c r="B653" s="257"/>
+      <c r="C653" s="256"/>
+      <c r="D653" s="257"/>
+      <c r="E653" s="258"/>
+      <c r="F653" s="259"/>
+      <c r="G653" s="261"/>
+      <c r="H653" s="261"/>
+      <c r="I653" s="261"/>
+      <c r="J653" s="261"/>
+      <c r="K653" s="261"/>
+      <c r="L653" s="261"/>
+      <c r="M653" s="261"/>
+      <c r="N653" s="260"/>
+      <c r="O653" s="262"/>
+      <c r="P653" s="262"/>
+      <c r="Q653" s="262"/>
+      <c r="R653" s="21"/>
+    </row>
+    <row r="654" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A654" s="254"/>
+      <c r="B654" s="257"/>
+      <c r="C654" s="256"/>
+      <c r="D654" s="257"/>
+      <c r="E654" s="258"/>
+      <c r="F654" s="259"/>
+      <c r="G654" s="261"/>
+      <c r="H654" s="261"/>
+      <c r="I654" s="261"/>
+      <c r="J654" s="261"/>
+      <c r="K654" s="261"/>
+      <c r="L654" s="261"/>
+      <c r="M654" s="261"/>
+      <c r="N654" s="260"/>
+      <c r="O654" s="262"/>
+      <c r="P654" s="262"/>
+      <c r="Q654" s="262"/>
+      <c r="R654" s="21"/>
+    </row>
+    <row r="655" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A655" s="254"/>
+      <c r="B655" s="257"/>
+      <c r="C655" s="256"/>
+      <c r="D655" s="257"/>
+      <c r="E655" s="258"/>
+      <c r="F655" s="259"/>
+      <c r="G655" s="261"/>
+      <c r="H655" s="261"/>
+      <c r="I655" s="261"/>
+      <c r="J655" s="261"/>
+      <c r="K655" s="261"/>
+      <c r="L655" s="261"/>
+      <c r="M655" s="261"/>
+      <c r="N655" s="260"/>
+      <c r="O655" s="262"/>
+      <c r="P655" s="262"/>
+      <c r="Q655" s="262"/>
+      <c r="R655" s="21"/>
+    </row>
+    <row r="656" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A656" s="254"/>
+      <c r="B656" s="257"/>
+      <c r="C656" s="256"/>
+      <c r="D656" s="257"/>
+      <c r="E656" s="258"/>
+      <c r="F656" s="259"/>
+      <c r="G656" s="261"/>
+      <c r="H656" s="261"/>
+      <c r="I656" s="261"/>
+      <c r="J656" s="261"/>
+      <c r="K656" s="261"/>
+      <c r="L656" s="261"/>
+      <c r="M656" s="261"/>
+      <c r="N656" s="260"/>
+      <c r="O656" s="262"/>
+      <c r="P656" s="262"/>
+      <c r="Q656" s="262"/>
+      <c r="R656" s="21"/>
+    </row>
+    <row r="657" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A657" s="254"/>
+      <c r="B657" s="257"/>
+      <c r="C657" s="256"/>
+      <c r="D657" s="257"/>
+      <c r="E657" s="258"/>
+      <c r="F657" s="259"/>
+      <c r="G657" s="261"/>
+      <c r="H657" s="261"/>
+      <c r="I657" s="261"/>
+      <c r="J657" s="261"/>
+      <c r="K657" s="261"/>
+      <c r="L657" s="261"/>
+      <c r="M657" s="261"/>
+      <c r="N657" s="260"/>
+      <c r="O657" s="262"/>
+      <c r="P657" s="262"/>
+      <c r="Q657" s="262"/>
+      <c r="R657" s="21"/>
+    </row>
+    <row r="658" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A658" s="254"/>
+      <c r="B658" s="257"/>
+      <c r="C658" s="256"/>
+      <c r="D658" s="257"/>
+      <c r="E658" s="258"/>
+      <c r="F658" s="259"/>
+      <c r="G658" s="261"/>
+      <c r="H658" s="261"/>
+      <c r="I658" s="261"/>
+      <c r="J658" s="261"/>
+      <c r="K658" s="261"/>
+      <c r="L658" s="261"/>
+      <c r="M658" s="261"/>
+      <c r="N658" s="260"/>
+      <c r="O658" s="262"/>
+      <c r="P658" s="262"/>
+      <c r="Q658" s="262"/>
+      <c r="R658" s="21"/>
+    </row>
+    <row r="659" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A659" s="254"/>
+      <c r="B659" s="257"/>
+      <c r="C659" s="256"/>
+      <c r="D659" s="257"/>
+      <c r="E659" s="258"/>
+      <c r="F659" s="259"/>
+      <c r="G659" s="261"/>
+      <c r="H659" s="261"/>
+      <c r="I659" s="261"/>
+      <c r="J659" s="261"/>
+      <c r="K659" s="261"/>
+      <c r="L659" s="261"/>
+      <c r="M659" s="261"/>
+      <c r="N659" s="260"/>
+      <c r="O659" s="262"/>
+      <c r="P659" s="262"/>
+      <c r="Q659" s="262"/>
+      <c r="R659" s="21"/>
+    </row>
+    <row r="660" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A660" s="254"/>
+      <c r="B660" s="257"/>
+      <c r="C660" s="256"/>
+      <c r="D660" s="257"/>
+      <c r="E660" s="258"/>
+      <c r="F660" s="259"/>
+      <c r="G660" s="261"/>
+      <c r="H660" s="261"/>
+      <c r="I660" s="261"/>
+      <c r="J660" s="261"/>
+      <c r="K660" s="261"/>
+      <c r="L660" s="261"/>
+      <c r="M660" s="261"/>
+      <c r="N660" s="260"/>
+      <c r="O660" s="262"/>
+      <c r="P660" s="262"/>
+      <c r="Q660" s="262"/>
+      <c r="R660" s="21"/>
+    </row>
+    <row r="661" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A661" s="254"/>
+      <c r="B661" s="257"/>
+      <c r="C661" s="256"/>
+      <c r="D661" s="257"/>
+      <c r="E661" s="258"/>
+      <c r="F661" s="259"/>
+      <c r="G661" s="261"/>
+      <c r="H661" s="261"/>
+      <c r="I661" s="261"/>
+      <c r="J661" s="261"/>
+      <c r="K661" s="261"/>
+      <c r="L661" s="261"/>
+      <c r="M661" s="261"/>
+      <c r="N661" s="260"/>
+      <c r="O661" s="262"/>
+      <c r="P661" s="262"/>
+      <c r="Q661" s="262"/>
+      <c r="R661" s="21"/>
+    </row>
+    <row r="662" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A662" s="254"/>
+      <c r="B662" s="257"/>
+      <c r="C662" s="256"/>
+      <c r="D662" s="257"/>
+      <c r="E662" s="258"/>
+      <c r="F662" s="259"/>
+      <c r="G662" s="261"/>
+      <c r="H662" s="261"/>
+      <c r="I662" s="261"/>
+      <c r="J662" s="261"/>
+      <c r="K662" s="261"/>
+      <c r="L662" s="261"/>
+      <c r="M662" s="261"/>
+      <c r="N662" s="260"/>
+      <c r="O662" s="262"/>
+      <c r="P662" s="262"/>
+      <c r="Q662" s="262"/>
+      <c r="R662" s="21"/>
+    </row>
+    <row r="663" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A663" s="254"/>
+      <c r="B663" s="257"/>
+      <c r="C663" s="256"/>
+      <c r="D663" s="257"/>
+      <c r="E663" s="258"/>
+      <c r="F663" s="259"/>
+      <c r="G663" s="261"/>
+      <c r="H663" s="261"/>
+      <c r="I663" s="261"/>
+      <c r="J663" s="261"/>
+      <c r="K663" s="261"/>
+      <c r="L663" s="261"/>
+      <c r="M663" s="261"/>
+      <c r="N663" s="260"/>
+      <c r="O663" s="262"/>
+      <c r="P663" s="262"/>
+      <c r="Q663" s="262"/>
+      <c r="R663" s="21"/>
+    </row>
+    <row r="664" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A664" s="254"/>
+      <c r="B664" s="257"/>
+      <c r="C664" s="256"/>
+      <c r="D664" s="257"/>
+      <c r="E664" s="258"/>
+      <c r="F664" s="259"/>
+      <c r="G664" s="261"/>
+      <c r="H664" s="261"/>
+      <c r="I664" s="261"/>
+      <c r="J664" s="261"/>
+      <c r="K664" s="261"/>
+      <c r="L664" s="261"/>
+      <c r="M664" s="261"/>
+      <c r="N664" s="260"/>
+      <c r="O664" s="262"/>
+      <c r="P664" s="262"/>
+      <c r="Q664" s="262"/>
+      <c r="R664" s="21"/>
+    </row>
+    <row r="665" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A665" s="254"/>
+      <c r="B665" s="257"/>
+      <c r="C665" s="256"/>
+      <c r="D665" s="257"/>
+      <c r="E665" s="258"/>
+      <c r="F665" s="259"/>
+      <c r="G665" s="261"/>
+      <c r="H665" s="261"/>
+      <c r="I665" s="261"/>
+      <c r="J665" s="261"/>
+      <c r="K665" s="261"/>
+      <c r="L665" s="261"/>
+      <c r="M665" s="261"/>
+      <c r="N665" s="260"/>
+      <c r="O665" s="262"/>
+      <c r="P665" s="262"/>
+      <c r="Q665" s="262"/>
+      <c r="R665" s="21"/>
+    </row>
+    <row r="666" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A666" s="254"/>
+      <c r="B666" s="257"/>
+      <c r="C666" s="256"/>
+      <c r="D666" s="257"/>
+      <c r="E666" s="258"/>
+      <c r="F666" s="259"/>
+      <c r="G666" s="261"/>
+      <c r="H666" s="261"/>
+      <c r="I666" s="261"/>
+      <c r="J666" s="261"/>
+      <c r="K666" s="261"/>
+      <c r="L666" s="261"/>
+      <c r="M666" s="261"/>
+      <c r="N666" s="260"/>
+      <c r="O666" s="262"/>
+      <c r="P666" s="262"/>
+      <c r="Q666" s="262"/>
+      <c r="R666" s="21"/>
+    </row>
+    <row r="667" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A667" s="254"/>
+      <c r="B667" s="257"/>
+      <c r="C667" s="256"/>
+      <c r="D667" s="257"/>
+      <c r="E667" s="258"/>
+      <c r="F667" s="259"/>
+      <c r="G667" s="261"/>
+      <c r="H667" s="261"/>
+      <c r="I667" s="261"/>
+      <c r="J667" s="261"/>
+      <c r="K667" s="261"/>
+      <c r="L667" s="261"/>
+      <c r="M667" s="261"/>
+      <c r="N667" s="260"/>
+      <c r="O667" s="262"/>
+      <c r="P667" s="262"/>
+      <c r="Q667" s="262"/>
+      <c r="R667" s="21"/>
+    </row>
+    <row r="668" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A668" s="254"/>
+      <c r="B668" s="257"/>
+      <c r="C668" s="256"/>
+      <c r="D668" s="257"/>
+      <c r="E668" s="258"/>
+      <c r="F668" s="259"/>
+      <c r="G668" s="261"/>
+      <c r="H668" s="261"/>
+      <c r="I668" s="261"/>
+      <c r="J668" s="261"/>
+      <c r="K668" s="261"/>
+      <c r="L668" s="261"/>
+      <c r="M668" s="261"/>
+      <c r="N668" s="260"/>
+      <c r="O668" s="262"/>
+      <c r="P668" s="262"/>
+      <c r="Q668" s="262"/>
+      <c r="R668" s="21"/>
+    </row>
+    <row r="669" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A669" s="254"/>
+      <c r="B669" s="257"/>
+      <c r="C669" s="256"/>
+      <c r="D669" s="257"/>
+      <c r="E669" s="258"/>
+      <c r="F669" s="259"/>
+      <c r="G669" s="261"/>
+      <c r="H669" s="261"/>
+      <c r="I669" s="261"/>
+      <c r="J669" s="261"/>
+      <c r="K669" s="261"/>
+      <c r="L669" s="261"/>
+      <c r="M669" s="261"/>
+      <c r="N669" s="260"/>
+      <c r="O669" s="262"/>
+      <c r="P669" s="262"/>
+      <c r="Q669" s="262"/>
+      <c r="R669" s="21"/>
+    </row>
+    <row r="670" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A670" s="254"/>
+      <c r="B670" s="257"/>
+      <c r="C670" s="256"/>
+      <c r="D670" s="257"/>
+      <c r="E670" s="258"/>
+      <c r="F670" s="259"/>
+      <c r="G670" s="261"/>
+      <c r="H670" s="261"/>
+      <c r="I670" s="261"/>
+      <c r="J670" s="261"/>
+      <c r="K670" s="261"/>
+      <c r="L670" s="261"/>
+      <c r="M670" s="261"/>
+      <c r="N670" s="260"/>
+      <c r="O670" s="262"/>
+      <c r="P670" s="262"/>
+      <c r="Q670" s="262"/>
+      <c r="R670" s="21"/>
+    </row>
+    <row r="671" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A671" s="254"/>
+      <c r="B671" s="257"/>
+      <c r="C671" s="256"/>
+      <c r="D671" s="257"/>
+      <c r="E671" s="258"/>
+      <c r="F671" s="259"/>
+      <c r="G671" s="261"/>
+      <c r="H671" s="261"/>
+      <c r="I671" s="261"/>
+      <c r="J671" s="261"/>
+      <c r="K671" s="261"/>
+      <c r="L671" s="261"/>
+      <c r="M671" s="261"/>
+      <c r="N671" s="260"/>
+      <c r="O671" s="262"/>
+      <c r="P671" s="262"/>
+      <c r="Q671" s="262"/>
+      <c r="R671" s="21"/>
+    </row>
+    <row r="672" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A672" s="254"/>
+      <c r="B672" s="257"/>
+      <c r="C672" s="256"/>
+      <c r="D672" s="257"/>
+      <c r="E672" s="258"/>
+      <c r="F672" s="259"/>
+      <c r="G672" s="261"/>
+      <c r="H672" s="261"/>
+      <c r="I672" s="261"/>
+      <c r="J672" s="261"/>
+      <c r="K672" s="261"/>
+      <c r="L672" s="261"/>
+      <c r="M672" s="261"/>
+      <c r="N672" s="260"/>
+      <c r="O672" s="262"/>
+      <c r="P672" s="262"/>
+      <c r="Q672" s="262"/>
+      <c r="R672" s="21"/>
+    </row>
+    <row r="673" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A673" s="254"/>
+      <c r="B673" s="257"/>
+      <c r="C673" s="256"/>
+      <c r="D673" s="257"/>
+      <c r="E673" s="258"/>
+      <c r="F673" s="259"/>
+      <c r="G673" s="261"/>
+      <c r="H673" s="261"/>
+      <c r="I673" s="261"/>
+      <c r="J673" s="261"/>
+      <c r="K673" s="261"/>
+      <c r="L673" s="261"/>
+      <c r="M673" s="261"/>
+      <c r="N673" s="260"/>
+      <c r="O673" s="262"/>
+      <c r="P673" s="262"/>
+      <c r="Q673" s="262"/>
+      <c r="R673" s="21"/>
+    </row>
+    <row r="674" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A674" s="254"/>
+      <c r="B674" s="257"/>
+      <c r="C674" s="256"/>
+      <c r="D674" s="257"/>
+      <c r="E674" s="258"/>
+      <c r="F674" s="259"/>
+      <c r="G674" s="261"/>
+      <c r="H674" s="261"/>
+      <c r="I674" s="261"/>
+      <c r="J674" s="261"/>
+      <c r="K674" s="261"/>
+      <c r="L674" s="261"/>
+      <c r="M674" s="261"/>
+      <c r="N674" s="260"/>
+      <c r="O674" s="262"/>
+      <c r="P674" s="262"/>
+      <c r="Q674" s="262"/>
+      <c r="R674" s="21"/>
+    </row>
+    <row r="675" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A675" s="254"/>
+      <c r="B675" s="257"/>
+      <c r="C675" s="256"/>
+      <c r="D675" s="257"/>
+      <c r="E675" s="258"/>
+      <c r="F675" s="259"/>
+      <c r="G675" s="261"/>
+      <c r="H675" s="261"/>
+      <c r="I675" s="261"/>
+      <c r="J675" s="261"/>
+      <c r="K675" s="261"/>
+      <c r="L675" s="261"/>
+      <c r="M675" s="261"/>
+      <c r="N675" s="260"/>
+      <c r="O675" s="262"/>
+      <c r="P675" s="262"/>
+      <c r="Q675" s="262"/>
+      <c r="R675" s="21"/>
+    </row>
+    <row r="676" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A676" s="254"/>
+      <c r="B676" s="257"/>
+      <c r="C676" s="256"/>
+      <c r="D676" s="257"/>
+      <c r="E676" s="258"/>
+      <c r="F676" s="259"/>
+      <c r="G676" s="261"/>
+      <c r="H676" s="261"/>
+      <c r="I676" s="261"/>
+      <c r="J676" s="261"/>
+      <c r="K676" s="261"/>
+      <c r="L676" s="261"/>
+      <c r="M676" s="261"/>
+      <c r="N676" s="260"/>
+      <c r="O676" s="262"/>
+      <c r="P676" s="262"/>
+      <c r="Q676" s="262"/>
+      <c r="R676" s="21"/>
+    </row>
+    <row r="677" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A677" s="254"/>
+      <c r="B677" s="257"/>
+      <c r="C677" s="256"/>
+      <c r="D677" s="257"/>
+      <c r="E677" s="258"/>
+      <c r="F677" s="259"/>
+      <c r="G677" s="261"/>
+      <c r="H677" s="261"/>
+      <c r="I677" s="261"/>
+      <c r="J677" s="261"/>
+      <c r="K677" s="261"/>
+      <c r="L677" s="261"/>
+      <c r="M677" s="261"/>
+      <c r="N677" s="260"/>
+      <c r="O677" s="262"/>
+      <c r="P677" s="262"/>
+      <c r="Q677" s="262"/>
+      <c r="R677" s="21"/>
+    </row>
+    <row r="678" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A678" s="254"/>
+      <c r="B678" s="257"/>
+      <c r="C678" s="256"/>
+      <c r="D678" s="257"/>
+      <c r="E678" s="258"/>
+      <c r="F678" s="259"/>
+      <c r="G678" s="261"/>
+      <c r="H678" s="261"/>
+      <c r="I678" s="261"/>
+      <c r="J678" s="261"/>
+      <c r="K678" s="261"/>
+      <c r="L678" s="261"/>
+      <c r="M678" s="261"/>
+      <c r="N678" s="260"/>
+      <c r="O678" s="262"/>
+      <c r="P678" s="262"/>
+      <c r="Q678" s="262"/>
+      <c r="R678" s="21"/>
+    </row>
+    <row r="679" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A679" s="254"/>
+      <c r="B679" s="257"/>
+      <c r="C679" s="256"/>
+      <c r="D679" s="257"/>
+      <c r="E679" s="258"/>
+      <c r="F679" s="259"/>
+      <c r="G679" s="261"/>
+      <c r="H679" s="261"/>
+      <c r="I679" s="261"/>
+      <c r="J679" s="261"/>
+      <c r="K679" s="261"/>
+      <c r="L679" s="261"/>
+      <c r="M679" s="261"/>
+      <c r="N679" s="260"/>
+      <c r="O679" s="262"/>
+      <c r="P679" s="262"/>
+      <c r="Q679" s="262"/>
+      <c r="R679" s="21"/>
+    </row>
+    <row r="680" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A680" s="254"/>
+      <c r="B680" s="257"/>
+      <c r="C680" s="256"/>
+      <c r="D680" s="257"/>
+      <c r="E680" s="258"/>
+      <c r="F680" s="259"/>
+      <c r="G680" s="261"/>
+      <c r="H680" s="261"/>
+      <c r="I680" s="261"/>
+      <c r="J680" s="261"/>
+      <c r="K680" s="261"/>
+      <c r="L680" s="261"/>
+      <c r="M680" s="261"/>
+      <c r="N680" s="260"/>
+      <c r="O680" s="262"/>
+      <c r="P680" s="262"/>
+      <c r="Q680" s="262"/>
+      <c r="R680" s="21"/>
+    </row>
+    <row r="681" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A681" s="254"/>
+      <c r="B681" s="257"/>
+      <c r="C681" s="256"/>
+      <c r="D681" s="257"/>
+      <c r="E681" s="258"/>
+      <c r="F681" s="259"/>
+      <c r="G681" s="261"/>
+      <c r="H681" s="261"/>
+      <c r="I681" s="261"/>
+      <c r="J681" s="261"/>
+      <c r="K681" s="261"/>
+      <c r="L681" s="261"/>
+      <c r="M681" s="261"/>
+      <c r="N681" s="260"/>
+      <c r="O681" s="262"/>
+      <c r="P681" s="262"/>
+      <c r="Q681" s="262"/>
+      <c r="R681" s="21"/>
+    </row>
+    <row r="682" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A682" s="254"/>
+      <c r="B682" s="257"/>
+      <c r="C682" s="256"/>
+      <c r="D682" s="257"/>
+      <c r="E682" s="258"/>
+      <c r="F682" s="259"/>
+      <c r="G682" s="261"/>
+      <c r="H682" s="261"/>
+      <c r="I682" s="261"/>
+      <c r="J682" s="261"/>
+      <c r="K682" s="261"/>
+      <c r="L682" s="261"/>
+      <c r="M682" s="261"/>
+      <c r="N682" s="260"/>
+      <c r="O682" s="262"/>
+      <c r="P682" s="262"/>
+      <c r="Q682" s="262"/>
+      <c r="R682" s="21"/>
+    </row>
+    <row r="683" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A683" s="254"/>
+      <c r="B683" s="257"/>
+      <c r="C683" s="256"/>
+      <c r="D683" s="257"/>
+      <c r="E683" s="258"/>
+      <c r="F683" s="259"/>
+      <c r="G683" s="261"/>
+      <c r="H683" s="261"/>
+      <c r="I683" s="261"/>
+      <c r="J683" s="261"/>
+      <c r="K683" s="261"/>
+      <c r="L683" s="261"/>
+      <c r="M683" s="261"/>
+      <c r="N683" s="260"/>
+      <c r="O683" s="262"/>
+      <c r="P683" s="262"/>
+      <c r="Q683" s="262"/>
+      <c r="R683" s="21"/>
+    </row>
+    <row r="684" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A684" s="254"/>
+      <c r="B684" s="257"/>
+      <c r="C684" s="256"/>
+      <c r="D684" s="257"/>
+      <c r="E684" s="258"/>
+      <c r="F684" s="259"/>
+      <c r="G684" s="261"/>
+      <c r="H684" s="261"/>
+      <c r="I684" s="261"/>
+      <c r="J684" s="261"/>
+      <c r="K684" s="261"/>
+      <c r="L684" s="261"/>
+      <c r="M684" s="261"/>
+      <c r="N684" s="260"/>
+      <c r="O684" s="262"/>
+      <c r="P684" s="262"/>
+      <c r="Q684" s="262"/>
+      <c r="R684" s="21"/>
+    </row>
+    <row r="685" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A685" s="254"/>
+      <c r="B685" s="257"/>
+      <c r="C685" s="256"/>
+      <c r="D685" s="257"/>
+      <c r="E685" s="258"/>
+      <c r="F685" s="259"/>
+      <c r="G685" s="261"/>
+      <c r="H685" s="261"/>
+      <c r="I685" s="261"/>
+      <c r="J685" s="261"/>
+      <c r="K685" s="261"/>
+      <c r="L685" s="261"/>
+      <c r="M685" s="261"/>
+      <c r="N685" s="260"/>
+      <c r="O685" s="262"/>
+      <c r="P685" s="262"/>
+      <c r="Q685" s="262"/>
+      <c r="R685" s="21"/>
+    </row>
+    <row r="686" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A686" s="254"/>
+      <c r="B686" s="257"/>
+      <c r="C686" s="256"/>
+      <c r="D686" s="257"/>
+      <c r="E686" s="258"/>
+      <c r="F686" s="259"/>
+      <c r="G686" s="261"/>
+      <c r="H686" s="261"/>
+      <c r="I686" s="261"/>
+      <c r="J686" s="261"/>
+      <c r="K686" s="261"/>
+      <c r="L686" s="261"/>
+      <c r="M686" s="261"/>
+      <c r="N686" s="260"/>
+      <c r="O686" s="262"/>
+      <c r="P686" s="262"/>
+      <c r="Q686" s="262"/>
+      <c r="R686" s="21"/>
+    </row>
+    <row r="687" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A687" s="254"/>
+      <c r="B687" s="257"/>
+      <c r="C687" s="256"/>
+      <c r="D687" s="257"/>
+      <c r="E687" s="258"/>
+      <c r="F687" s="259"/>
+      <c r="G687" s="261"/>
+      <c r="H687" s="261"/>
+      <c r="I687" s="261"/>
+      <c r="J687" s="261"/>
+      <c r="K687" s="261"/>
+      <c r="L687" s="261"/>
+      <c r="M687" s="261"/>
+      <c r="N687" s="260"/>
+      <c r="O687" s="262"/>
+      <c r="P687" s="262"/>
+      <c r="Q687" s="262"/>
+      <c r="R687" s="21"/>
+    </row>
+    <row r="688" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A688" s="254"/>
+      <c r="B688" s="257"/>
+      <c r="C688" s="256"/>
+      <c r="D688" s="257"/>
+      <c r="E688" s="258"/>
+      <c r="F688" s="259"/>
+      <c r="G688" s="261"/>
+      <c r="H688" s="261"/>
+      <c r="I688" s="261"/>
+      <c r="J688" s="261"/>
+      <c r="K688" s="261"/>
+      <c r="L688" s="261"/>
+      <c r="M688" s="261"/>
+      <c r="N688" s="260"/>
+      <c r="O688" s="262"/>
+      <c r="P688" s="262"/>
+      <c r="Q688" s="262"/>
+      <c r="R688" s="21"/>
+    </row>
+    <row r="689" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A689" s="254"/>
+      <c r="B689" s="257"/>
+      <c r="C689" s="256"/>
+      <c r="D689" s="257"/>
+      <c r="E689" s="258"/>
+      <c r="F689" s="259"/>
+      <c r="G689" s="261"/>
+      <c r="H689" s="261"/>
+      <c r="I689" s="261"/>
+      <c r="J689" s="261"/>
+      <c r="K689" s="261"/>
+      <c r="L689" s="261"/>
+      <c r="M689" s="261"/>
+      <c r="N689" s="260"/>
+      <c r="O689" s="262"/>
+      <c r="P689" s="262"/>
+      <c r="Q689" s="262"/>
+      <c r="R689" s="21"/>
+    </row>
+    <row r="690" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A690" s="254"/>
+      <c r="B690" s="257"/>
+      <c r="C690" s="256"/>
+      <c r="D690" s="257"/>
+      <c r="E690" s="258"/>
+      <c r="F690" s="259"/>
+      <c r="G690" s="261"/>
+      <c r="H690" s="261"/>
+      <c r="I690" s="261"/>
+      <c r="J690" s="261"/>
+      <c r="K690" s="261"/>
+      <c r="L690" s="261"/>
+      <c r="M690" s="261"/>
+      <c r="N690" s="260"/>
+      <c r="O690" s="262"/>
+      <c r="P690" s="262"/>
+      <c r="Q690" s="262"/>
+      <c r="R690" s="21"/>
+    </row>
+    <row r="691" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A691" s="254"/>
+      <c r="B691" s="257"/>
+      <c r="C691" s="256"/>
+      <c r="D691" s="257"/>
+      <c r="E691" s="258"/>
+      <c r="F691" s="259"/>
+      <c r="G691" s="261"/>
+      <c r="H691" s="261"/>
+      <c r="I691" s="261"/>
+      <c r="J691" s="261"/>
+      <c r="K691" s="261"/>
+      <c r="L691" s="261"/>
+      <c r="M691" s="261"/>
+      <c r="N691" s="260"/>
+      <c r="O691" s="262"/>
+      <c r="P691" s="262"/>
+      <c r="Q691" s="262"/>
+      <c r="R691" s="21"/>
+    </row>
+    <row r="692" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A692" s="254"/>
+      <c r="B692" s="257"/>
+      <c r="C692" s="256"/>
+      <c r="D692" s="257"/>
+      <c r="E692" s="258"/>
+      <c r="F692" s="259"/>
+      <c r="G692" s="261"/>
+      <c r="H692" s="261"/>
+      <c r="I692" s="261"/>
+      <c r="J692" s="261"/>
+      <c r="K692" s="261"/>
+      <c r="L692" s="261"/>
+      <c r="M692" s="261"/>
+      <c r="N692" s="260"/>
+      <c r="O692" s="262"/>
+      <c r="P692" s="262"/>
+      <c r="Q692" s="262"/>
+      <c r="R692" s="21"/>
+    </row>
+    <row r="693" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A693" s="254"/>
+      <c r="B693" s="257"/>
+      <c r="C693" s="256"/>
+      <c r="D693" s="257"/>
+      <c r="E693" s="258"/>
+      <c r="F693" s="259"/>
+      <c r="G693" s="261"/>
+      <c r="H693" s="261"/>
+      <c r="I693" s="261"/>
+      <c r="J693" s="261"/>
+      <c r="K693" s="261"/>
+      <c r="L693" s="261"/>
+      <c r="M693" s="261"/>
+      <c r="N693" s="260"/>
+      <c r="O693" s="262"/>
+      <c r="P693" s="262"/>
+      <c r="Q693" s="262"/>
+      <c r="R693" s="21"/>
+    </row>
+    <row r="694" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A694" s="254"/>
+      <c r="B694" s="257"/>
+      <c r="C694" s="256"/>
+      <c r="D694" s="257"/>
+      <c r="E694" s="258"/>
+      <c r="F694" s="259"/>
+      <c r="G694" s="261"/>
+      <c r="H694" s="261"/>
+      <c r="I694" s="261"/>
+      <c r="J694" s="261"/>
+      <c r="K694" s="261"/>
+      <c r="L694" s="261"/>
+      <c r="M694" s="261"/>
+      <c r="N694" s="260"/>
+      <c r="O694" s="262"/>
+      <c r="P694" s="262"/>
+      <c r="Q694" s="262"/>
+      <c r="R694" s="21"/>
+    </row>
+    <row r="695" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A695" s="254"/>
+      <c r="B695" s="257"/>
+      <c r="C695" s="256"/>
+      <c r="D695" s="257"/>
+      <c r="E695" s="258"/>
+      <c r="F695" s="259"/>
+      <c r="G695" s="261"/>
+      <c r="H695" s="261"/>
+      <c r="I695" s="261"/>
+      <c r="J695" s="261"/>
+      <c r="K695" s="261"/>
+      <c r="L695" s="261"/>
+      <c r="M695" s="261"/>
+      <c r="N695" s="260"/>
+      <c r="O695" s="262"/>
+      <c r="P695" s="262"/>
+      <c r="Q695" s="262"/>
+      <c r="R695" s="21"/>
+    </row>
+    <row r="696" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A696" s="254"/>
+      <c r="B696" s="257"/>
+      <c r="C696" s="256"/>
+      <c r="D696" s="257"/>
+      <c r="E696" s="258"/>
+      <c r="F696" s="259"/>
+      <c r="G696" s="261"/>
+      <c r="H696" s="261"/>
+      <c r="I696" s="261"/>
+      <c r="J696" s="261"/>
+      <c r="K696" s="261"/>
+      <c r="L696" s="261"/>
+      <c r="M696" s="261"/>
+      <c r="N696" s="260"/>
+      <c r="O696" s="262"/>
+      <c r="P696" s="262"/>
+      <c r="Q696" s="262"/>
+      <c r="R696" s="21"/>
+    </row>
+    <row r="697" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A697" s="254"/>
+      <c r="B697" s="257"/>
+      <c r="C697" s="256"/>
+      <c r="D697" s="257"/>
+      <c r="E697" s="258"/>
+      <c r="F697" s="259"/>
+      <c r="G697" s="261"/>
+      <c r="H697" s="261"/>
+      <c r="I697" s="261"/>
+      <c r="J697" s="261"/>
+      <c r="K697" s="261"/>
+      <c r="L697" s="261"/>
+      <c r="M697" s="261"/>
+      <c r="N697" s="260"/>
+      <c r="O697" s="262"/>
+      <c r="P697" s="262"/>
+      <c r="Q697" s="262"/>
+      <c r="R697" s="21"/>
+    </row>
+    <row r="698" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A698" s="254"/>
+      <c r="B698" s="257"/>
+      <c r="C698" s="256"/>
+      <c r="D698" s="257"/>
+      <c r="E698" s="258"/>
+      <c r="F698" s="259"/>
+      <c r="G698" s="261"/>
+      <c r="H698" s="261"/>
+      <c r="I698" s="261"/>
+      <c r="J698" s="261"/>
+      <c r="K698" s="261"/>
+      <c r="L698" s="261"/>
+      <c r="M698" s="261"/>
+      <c r="N698" s="260"/>
+      <c r="O698" s="262"/>
+      <c r="P698" s="262"/>
+      <c r="Q698" s="262"/>
+      <c r="R698" s="21"/>
+    </row>
+    <row r="699" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A699" s="254"/>
+      <c r="B699" s="257"/>
+      <c r="C699" s="256"/>
+      <c r="D699" s="257"/>
+      <c r="E699" s="258"/>
+      <c r="F699" s="259"/>
+      <c r="G699" s="261"/>
+      <c r="H699" s="261"/>
+      <c r="I699" s="261"/>
+      <c r="J699" s="261"/>
+      <c r="K699" s="261"/>
+      <c r="L699" s="261"/>
+      <c r="M699" s="261"/>
+      <c r="N699" s="260"/>
+      <c r="O699" s="262"/>
+      <c r="P699" s="262"/>
+      <c r="Q699" s="262"/>
+      <c r="R699" s="21"/>
+    </row>
+    <row r="700" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A700" s="254"/>
+      <c r="B700" s="257"/>
+      <c r="C700" s="256"/>
+      <c r="D700" s="257"/>
+      <c r="E700" s="258"/>
+      <c r="F700" s="259"/>
+      <c r="G700" s="261"/>
+      <c r="H700" s="261"/>
+      <c r="I700" s="261"/>
+      <c r="J700" s="261"/>
+      <c r="K700" s="261"/>
+      <c r="L700" s="261"/>
+      <c r="M700" s="261"/>
+      <c r="N700" s="260"/>
+      <c r="O700" s="262"/>
+      <c r="P700" s="262"/>
+      <c r="Q700" s="262"/>
+      <c r="R700" s="21"/>
+    </row>
+    <row r="701" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A701" s="254"/>
+      <c r="B701" s="257"/>
+      <c r="C701" s="256"/>
+      <c r="D701" s="257"/>
+      <c r="E701" s="258"/>
+      <c r="F701" s="259"/>
+      <c r="G701" s="261"/>
+      <c r="H701" s="261"/>
+      <c r="I701" s="261"/>
+      <c r="J701" s="261"/>
+      <c r="K701" s="261"/>
+      <c r="L701" s="261"/>
+      <c r="M701" s="261"/>
+      <c r="N701" s="260"/>
+      <c r="O701" s="262"/>
+      <c r="P701" s="262"/>
+      <c r="Q701" s="262"/>
+      <c r="R701" s="21"/>
+    </row>
+    <row r="702" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A702" s="254"/>
+      <c r="B702" s="257"/>
+      <c r="C702" s="256"/>
+      <c r="D702" s="257"/>
+      <c r="E702" s="258"/>
+      <c r="F702" s="259"/>
+      <c r="G702" s="261"/>
+      <c r="H702" s="261"/>
+      <c r="I702" s="261"/>
+      <c r="J702" s="261"/>
+      <c r="K702" s="261"/>
+      <c r="L702" s="261"/>
+      <c r="M702" s="261"/>
+      <c r="N702" s="260"/>
+      <c r="O702" s="262"/>
+      <c r="P702" s="262"/>
+      <c r="Q702" s="262"/>
+      <c r="R702" s="21"/>
+    </row>
+    <row r="703" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A703" s="254"/>
+      <c r="B703" s="257"/>
+      <c r="C703" s="256"/>
+      <c r="D703" s="257"/>
+      <c r="E703" s="258"/>
+      <c r="F703" s="259"/>
+      <c r="G703" s="261"/>
+      <c r="H703" s="261"/>
+      <c r="I703" s="261"/>
+      <c r="J703" s="261"/>
+      <c r="K703" s="261"/>
+      <c r="L703" s="261"/>
+      <c r="M703" s="261"/>
+      <c r="N703" s="260"/>
+      <c r="O703" s="262"/>
+      <c r="P703" s="262"/>
+      <c r="Q703" s="262"/>
+      <c r="R703" s="21"/>
+    </row>
+    <row r="704" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A704" s="254"/>
+      <c r="B704" s="257"/>
+      <c r="C704" s="256"/>
+      <c r="D704" s="257"/>
+      <c r="E704" s="258"/>
+      <c r="F704" s="259"/>
+      <c r="G704" s="261"/>
+      <c r="H704" s="261"/>
+      <c r="I704" s="261"/>
+      <c r="J704" s="261"/>
+      <c r="K704" s="261"/>
+      <c r="L704" s="261"/>
+      <c r="M704" s="261"/>
+      <c r="N704" s="260"/>
+      <c r="O704" s="262"/>
+      <c r="P704" s="262"/>
+      <c r="Q704" s="262"/>
+      <c r="R704" s="21"/>
+    </row>
+    <row r="705" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A705" s="254"/>
+      <c r="B705" s="257"/>
+      <c r="C705" s="256"/>
+      <c r="D705" s="257"/>
+      <c r="E705" s="258"/>
+      <c r="F705" s="259"/>
+      <c r="G705" s="261"/>
+      <c r="H705" s="261"/>
+      <c r="I705" s="261"/>
+      <c r="J705" s="261"/>
+      <c r="K705" s="261"/>
+      <c r="L705" s="261"/>
+      <c r="M705" s="261"/>
+      <c r="N705" s="260"/>
+      <c r="O705" s="262"/>
+      <c r="P705" s="262"/>
+      <c r="Q705" s="262"/>
+      <c r="R705" s="21"/>
+    </row>
+    <row r="706" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A706" s="254"/>
+      <c r="B706" s="257"/>
+      <c r="C706" s="256"/>
+      <c r="D706" s="257"/>
+      <c r="E706" s="258"/>
+      <c r="F706" s="259"/>
+      <c r="G706" s="261"/>
+      <c r="H706" s="261"/>
+      <c r="I706" s="261"/>
+      <c r="J706" s="261"/>
+      <c r="K706" s="261"/>
+      <c r="L706" s="261"/>
+      <c r="M706" s="261"/>
+      <c r="N706" s="260"/>
+      <c r="O706" s="262"/>
+      <c r="P706" s="262"/>
+      <c r="Q706" s="262"/>
+      <c r="R706" s="21"/>
+    </row>
+    <row r="707" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A707" s="254"/>
+      <c r="B707" s="257"/>
+      <c r="C707" s="256"/>
+      <c r="D707" s="257"/>
+      <c r="E707" s="258"/>
+      <c r="F707" s="259"/>
+      <c r="G707" s="261"/>
+      <c r="H707" s="261"/>
+      <c r="I707" s="261"/>
+      <c r="J707" s="261"/>
+      <c r="K707" s="261"/>
+      <c r="L707" s="261"/>
+      <c r="M707" s="261"/>
+      <c r="N707" s="260"/>
+      <c r="O707" s="262"/>
+      <c r="P707" s="262"/>
+      <c r="Q707" s="262"/>
+      <c r="R707" s="21"/>
+    </row>
+    <row r="708" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A708" s="254"/>
+      <c r="B708" s="257"/>
+      <c r="C708" s="256"/>
+      <c r="D708" s="257"/>
+      <c r="E708" s="258"/>
+      <c r="F708" s="259"/>
+      <c r="G708" s="261"/>
+      <c r="H708" s="261"/>
+      <c r="I708" s="261"/>
+      <c r="J708" s="261"/>
+      <c r="K708" s="261"/>
+      <c r="L708" s="261"/>
+      <c r="M708" s="261"/>
+      <c r="N708" s="260"/>
+      <c r="O708" s="262"/>
+      <c r="P708" s="262"/>
+      <c r="Q708" s="262"/>
+      <c r="R708" s="21"/>
+    </row>
+    <row r="709" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A709" s="254"/>
+      <c r="B709" s="257"/>
+      <c r="C709" s="256"/>
+      <c r="D709" s="257"/>
+      <c r="E709" s="258"/>
+      <c r="F709" s="259"/>
+      <c r="G709" s="261"/>
+      <c r="H709" s="261"/>
+      <c r="I709" s="261"/>
+      <c r="J709" s="261"/>
+      <c r="K709" s="261"/>
+      <c r="L709" s="261"/>
+      <c r="M709" s="261"/>
+      <c r="N709" s="260"/>
+      <c r="O709" s="262"/>
+      <c r="P709" s="262"/>
+      <c r="Q709" s="262"/>
+      <c r="R709" s="21"/>
+    </row>
+    <row r="710" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A710" s="254"/>
+      <c r="B710" s="257"/>
+      <c r="C710" s="256"/>
+      <c r="D710" s="257"/>
+      <c r="E710" s="258"/>
+      <c r="F710" s="259"/>
+      <c r="G710" s="261"/>
+      <c r="H710" s="261"/>
+      <c r="I710" s="261"/>
+      <c r="J710" s="261"/>
+      <c r="K710" s="261"/>
+      <c r="L710" s="261"/>
+      <c r="M710" s="261"/>
+      <c r="N710" s="260"/>
+      <c r="O710" s="262"/>
+      <c r="P710" s="262"/>
+      <c r="Q710" s="262"/>
+      <c r="R710" s="21"/>
+    </row>
+    <row r="711" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A711" s="254"/>
+      <c r="B711" s="257"/>
+      <c r="C711" s="256"/>
+      <c r="D711" s="257"/>
+      <c r="E711" s="258"/>
+      <c r="F711" s="259"/>
+      <c r="G711" s="261"/>
+      <c r="H711" s="261"/>
+      <c r="I711" s="261"/>
+      <c r="J711" s="261"/>
+      <c r="K711" s="261"/>
+      <c r="L711" s="261"/>
+      <c r="M711" s="261"/>
+      <c r="N711" s="260"/>
+      <c r="O711" s="262"/>
+      <c r="P711" s="262"/>
+      <c r="Q711" s="262"/>
+      <c r="R711" s="21"/>
+    </row>
+    <row r="712" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A712" s="254"/>
+      <c r="B712" s="257"/>
+      <c r="C712" s="256"/>
+      <c r="D712" s="257"/>
+      <c r="E712" s="258"/>
+      <c r="F712" s="259"/>
+      <c r="G712" s="261"/>
+      <c r="H712" s="261"/>
+      <c r="I712" s="261"/>
+      <c r="J712" s="261"/>
+      <c r="K712" s="261"/>
+      <c r="L712" s="261"/>
+      <c r="M712" s="261"/>
+      <c r="N712" s="260"/>
+      <c r="O712" s="262"/>
+      <c r="P712" s="262"/>
+      <c r="Q712" s="262"/>
+      <c r="R712" s="21"/>
+    </row>
+    <row r="713" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A713" s="254"/>
+      <c r="B713" s="257"/>
+      <c r="C713" s="256"/>
+      <c r="D713" s="257"/>
+      <c r="E713" s="258"/>
+      <c r="F713" s="259"/>
+      <c r="G713" s="261"/>
+      <c r="H713" s="261"/>
+      <c r="I713" s="261"/>
+      <c r="J713" s="261"/>
+      <c r="K713" s="261"/>
+      <c r="L713" s="261"/>
+      <c r="M713" s="261"/>
+      <c r="N713" s="260"/>
+      <c r="O713" s="262"/>
+      <c r="P713" s="262"/>
+      <c r="Q713" s="262"/>
+      <c r="R713" s="21"/>
+    </row>
+    <row r="714" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A714" s="254"/>
+      <c r="B714" s="257"/>
+      <c r="C714" s="256"/>
+      <c r="D714" s="257"/>
+      <c r="E714" s="258"/>
+      <c r="F714" s="259"/>
+      <c r="G714" s="261"/>
+      <c r="H714" s="261"/>
+      <c r="I714" s="261"/>
+      <c r="J714" s="261"/>
+      <c r="K714" s="261"/>
+      <c r="L714" s="261"/>
+      <c r="M714" s="261"/>
+      <c r="N714" s="260"/>
+      <c r="O714" s="262"/>
+      <c r="P714" s="262"/>
+      <c r="Q714" s="262"/>
+      <c r="R714" s="21"/>
+    </row>
+    <row r="715" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A715" s="254"/>
+      <c r="B715" s="257"/>
+      <c r="C715" s="256"/>
+      <c r="D715" s="257"/>
+      <c r="E715" s="258"/>
+      <c r="F715" s="259"/>
+      <c r="G715" s="261"/>
+      <c r="H715" s="261"/>
+      <c r="I715" s="261"/>
+      <c r="J715" s="261"/>
+      <c r="K715" s="261"/>
+      <c r="L715" s="261"/>
+      <c r="M715" s="261"/>
+      <c r="N715" s="260"/>
+      <c r="O715" s="262"/>
+      <c r="P715" s="262"/>
+      <c r="Q715" s="262"/>
+      <c r="R715" s="21"/>
+    </row>
+    <row r="716" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A716" s="254"/>
+      <c r="B716" s="257"/>
+      <c r="C716" s="256"/>
+      <c r="D716" s="257"/>
+      <c r="E716" s="258"/>
+      <c r="F716" s="259"/>
+      <c r="G716" s="261"/>
+      <c r="H716" s="261"/>
+      <c r="I716" s="261"/>
+      <c r="J716" s="261"/>
+      <c r="K716" s="261"/>
+      <c r="L716" s="261"/>
+      <c r="M716" s="261"/>
+      <c r="N716" s="260"/>
+      <c r="O716" s="262"/>
+      <c r="P716" s="262"/>
+      <c r="Q716" s="262"/>
+      <c r="R716" s="21"/>
+    </row>
+    <row r="717" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A717" s="254"/>
+      <c r="B717" s="257"/>
+      <c r="C717" s="256"/>
+      <c r="D717" s="257"/>
+      <c r="E717" s="258"/>
+      <c r="F717" s="259"/>
+      <c r="G717" s="261"/>
+      <c r="H717" s="261"/>
+      <c r="I717" s="261"/>
+      <c r="J717" s="261"/>
+      <c r="K717" s="261"/>
+      <c r="L717" s="261"/>
+      <c r="M717" s="261"/>
+      <c r="N717" s="260"/>
+      <c r="O717" s="262"/>
+      <c r="P717" s="262"/>
+      <c r="Q717" s="262"/>
+      <c r="R717" s="21"/>
+    </row>
+    <row r="718" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A718" s="254"/>
+      <c r="B718" s="257"/>
+      <c r="C718" s="256"/>
+      <c r="D718" s="257"/>
+      <c r="E718" s="258"/>
+      <c r="F718" s="259"/>
+      <c r="G718" s="261"/>
+      <c r="H718" s="261"/>
+      <c r="I718" s="261"/>
+      <c r="J718" s="261"/>
+      <c r="K718" s="261"/>
+      <c r="L718" s="261"/>
+      <c r="M718" s="261"/>
+      <c r="N718" s="260"/>
+      <c r="O718" s="262"/>
+      <c r="P718" s="262"/>
+      <c r="Q718" s="262"/>
+      <c r="R718" s="21"/>
+    </row>
+    <row r="719" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A719" s="254"/>
+      <c r="B719" s="257"/>
+      <c r="C719" s="256"/>
+      <c r="D719" s="257"/>
+      <c r="E719" s="258"/>
+      <c r="F719" s="259"/>
+      <c r="G719" s="261"/>
+      <c r="H719" s="261"/>
+      <c r="I719" s="261"/>
+      <c r="J719" s="261"/>
+      <c r="K719" s="261"/>
+      <c r="L719" s="261"/>
+      <c r="M719" s="261"/>
+      <c r="N719" s="260"/>
+      <c r="O719" s="262"/>
+      <c r="P719" s="262"/>
+      <c r="Q719" s="262"/>
+      <c r="R719" s="21"/>
+    </row>
+    <row r="720" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A720" s="254"/>
+      <c r="B720" s="257"/>
+      <c r="C720" s="256"/>
+      <c r="D720" s="257"/>
+      <c r="E720" s="258"/>
+      <c r="F720" s="259"/>
+      <c r="G720" s="261"/>
+      <c r="H720" s="261"/>
+      <c r="I720" s="261"/>
+      <c r="J720" s="261"/>
+      <c r="K720" s="261"/>
+      <c r="L720" s="261"/>
+      <c r="M720" s="261"/>
+      <c r="N720" s="260"/>
+      <c r="O720" s="262"/>
+      <c r="P720" s="262"/>
+      <c r="Q720" s="262"/>
+      <c r="R720" s="21"/>
+    </row>
+    <row r="721" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A721" s="254"/>
+      <c r="B721" s="257"/>
+      <c r="C721" s="256"/>
+      <c r="D721" s="257"/>
+      <c r="E721" s="258"/>
+      <c r="F721" s="259"/>
+      <c r="G721" s="261"/>
+      <c r="H721" s="261"/>
+      <c r="I721" s="261"/>
+      <c r="J721" s="261"/>
+      <c r="K721" s="261"/>
+      <c r="L721" s="261"/>
+      <c r="M721" s="261"/>
+      <c r="N721" s="260"/>
+      <c r="O721" s="262"/>
+      <c r="P721" s="262"/>
+      <c r="Q721" s="262"/>
+      <c r="R721" s="21"/>
+    </row>
+    <row r="722" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A722" s="254"/>
+      <c r="B722" s="257"/>
+      <c r="C722" s="256"/>
+      <c r="D722" s="257"/>
+      <c r="E722" s="258"/>
+      <c r="F722" s="259"/>
+      <c r="G722" s="261"/>
+      <c r="H722" s="261"/>
+      <c r="I722" s="261"/>
+      <c r="J722" s="261"/>
+      <c r="K722" s="261"/>
+      <c r="L722" s="261"/>
+      <c r="M722" s="261"/>
+      <c r="N722" s="260"/>
+      <c r="O722" s="262"/>
+      <c r="P722" s="262"/>
+      <c r="Q722" s="262"/>
+      <c r="R722" s="21"/>
+    </row>
+    <row r="723" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A723" s="254"/>
+      <c r="B723" s="257"/>
+      <c r="C723" s="256"/>
+      <c r="D723" s="257"/>
+      <c r="E723" s="258"/>
+      <c r="F723" s="259"/>
+      <c r="G723" s="261"/>
+      <c r="H723" s="261"/>
+      <c r="I723" s="261"/>
+      <c r="J723" s="261"/>
+      <c r="K723" s="261"/>
+      <c r="L723" s="261"/>
+      <c r="M723" s="261"/>
+      <c r="N723" s="260"/>
+      <c r="O723" s="262"/>
+      <c r="P723" s="262"/>
+      <c r="Q723" s="262"/>
+      <c r="R723" s="21"/>
+    </row>
+    <row r="724" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A724" s="254"/>
+      <c r="B724" s="257"/>
+      <c r="C724" s="256"/>
+      <c r="D724" s="257"/>
+      <c r="E724" s="258"/>
+      <c r="F724" s="259"/>
+      <c r="G724" s="261"/>
+      <c r="H724" s="261"/>
+      <c r="I724" s="261"/>
+      <c r="J724" s="261"/>
+      <c r="K724" s="261"/>
+      <c r="L724" s="261"/>
+      <c r="M724" s="261"/>
+      <c r="N724" s="260"/>
+      <c r="O724" s="262"/>
+      <c r="P724" s="262"/>
+      <c r="Q724" s="262"/>
+      <c r="R724" s="21"/>
+    </row>
+    <row r="725" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A725" s="254"/>
+      <c r="B725" s="257"/>
+      <c r="C725" s="256"/>
+      <c r="D725" s="257"/>
+      <c r="E725" s="258"/>
+      <c r="F725" s="259"/>
+      <c r="G725" s="261"/>
+      <c r="H725" s="261"/>
+      <c r="I725" s="261"/>
+      <c r="J725" s="261"/>
+      <c r="K725" s="261"/>
+      <c r="L725" s="261"/>
+      <c r="M725" s="261"/>
+      <c r="N725" s="260"/>
+      <c r="O725" s="262"/>
+      <c r="P725" s="262"/>
+      <c r="Q725" s="262"/>
+      <c r="R725" s="21"/>
+    </row>
+    <row r="726" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A726" s="254"/>
+      <c r="B726" s="257"/>
+      <c r="C726" s="256"/>
+      <c r="D726" s="257"/>
+      <c r="E726" s="258"/>
+      <c r="F726" s="259"/>
+      <c r="G726" s="261"/>
+      <c r="H726" s="261"/>
+      <c r="I726" s="261"/>
+      <c r="J726" s="261"/>
+      <c r="K726" s="261"/>
+      <c r="L726" s="261"/>
+      <c r="M726" s="261"/>
+      <c r="N726" s="260"/>
+      <c r="O726" s="262"/>
+      <c r="P726" s="262"/>
+      <c r="Q726" s="262"/>
+      <c r="R726" s="21"/>
+    </row>
+    <row r="727" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A727" s="254"/>
+      <c r="B727" s="257"/>
+      <c r="C727" s="256"/>
+      <c r="D727" s="257"/>
+      <c r="E727" s="258"/>
+      <c r="F727" s="259"/>
+      <c r="G727" s="261"/>
+      <c r="H727" s="261"/>
+      <c r="I727" s="261"/>
+      <c r="J727" s="261"/>
+      <c r="K727" s="261"/>
+      <c r="L727" s="261"/>
+      <c r="M727" s="261"/>
+      <c r="N727" s="260"/>
+      <c r="O727" s="262"/>
+      <c r="P727" s="262"/>
+      <c r="Q727" s="262"/>
+      <c r="R727" s="21"/>
+    </row>
+    <row r="728" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A728" s="254"/>
+      <c r="B728" s="257"/>
+      <c r="C728" s="256"/>
+      <c r="D728" s="257"/>
+      <c r="E728" s="258"/>
+      <c r="F728" s="259"/>
+      <c r="G728" s="261"/>
+      <c r="H728" s="261"/>
+      <c r="I728" s="261"/>
+      <c r="J728" s="261"/>
+      <c r="K728" s="261"/>
+      <c r="L728" s="261"/>
+      <c r="M728" s="261"/>
+      <c r="N728" s="260"/>
+      <c r="O728" s="262"/>
+      <c r="P728" s="262"/>
+      <c r="Q728" s="262"/>
+      <c r="R728" s="21"/>
+    </row>
+    <row r="729" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A729" s="254"/>
+      <c r="B729" s="257"/>
+      <c r="C729" s="256"/>
+      <c r="D729" s="257"/>
+      <c r="E729" s="258"/>
+      <c r="F729" s="259"/>
+      <c r="G729" s="261"/>
+      <c r="H729" s="261"/>
+      <c r="I729" s="261"/>
+      <c r="J729" s="261"/>
+      <c r="K729" s="261"/>
+      <c r="L729" s="261"/>
+      <c r="M729" s="261"/>
+      <c r="N729" s="260"/>
+      <c r="O729" s="262"/>
+      <c r="P729" s="262"/>
+      <c r="Q729" s="262"/>
+      <c r="R729" s="21"/>
+    </row>
+    <row r="730" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A730" s="254"/>
+      <c r="B730" s="257"/>
+      <c r="C730" s="256"/>
+      <c r="D730" s="257"/>
+      <c r="E730" s="258"/>
+      <c r="F730" s="259"/>
+      <c r="G730" s="261"/>
+      <c r="H730" s="261"/>
+      <c r="I730" s="261"/>
+      <c r="J730" s="261"/>
+      <c r="K730" s="261"/>
+      <c r="L730" s="261"/>
+      <c r="M730" s="261"/>
+      <c r="N730" s="260"/>
+      <c r="O730" s="262"/>
+      <c r="P730" s="262"/>
+      <c r="Q730" s="262"/>
+      <c r="R730" s="21"/>
+    </row>
+    <row r="731" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A731" s="254"/>
+      <c r="B731" s="257"/>
+      <c r="C731" s="256"/>
+      <c r="D731" s="257"/>
+      <c r="E731" s="258"/>
+      <c r="F731" s="259"/>
+      <c r="G731" s="261"/>
+      <c r="H731" s="261"/>
+      <c r="I731" s="261"/>
+      <c r="J731" s="261"/>
+      <c r="K731" s="261"/>
+      <c r="L731" s="261"/>
+      <c r="M731" s="261"/>
+      <c r="N731" s="260"/>
+      <c r="O731" s="262"/>
+      <c r="P731" s="262"/>
+      <c r="Q731" s="262"/>
+      <c r="R731" s="21"/>
+    </row>
+    <row r="732" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A732" s="254"/>
+      <c r="B732" s="257"/>
+      <c r="C732" s="256"/>
+      <c r="D732" s="257"/>
+      <c r="E732" s="258"/>
+      <c r="F732" s="259"/>
+      <c r="G732" s="261"/>
+      <c r="H732" s="261"/>
+      <c r="I732" s="261"/>
+      <c r="J732" s="261"/>
+      <c r="K732" s="261"/>
+      <c r="L732" s="261"/>
+      <c r="M732" s="261"/>
+      <c r="N732" s="260"/>
+      <c r="O732" s="262"/>
+      <c r="P732" s="262"/>
+      <c r="Q732" s="262"/>
+      <c r="R732" s="21"/>
+    </row>
+    <row r="733" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A733" s="254"/>
+      <c r="B733" s="257"/>
+      <c r="C733" s="256"/>
+      <c r="D733" s="257"/>
+      <c r="E733" s="258"/>
+      <c r="F733" s="259"/>
+      <c r="G733" s="261"/>
+      <c r="H733" s="261"/>
+      <c r="I733" s="261"/>
+      <c r="J733" s="261"/>
+      <c r="K733" s="261"/>
+      <c r="L733" s="261"/>
+      <c r="M733" s="261"/>
+      <c r="N733" s="260"/>
+      <c r="O733" s="262"/>
+      <c r="P733" s="262"/>
+      <c r="Q733" s="262"/>
+      <c r="R733" s="21"/>
+    </row>
+    <row r="734" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A734" s="254"/>
+      <c r="B734" s="257"/>
+      <c r="C734" s="256"/>
+      <c r="D734" s="257"/>
+      <c r="E734" s="258"/>
+      <c r="F734" s="259"/>
+      <c r="G734" s="261"/>
+      <c r="H734" s="261"/>
+      <c r="I734" s="261"/>
+      <c r="J734" s="261"/>
+      <c r="K734" s="261"/>
+      <c r="L734" s="261"/>
+      <c r="M734" s="261"/>
+      <c r="N734" s="260"/>
+      <c r="O734" s="262"/>
+      <c r="P734" s="262"/>
+      <c r="Q734" s="262"/>
+      <c r="R734" s="21"/>
+    </row>
+    <row r="735" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A735" s="254"/>
+      <c r="B735" s="257"/>
+      <c r="C735" s="256"/>
+      <c r="D735" s="257"/>
+      <c r="E735" s="258"/>
+      <c r="F735" s="259"/>
+      <c r="G735" s="261"/>
+      <c r="H735" s="261"/>
+      <c r="I735" s="261"/>
+      <c r="J735" s="261"/>
+      <c r="K735" s="261"/>
+      <c r="L735" s="261"/>
+      <c r="M735" s="261"/>
+      <c r="N735" s="260"/>
+      <c r="O735" s="262"/>
+      <c r="P735" s="262"/>
+      <c r="Q735" s="262"/>
+      <c r="R735" s="21"/>
+    </row>
+    <row r="736" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A736" s="254"/>
+      <c r="B736" s="257"/>
+      <c r="C736" s="256"/>
+      <c r="D736" s="257"/>
+      <c r="E736" s="258"/>
+      <c r="F736" s="259"/>
+      <c r="G736" s="261"/>
+      <c r="H736" s="261"/>
+      <c r="I736" s="261"/>
+      <c r="J736" s="261"/>
+      <c r="K736" s="261"/>
+      <c r="L736" s="261"/>
+      <c r="M736" s="261"/>
+      <c r="N736" s="260"/>
+      <c r="O736" s="262"/>
+      <c r="P736" s="262"/>
+      <c r="Q736" s="262"/>
+      <c r="R736" s="21"/>
+    </row>
+    <row r="737" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A737" s="254"/>
+      <c r="B737" s="257"/>
+      <c r="C737" s="256"/>
+      <c r="D737" s="257"/>
+      <c r="E737" s="258"/>
+      <c r="F737" s="259"/>
+      <c r="G737" s="261"/>
+      <c r="H737" s="261"/>
+      <c r="I737" s="261"/>
+      <c r="J737" s="261"/>
+      <c r="K737" s="261"/>
+      <c r="L737" s="261"/>
+      <c r="M737" s="261"/>
+      <c r="N737" s="260"/>
+      <c r="O737" s="262"/>
+      <c r="P737" s="262"/>
+      <c r="Q737" s="262"/>
+      <c r="R737" s="21"/>
+    </row>
+    <row r="738" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A738" s="254"/>
+      <c r="B738" s="257"/>
+      <c r="C738" s="256"/>
+      <c r="D738" s="257"/>
+      <c r="E738" s="258"/>
+      <c r="F738" s="259"/>
+      <c r="G738" s="261"/>
+      <c r="H738" s="261"/>
+      <c r="I738" s="261"/>
+      <c r="J738" s="261"/>
+      <c r="K738" s="261"/>
+      <c r="L738" s="261"/>
+      <c r="M738" s="261"/>
+      <c r="N738" s="260"/>
+      <c r="O738" s="262"/>
+      <c r="P738" s="262"/>
+      <c r="Q738" s="262"/>
+      <c r="R738" s="21"/>
+    </row>
+    <row r="739" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A739" s="254"/>
+      <c r="B739" s="257"/>
+      <c r="C739" s="256"/>
+      <c r="D739" s="257"/>
+      <c r="E739" s="258"/>
+      <c r="F739" s="259"/>
+      <c r="G739" s="261"/>
+      <c r="H739" s="261"/>
+      <c r="I739" s="261"/>
+      <c r="J739" s="261"/>
+      <c r="K739" s="261"/>
+      <c r="L739" s="261"/>
+      <c r="M739" s="261"/>
+      <c r="N739" s="260"/>
+      <c r="O739" s="262"/>
+      <c r="P739" s="262"/>
+      <c r="Q739" s="262"/>
+      <c r="R739" s="21"/>
+    </row>
+    <row r="740" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A740" s="254"/>
+      <c r="B740" s="257"/>
+      <c r="C740" s="256"/>
+      <c r="D740" s="257"/>
+      <c r="E740" s="258"/>
+      <c r="F740" s="259"/>
+      <c r="G740" s="261"/>
+      <c r="H740" s="261"/>
+      <c r="I740" s="261"/>
+      <c r="J740" s="261"/>
+      <c r="K740" s="261"/>
+      <c r="L740" s="261"/>
+      <c r="M740" s="261"/>
+      <c r="N740" s="260"/>
+      <c r="O740" s="262"/>
+      <c r="P740" s="262"/>
+      <c r="Q740" s="262"/>
+      <c r="R740" s="21"/>
+    </row>
+    <row r="741" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A741" s="254"/>
+      <c r="B741" s="257"/>
+      <c r="C741" s="256"/>
+      <c r="D741" s="257"/>
+      <c r="E741" s="258"/>
+      <c r="F741" s="259"/>
+      <c r="G741" s="261"/>
+      <c r="H741" s="261"/>
+      <c r="I741" s="261"/>
+      <c r="J741" s="261"/>
+      <c r="K741" s="261"/>
+      <c r="L741" s="261"/>
+      <c r="M741" s="261"/>
+      <c r="N741" s="260"/>
+      <c r="O741" s="262"/>
+      <c r="P741" s="262"/>
+      <c r="Q741" s="262"/>
+      <c r="R741" s="21"/>
+    </row>
+    <row r="742" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A742" s="254"/>
+      <c r="B742" s="257"/>
+      <c r="C742" s="256"/>
+      <c r="D742" s="257"/>
+      <c r="E742" s="258"/>
+      <c r="F742" s="259"/>
+      <c r="G742" s="261"/>
+      <c r="H742" s="261"/>
+      <c r="I742" s="261"/>
+      <c r="J742" s="261"/>
+      <c r="K742" s="261"/>
+      <c r="L742" s="261"/>
+      <c r="M742" s="261"/>
+      <c r="N742" s="260"/>
+      <c r="O742" s="262"/>
+      <c r="P742" s="262"/>
+      <c r="Q742" s="262"/>
+      <c r="R742" s="21"/>
+    </row>
+    <row r="743" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A743" s="254"/>
+      <c r="B743" s="257"/>
+      <c r="C743" s="256"/>
+      <c r="D743" s="257"/>
+      <c r="E743" s="258"/>
+      <c r="F743" s="259"/>
+      <c r="G743" s="261"/>
+      <c r="H743" s="261"/>
+      <c r="I743" s="261"/>
+      <c r="J743" s="261"/>
+      <c r="K743" s="261"/>
+      <c r="L743" s="261"/>
+      <c r="M743" s="261"/>
+      <c r="N743" s="260"/>
+      <c r="O743" s="262"/>
+      <c r="P743" s="262"/>
+      <c r="Q743" s="262"/>
+      <c r="R743" s="21"/>
+    </row>
+    <row r="744" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A744" s="254"/>
+      <c r="B744" s="257"/>
+      <c r="C744" s="256"/>
+      <c r="D744" s="257"/>
+      <c r="E744" s="258"/>
+      <c r="F744" s="259"/>
+      <c r="G744" s="261"/>
+      <c r="H744" s="261"/>
+      <c r="I744" s="261"/>
+      <c r="J744" s="261"/>
+      <c r="K744" s="261"/>
+      <c r="L744" s="261"/>
+      <c r="M744" s="261"/>
+      <c r="N744" s="260"/>
+      <c r="O744" s="262"/>
+      <c r="P744" s="262"/>
+      <c r="Q744" s="262"/>
+      <c r="R744" s="21"/>
+    </row>
+    <row r="745" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A745" s="254"/>
+      <c r="B745" s="257"/>
+      <c r="C745" s="256"/>
+      <c r="D745" s="257"/>
+      <c r="E745" s="258"/>
+      <c r="F745" s="259"/>
+      <c r="G745" s="261"/>
+      <c r="H745" s="261"/>
+      <c r="I745" s="261"/>
+      <c r="J745" s="261"/>
+      <c r="K745" s="261"/>
+      <c r="L745" s="261"/>
+      <c r="M745" s="261"/>
+      <c r="N745" s="260"/>
+      <c r="O745" s="262"/>
+      <c r="P745" s="262"/>
+      <c r="Q745" s="262"/>
+      <c r="R745" s="21"/>
+    </row>
+    <row r="746" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A746" s="254"/>
+      <c r="B746" s="257"/>
+      <c r="C746" s="256"/>
+      <c r="D746" s="257"/>
+      <c r="E746" s="258"/>
+      <c r="F746" s="259"/>
+      <c r="G746" s="261"/>
+      <c r="H746" s="261"/>
+      <c r="I746" s="261"/>
+      <c r="J746" s="261"/>
+      <c r="K746" s="261"/>
+      <c r="L746" s="261"/>
+      <c r="M746" s="261"/>
+      <c r="N746" s="260"/>
+      <c r="O746" s="262"/>
+      <c r="P746" s="262"/>
+      <c r="Q746" s="262"/>
+      <c r="R746" s="21"/>
+    </row>
+    <row r="747" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A747" s="254"/>
+      <c r="B747" s="257"/>
+      <c r="C747" s="256"/>
+      <c r="D747" s="257"/>
+      <c r="E747" s="258"/>
+      <c r="F747" s="259"/>
+      <c r="G747" s="261"/>
+      <c r="H747" s="261"/>
+      <c r="I747" s="261"/>
+      <c r="J747" s="261"/>
+      <c r="K747" s="261"/>
+      <c r="L747" s="261"/>
+      <c r="M747" s="261"/>
+      <c r="N747" s="260"/>
+      <c r="O747" s="262"/>
+      <c r="P747" s="262"/>
+      <c r="Q747" s="262"/>
+      <c r="R747" s="21"/>
+    </row>
+    <row r="748" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A748" s="254"/>
+      <c r="B748" s="257"/>
+      <c r="C748" s="256"/>
+      <c r="D748" s="257"/>
+      <c r="E748" s="258"/>
+      <c r="F748" s="259"/>
+      <c r="G748" s="261"/>
+      <c r="H748" s="261"/>
+      <c r="I748" s="261"/>
+      <c r="J748" s="261"/>
+      <c r="K748" s="261"/>
+      <c r="L748" s="261"/>
+      <c r="M748" s="261"/>
+      <c r="N748" s="260"/>
+      <c r="O748" s="262"/>
+      <c r="P748" s="262"/>
+      <c r="Q748" s="262"/>
+      <c r="R748" s="21"/>
+    </row>
+    <row r="749" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A749" s="254"/>
+      <c r="B749" s="257"/>
+      <c r="C749" s="256"/>
+      <c r="D749" s="257"/>
+      <c r="E749" s="258"/>
+      <c r="F749" s="259"/>
+      <c r="G749" s="261"/>
+      <c r="H749" s="261"/>
+      <c r="I749" s="261"/>
+      <c r="J749" s="261"/>
+      <c r="K749" s="261"/>
+      <c r="L749" s="261"/>
+      <c r="M749" s="261"/>
+      <c r="N749" s="260"/>
+      <c r="O749" s="262"/>
+      <c r="P749" s="262"/>
+      <c r="Q749" s="262"/>
+      <c r="R749" s="21"/>
+    </row>
+    <row r="750" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A750" s="254"/>
+      <c r="B750" s="257"/>
+      <c r="C750" s="256"/>
+      <c r="D750" s="257"/>
+      <c r="E750" s="258"/>
+      <c r="F750" s="259"/>
+      <c r="G750" s="261"/>
+      <c r="H750" s="261"/>
+      <c r="I750" s="261"/>
+      <c r="J750" s="261"/>
+      <c r="K750" s="261"/>
+      <c r="L750" s="261"/>
+      <c r="M750" s="261"/>
+      <c r="N750" s="260"/>
+      <c r="O750" s="262"/>
+      <c r="P750" s="262"/>
+      <c r="Q750" s="262"/>
+      <c r="R750" s="21"/>
+    </row>
+    <row r="751" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A751" s="254"/>
+      <c r="B751" s="257"/>
+      <c r="C751" s="256"/>
+      <c r="D751" s="257"/>
+      <c r="E751" s="258"/>
+      <c r="F751" s="259"/>
+      <c r="G751" s="261"/>
+      <c r="H751" s="261"/>
+      <c r="I751" s="261"/>
+      <c r="J751" s="261"/>
+      <c r="K751" s="261"/>
+      <c r="L751" s="261"/>
+      <c r="M751" s="261"/>
+      <c r="N751" s="260"/>
+      <c r="O751" s="262"/>
+      <c r="P751" s="262"/>
+      <c r="Q751" s="262"/>
+      <c r="R751" s="21"/>
+    </row>
+    <row r="752" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A752" s="254"/>
+      <c r="B752" s="257"/>
+      <c r="C752" s="256"/>
+      <c r="D752" s="257"/>
+      <c r="E752" s="258"/>
+      <c r="F752" s="259"/>
+      <c r="G752" s="261"/>
+      <c r="H752" s="261"/>
+      <c r="I752" s="261"/>
+      <c r="J752" s="261"/>
+      <c r="K752" s="261"/>
+      <c r="L752" s="261"/>
+      <c r="M752" s="261"/>
+      <c r="N752" s="260"/>
+      <c r="O752" s="262"/>
+      <c r="P752" s="262"/>
+      <c r="Q752" s="262"/>
+      <c r="R752" s="21"/>
+    </row>
+    <row r="753" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A753" s="254"/>
+      <c r="B753" s="257"/>
+      <c r="C753" s="256"/>
+      <c r="D753" s="257"/>
+      <c r="E753" s="258"/>
+      <c r="F753" s="259"/>
+      <c r="G753" s="261"/>
+      <c r="H753" s="261"/>
+      <c r="I753" s="261"/>
+      <c r="J753" s="261"/>
+      <c r="K753" s="261"/>
+      <c r="L753" s="261"/>
+      <c r="M753" s="261"/>
+      <c r="N753" s="260"/>
+      <c r="O753" s="262"/>
+      <c r="P753" s="262"/>
+      <c r="Q753" s="262"/>
+      <c r="R753" s="21"/>
+    </row>
+    <row r="754" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A754" s="254"/>
+      <c r="B754" s="257"/>
+      <c r="C754" s="256"/>
+      <c r="D754" s="257"/>
+      <c r="E754" s="258"/>
+      <c r="F754" s="259"/>
+      <c r="G754" s="261"/>
+      <c r="H754" s="261"/>
+      <c r="I754" s="261"/>
+      <c r="J754" s="261"/>
+      <c r="K754" s="261"/>
+      <c r="L754" s="261"/>
+      <c r="M754" s="261"/>
+      <c r="N754" s="260"/>
+      <c r="O754" s="262"/>
+      <c r="P754" s="262"/>
+      <c r="Q754" s="262"/>
+      <c r="R754" s="21"/>
+    </row>
+    <row r="755" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A755" s="254"/>
+      <c r="B755" s="257"/>
+      <c r="C755" s="256"/>
+      <c r="D755" s="257"/>
+      <c r="E755" s="258"/>
+      <c r="F755" s="259"/>
+      <c r="G755" s="261"/>
+      <c r="H755" s="261"/>
+      <c r="I755" s="261"/>
+      <c r="J755" s="261"/>
+      <c r="K755" s="261"/>
+      <c r="L755" s="261"/>
+      <c r="M755" s="261"/>
+      <c r="N755" s="260"/>
+      <c r="O755" s="262"/>
+      <c r="P755" s="262"/>
+      <c r="Q755" s="262"/>
+      <c r="R755" s="21"/>
+    </row>
+    <row r="756" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A756" s="254"/>
+      <c r="B756" s="257"/>
+      <c r="C756" s="256"/>
+      <c r="D756" s="257"/>
+      <c r="E756" s="258"/>
+      <c r="F756" s="259"/>
+      <c r="G756" s="261"/>
+      <c r="H756" s="261"/>
+      <c r="I756" s="261"/>
+      <c r="J756" s="261"/>
+      <c r="K756" s="261"/>
+      <c r="L756" s="261"/>
+      <c r="M756" s="261"/>
+      <c r="N756" s="260"/>
+      <c r="O756" s="262"/>
+      <c r="P756" s="262"/>
+      <c r="Q756" s="262"/>
+      <c r="R756" s="21"/>
+    </row>
+    <row r="757" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A757" s="254"/>
+      <c r="B757" s="257"/>
+      <c r="C757" s="256"/>
+      <c r="D757" s="257"/>
+      <c r="E757" s="258"/>
+      <c r="F757" s="259"/>
+      <c r="G757" s="261"/>
+      <c r="H757" s="261"/>
+      <c r="I757" s="261"/>
+      <c r="J757" s="261"/>
+      <c r="K757" s="261"/>
+      <c r="L757" s="261"/>
+      <c r="M757" s="261"/>
+      <c r="N757" s="260"/>
+      <c r="O757" s="262"/>
+      <c r="P757" s="262"/>
+      <c r="Q757" s="262"/>
+      <c r="R757" s="21"/>
+    </row>
+    <row r="758" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A758" s="254"/>
+      <c r="B758" s="257"/>
+      <c r="C758" s="256"/>
+      <c r="D758" s="257"/>
+      <c r="E758" s="258"/>
+      <c r="F758" s="259"/>
+      <c r="G758" s="261"/>
+      <c r="H758" s="261"/>
+      <c r="I758" s="261"/>
+      <c r="J758" s="261"/>
+      <c r="K758" s="261"/>
+      <c r="L758" s="261"/>
+      <c r="M758" s="261"/>
+      <c r="N758" s="260"/>
+      <c r="O758" s="262"/>
+      <c r="P758" s="262"/>
+      <c r="Q758" s="262"/>
+      <c r="R758" s="21"/>
+    </row>
+    <row r="759" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A759" s="254"/>
+      <c r="B759" s="257"/>
+      <c r="C759" s="256"/>
+      <c r="D759" s="257"/>
+      <c r="E759" s="258"/>
+      <c r="F759" s="259"/>
+      <c r="G759" s="261"/>
+      <c r="H759" s="261"/>
+      <c r="I759" s="261"/>
+      <c r="J759" s="261"/>
+      <c r="K759" s="261"/>
+      <c r="L759" s="261"/>
+      <c r="M759" s="261"/>
+      <c r="N759" s="260"/>
+      <c r="O759" s="262"/>
+      <c r="P759" s="262"/>
+      <c r="Q759" s="262"/>
+      <c r="R759" s="21"/>
+    </row>
+    <row r="760" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A760" s="254"/>
+      <c r="B760" s="257"/>
+      <c r="C760" s="256"/>
+      <c r="D760" s="257"/>
+      <c r="E760" s="258"/>
+      <c r="F760" s="259"/>
+      <c r="G760" s="261"/>
+      <c r="H760" s="261"/>
+      <c r="I760" s="261"/>
+      <c r="J760" s="261"/>
+      <c r="K760" s="261"/>
+      <c r="L760" s="261"/>
+      <c r="M760" s="261"/>
+      <c r="N760" s="260"/>
+      <c r="O760" s="262"/>
+      <c r="P760" s="262"/>
+      <c r="Q760" s="262"/>
+      <c r="R760" s="21"/>
+    </row>
+    <row r="761" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A761" s="254"/>
+      <c r="B761" s="257"/>
+      <c r="C761" s="256"/>
+      <c r="D761" s="257"/>
+      <c r="E761" s="258"/>
+      <c r="F761" s="259"/>
+      <c r="G761" s="261"/>
+      <c r="H761" s="261"/>
+      <c r="I761" s="261"/>
+      <c r="J761" s="261"/>
+      <c r="K761" s="261"/>
+      <c r="L761" s="261"/>
+      <c r="M761" s="261"/>
+      <c r="N761" s="260"/>
+      <c r="O761" s="262"/>
+      <c r="P761" s="262"/>
+      <c r="Q761" s="262"/>
+      <c r="R761" s="21"/>
+    </row>
+    <row r="762" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A762" s="254"/>
+      <c r="B762" s="257"/>
+      <c r="C762" s="256"/>
+      <c r="D762" s="257"/>
+      <c r="E762" s="258"/>
+      <c r="F762" s="259"/>
+      <c r="G762" s="261"/>
+      <c r="H762" s="261"/>
+      <c r="I762" s="261"/>
+      <c r="J762" s="261"/>
+      <c r="K762" s="261"/>
+      <c r="L762" s="261"/>
+      <c r="M762" s="261"/>
+      <c r="N762" s="260"/>
+      <c r="O762" s="262"/>
+      <c r="P762" s="262"/>
+      <c r="Q762" s="262"/>
+      <c r="R762" s="21"/>
+    </row>
+    <row r="763" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A763" s="254"/>
+      <c r="B763" s="257"/>
+      <c r="C763" s="256"/>
+      <c r="D763" s="257"/>
+      <c r="E763" s="258"/>
+      <c r="F763" s="259"/>
+      <c r="G763" s="261"/>
+      <c r="H763" s="261"/>
+      <c r="I763" s="261"/>
+      <c r="J763" s="261"/>
+      <c r="K763" s="261"/>
+      <c r="L763" s="261"/>
+      <c r="M763" s="261"/>
+      <c r="N763" s="260"/>
+      <c r="O763" s="262"/>
+      <c r="P763" s="262"/>
+      <c r="Q763" s="262"/>
+      <c r="R763" s="21"/>
+    </row>
+    <row r="764" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A764" s="254"/>
+      <c r="B764" s="257"/>
+      <c r="C764" s="256"/>
+      <c r="D764" s="257"/>
+      <c r="E764" s="258"/>
+      <c r="F764" s="259"/>
+      <c r="G764" s="261"/>
+      <c r="H764" s="261"/>
+      <c r="I764" s="261"/>
+      <c r="J764" s="261"/>
+      <c r="K764" s="261"/>
+      <c r="L764" s="261"/>
+      <c r="M764" s="261"/>
+      <c r="N764" s="260"/>
+      <c r="O764" s="262"/>
+      <c r="P764" s="262"/>
+      <c r="Q764" s="262"/>
+      <c r="R764" s="21"/>
+    </row>
+    <row r="765" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A765" s="254"/>
+      <c r="B765" s="257"/>
+      <c r="C765" s="256"/>
+      <c r="D765" s="257"/>
+      <c r="E765" s="258"/>
+      <c r="F765" s="259"/>
+      <c r="G765" s="261"/>
+      <c r="H765" s="261"/>
+      <c r="I765" s="261"/>
+      <c r="J765" s="261"/>
+      <c r="K765" s="261"/>
+      <c r="L765" s="261"/>
+      <c r="M765" s="261"/>
+      <c r="N765" s="260"/>
+      <c r="O765" s="262"/>
+      <c r="P765" s="262"/>
+      <c r="Q765" s="262"/>
+      <c r="R765" s="21"/>
+    </row>
+    <row r="766" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A766" s="254"/>
+      <c r="B766" s="257"/>
+      <c r="C766" s="256"/>
+      <c r="D766" s="257"/>
+      <c r="E766" s="258"/>
+      <c r="F766" s="259"/>
+      <c r="G766" s="261"/>
+      <c r="H766" s="261"/>
+      <c r="I766" s="261"/>
+      <c r="J766" s="261"/>
+      <c r="K766" s="261"/>
+      <c r="L766" s="261"/>
+      <c r="M766" s="261"/>
+      <c r="N766" s="260"/>
+      <c r="O766" s="262"/>
+      <c r="P766" s="262"/>
+      <c r="Q766" s="262"/>
+      <c r="R766" s="21"/>
+    </row>
+    <row r="767" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A767" s="254"/>
+      <c r="B767" s="257"/>
+      <c r="C767" s="256"/>
+      <c r="D767" s="257"/>
+      <c r="E767" s="258"/>
+      <c r="F767" s="259"/>
+      <c r="G767" s="261"/>
+      <c r="H767" s="261"/>
+      <c r="I767" s="261"/>
+      <c r="J767" s="261"/>
+      <c r="K767" s="261"/>
+      <c r="L767" s="261"/>
+      <c r="M767" s="261"/>
+      <c r="N767" s="260"/>
+      <c r="O767" s="262"/>
+      <c r="P767" s="262"/>
+      <c r="Q767" s="262"/>
+      <c r="R767" s="21"/>
+    </row>
+    <row r="768" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A768" s="254"/>
+      <c r="B768" s="257"/>
+      <c r="C768" s="256"/>
+      <c r="D768" s="257"/>
+      <c r="E768" s="258"/>
+      <c r="F768" s="259"/>
+      <c r="G768" s="261"/>
+      <c r="H768" s="261"/>
+      <c r="I768" s="261"/>
+      <c r="J768" s="261"/>
+      <c r="K768" s="261"/>
+      <c r="L768" s="261"/>
+      <c r="M768" s="261"/>
+      <c r="N768" s="260"/>
+      <c r="O768" s="262"/>
+      <c r="P768" s="262"/>
+      <c r="Q768" s="262"/>
+      <c r="R768" s="21"/>
+    </row>
+    <row r="769" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A769" s="254"/>
+      <c r="B769" s="257"/>
+      <c r="C769" s="256"/>
+      <c r="D769" s="257"/>
+      <c r="E769" s="258"/>
+      <c r="F769" s="259"/>
+      <c r="G769" s="261"/>
+      <c r="H769" s="261"/>
+      <c r="I769" s="261"/>
+      <c r="J769" s="261"/>
+      <c r="K769" s="261"/>
+      <c r="L769" s="261"/>
+      <c r="M769" s="261"/>
+      <c r="N769" s="260"/>
+      <c r="O769" s="262"/>
+      <c r="P769" s="262"/>
+      <c r="Q769" s="262"/>
+      <c r="R769" s="21"/>
+    </row>
+    <row r="770" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A770" s="254"/>
+      <c r="B770" s="257"/>
+      <c r="C770" s="256"/>
+      <c r="D770" s="257"/>
+      <c r="E770" s="258"/>
+      <c r="F770" s="259"/>
+      <c r="G770" s="261"/>
+      <c r="H770" s="261"/>
+      <c r="I770" s="261"/>
+      <c r="J770" s="261"/>
+      <c r="K770" s="261"/>
+      <c r="L770" s="261"/>
+      <c r="M770" s="261"/>
+      <c r="N770" s="260"/>
+      <c r="O770" s="262"/>
+      <c r="P770" s="262"/>
+      <c r="Q770" s="262"/>
+      <c r="R770" s="21"/>
+    </row>
+    <row r="771" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A771" s="254"/>
+      <c r="B771" s="257"/>
+      <c r="C771" s="256"/>
+      <c r="D771" s="257"/>
+      <c r="E771" s="258"/>
+      <c r="F771" s="259"/>
+      <c r="G771" s="261"/>
+      <c r="H771" s="261"/>
+      <c r="I771" s="261"/>
+      <c r="J771" s="261"/>
+      <c r="K771" s="261"/>
+      <c r="L771" s="261"/>
+      <c r="M771" s="261"/>
+      <c r="N771" s="260"/>
+      <c r="O771" s="262"/>
+      <c r="P771" s="262"/>
+      <c r="Q771" s="262"/>
+      <c r="R771" s="21"/>
+    </row>
+    <row r="772" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A772" s="254"/>
+      <c r="B772" s="257"/>
+      <c r="C772" s="256"/>
+      <c r="D772" s="257"/>
+      <c r="E772" s="258"/>
+      <c r="F772" s="259"/>
+      <c r="G772" s="261"/>
+      <c r="H772" s="261"/>
+      <c r="I772" s="261"/>
+      <c r="J772" s="261"/>
+      <c r="K772" s="261"/>
+      <c r="L772" s="261"/>
+      <c r="M772" s="261"/>
+      <c r="N772" s="260"/>
+      <c r="O772" s="262"/>
+      <c r="P772" s="262"/>
+      <c r="Q772" s="262"/>
+      <c r="R772" s="21"/>
+    </row>
+    <row r="773" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A773" s="254"/>
+      <c r="B773" s="257"/>
+      <c r="C773" s="256"/>
+      <c r="D773" s="257"/>
+      <c r="E773" s="258"/>
+      <c r="F773" s="259"/>
+      <c r="G773" s="261"/>
+      <c r="H773" s="261"/>
+      <c r="I773" s="261"/>
+      <c r="J773" s="261"/>
+      <c r="K773" s="261"/>
+      <c r="L773" s="261"/>
+      <c r="M773" s="261"/>
+      <c r="N773" s="260"/>
+      <c r="O773" s="262"/>
+      <c r="P773" s="262"/>
+      <c r="Q773" s="262"/>
+      <c r="R773" s="21"/>
+    </row>
+    <row r="774" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A774" s="254"/>
+      <c r="B774" s="257"/>
+      <c r="C774" s="256"/>
+      <c r="D774" s="257"/>
+      <c r="E774" s="258"/>
+      <c r="F774" s="259"/>
+      <c r="G774" s="261"/>
+      <c r="H774" s="261"/>
+      <c r="I774" s="261"/>
+      <c r="J774" s="261"/>
+      <c r="K774" s="261"/>
+      <c r="L774" s="261"/>
+      <c r="M774" s="261"/>
+      <c r="N774" s="260"/>
+      <c r="O774" s="262"/>
+      <c r="P774" s="262"/>
+      <c r="Q774" s="262"/>
+      <c r="R774" s="21"/>
+    </row>
+    <row r="775" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A775" s="254"/>
+      <c r="B775" s="257"/>
+      <c r="C775" s="256"/>
+      <c r="D775" s="257"/>
+      <c r="E775" s="258"/>
+      <c r="F775" s="259"/>
+      <c r="G775" s="261"/>
+      <c r="H775" s="261"/>
+      <c r="I775" s="261"/>
+      <c r="J775" s="261"/>
+      <c r="K775" s="261"/>
+      <c r="L775" s="261"/>
+      <c r="M775" s="261"/>
+      <c r="N775" s="260"/>
+      <c r="O775" s="262"/>
+      <c r="P775" s="262"/>
+      <c r="Q775" s="262"/>
+      <c r="R775" s="21"/>
+    </row>
+    <row r="776" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A776" s="254"/>
+      <c r="B776" s="257"/>
+      <c r="C776" s="256"/>
+      <c r="D776" s="257"/>
+      <c r="E776" s="258"/>
+      <c r="F776" s="259"/>
+      <c r="G776" s="261"/>
+      <c r="H776" s="261"/>
+      <c r="I776" s="261"/>
+      <c r="J776" s="261"/>
+      <c r="K776" s="261"/>
+      <c r="L776" s="261"/>
+      <c r="M776" s="261"/>
+      <c r="N776" s="260"/>
+      <c r="O776" s="262"/>
+      <c r="P776" s="262"/>
+      <c r="Q776" s="262"/>
+      <c r="R776" s="21"/>
+    </row>
+    <row r="777" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A777" s="254"/>
+      <c r="B777" s="257"/>
+      <c r="C777" s="256"/>
+      <c r="D777" s="257"/>
+      <c r="E777" s="258"/>
+      <c r="F777" s="259"/>
+      <c r="G777" s="261"/>
+      <c r="H777" s="261"/>
+      <c r="I777" s="261"/>
+      <c r="J777" s="261"/>
+      <c r="K777" s="261"/>
+      <c r="L777" s="261"/>
+      <c r="M777" s="261"/>
+      <c r="N777" s="260"/>
+      <c r="O777" s="262"/>
+      <c r="P777" s="262"/>
+      <c r="Q777" s="262"/>
+      <c r="R777" s="21"/>
+    </row>
+    <row r="778" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A778" s="254"/>
+      <c r="B778" s="257"/>
+      <c r="C778" s="256"/>
+      <c r="D778" s="257"/>
+      <c r="E778" s="258"/>
+      <c r="F778" s="259"/>
+      <c r="G778" s="261"/>
+      <c r="H778" s="261"/>
+      <c r="I778" s="261"/>
+      <c r="J778" s="261"/>
+      <c r="K778" s="261"/>
+      <c r="L778" s="261"/>
+      <c r="M778" s="261"/>
+      <c r="N778" s="260"/>
+      <c r="O778" s="262"/>
+      <c r="P778" s="262"/>
+      <c r="Q778" s="262"/>
+      <c r="R778" s="21"/>
+    </row>
+    <row r="779" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A779" s="254"/>
+      <c r="B779" s="257"/>
+      <c r="C779" s="256"/>
+      <c r="D779" s="257"/>
+      <c r="E779" s="258"/>
+      <c r="F779" s="259"/>
+      <c r="G779" s="261"/>
+      <c r="H779" s="261"/>
+      <c r="I779" s="261"/>
+      <c r="J779" s="261"/>
+      <c r="K779" s="261"/>
+      <c r="L779" s="261"/>
+      <c r="M779" s="261"/>
+      <c r="N779" s="260"/>
+      <c r="O779" s="262"/>
+      <c r="P779" s="262"/>
+      <c r="Q779" s="262"/>
+      <c r="R779" s="21"/>
+    </row>
+    <row r="780" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A780" s="254"/>
+      <c r="B780" s="257"/>
+      <c r="C780" s="256"/>
+      <c r="D780" s="257"/>
+      <c r="E780" s="258"/>
+      <c r="F780" s="259"/>
+      <c r="G780" s="261"/>
+      <c r="H780" s="261"/>
+      <c r="I780" s="261"/>
+      <c r="J780" s="261"/>
+      <c r="K780" s="261"/>
+      <c r="L780" s="261"/>
+      <c r="M780" s="261"/>
+      <c r="N780" s="260"/>
+      <c r="O780" s="262"/>
+      <c r="P780" s="262"/>
+      <c r="Q780" s="262"/>
+      <c r="R780" s="21"/>
+    </row>
+    <row r="781" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A781" s="254"/>
+      <c r="B781" s="257"/>
+      <c r="C781" s="256"/>
+      <c r="D781" s="257"/>
+      <c r="E781" s="258"/>
+      <c r="F781" s="259"/>
+      <c r="G781" s="261"/>
+      <c r="H781" s="261"/>
+      <c r="I781" s="261"/>
+      <c r="J781" s="261"/>
+      <c r="K781" s="261"/>
+      <c r="L781" s="261"/>
+      <c r="M781" s="261"/>
+      <c r="N781" s="260"/>
+      <c r="O781" s="262"/>
+      <c r="P781" s="262"/>
+      <c r="Q781" s="262"/>
+      <c r="R781" s="21"/>
+    </row>
+    <row r="782" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A782" s="254"/>
+      <c r="B782" s="257"/>
+      <c r="C782" s="256"/>
+      <c r="D782" s="257"/>
+      <c r="E782" s="258"/>
+      <c r="F782" s="259"/>
+      <c r="G782" s="261"/>
+      <c r="H782" s="261"/>
+      <c r="I782" s="261"/>
+      <c r="J782" s="261"/>
+      <c r="K782" s="261"/>
+      <c r="L782" s="261"/>
+      <c r="M782" s="261"/>
+      <c r="N782" s="260"/>
+      <c r="O782" s="262"/>
+      <c r="P782" s="262"/>
+      <c r="Q782" s="262"/>
+      <c r="R782" s="21"/>
+    </row>
+    <row r="783" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A783" s="254"/>
+      <c r="B783" s="257"/>
+      <c r="C783" s="256"/>
+      <c r="D783" s="257"/>
+      <c r="E783" s="258"/>
+      <c r="F783" s="259"/>
+      <c r="G783" s="261"/>
+      <c r="H783" s="261"/>
+      <c r="I783" s="261"/>
+      <c r="J783" s="261"/>
+      <c r="K783" s="261"/>
+      <c r="L783" s="261"/>
+      <c r="M783" s="261"/>
+      <c r="N783" s="260"/>
+      <c r="O783" s="262"/>
+      <c r="P783" s="262"/>
+      <c r="Q783" s="262"/>
+      <c r="R783" s="21"/>
+    </row>
+    <row r="784" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A784" s="254"/>
+      <c r="B784" s="257"/>
+      <c r="C784" s="256"/>
+      <c r="D784" s="257"/>
+      <c r="E784" s="258"/>
+      <c r="F784" s="259"/>
+      <c r="G784" s="261"/>
+      <c r="H784" s="261"/>
+      <c r="I784" s="261"/>
+      <c r="J784" s="261"/>
+      <c r="K784" s="261"/>
+      <c r="L784" s="261"/>
+      <c r="M784" s="261"/>
+      <c r="N784" s="260"/>
+      <c r="O784" s="262"/>
+      <c r="P784" s="262"/>
+      <c r="Q784" s="262"/>
+      <c r="R784" s="21"/>
+    </row>
+    <row r="785" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A785" s="254"/>
+      <c r="B785" s="257"/>
+      <c r="C785" s="256"/>
+      <c r="D785" s="257"/>
+      <c r="E785" s="258"/>
+      <c r="F785" s="259"/>
+      <c r="G785" s="261"/>
+      <c r="H785" s="261"/>
+      <c r="I785" s="261"/>
+      <c r="J785" s="261"/>
+      <c r="K785" s="261"/>
+      <c r="L785" s="261"/>
+      <c r="M785" s="261"/>
+      <c r="N785" s="260"/>
+      <c r="O785" s="262"/>
+      <c r="P785" s="262"/>
+      <c r="Q785" s="262"/>
+      <c r="R785" s="21"/>
+    </row>
+    <row r="786" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A786" s="254"/>
+      <c r="B786" s="257"/>
+      <c r="C786" s="256"/>
+      <c r="D786" s="257"/>
+      <c r="E786" s="258"/>
+      <c r="F786" s="259"/>
+      <c r="G786" s="261"/>
+      <c r="H786" s="261"/>
+      <c r="I786" s="261"/>
+      <c r="J786" s="261"/>
+      <c r="K786" s="261"/>
+      <c r="L786" s="261"/>
+      <c r="M786" s="261"/>
+      <c r="N786" s="260"/>
+      <c r="O786" s="262"/>
+      <c r="P786" s="262"/>
+      <c r="Q786" s="262"/>
+      <c r="R786" s="21"/>
+    </row>
+    <row r="787" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A787" s="254"/>
+      <c r="B787" s="257"/>
+      <c r="C787" s="256"/>
+      <c r="D787" s="257"/>
+      <c r="E787" s="258"/>
+      <c r="F787" s="259"/>
+      <c r="G787" s="261"/>
+      <c r="H787" s="261"/>
+      <c r="I787" s="261"/>
+      <c r="J787" s="261"/>
+      <c r="K787" s="261"/>
+      <c r="L787" s="261"/>
+      <c r="M787" s="261"/>
+      <c r="N787" s="260"/>
+      <c r="O787" s="262"/>
+      <c r="P787" s="262"/>
+      <c r="Q787" s="262"/>
+      <c r="R787" s="21"/>
+    </row>
+    <row r="788" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A788" s="254"/>
+      <c r="B788" s="257"/>
+      <c r="C788" s="256"/>
+      <c r="D788" s="257"/>
+      <c r="E788" s="258"/>
+      <c r="F788" s="259"/>
+      <c r="G788" s="261"/>
+      <c r="H788" s="261"/>
+      <c r="I788" s="261"/>
+      <c r="J788" s="261"/>
+      <c r="K788" s="261"/>
+      <c r="L788" s="261"/>
+      <c r="M788" s="261"/>
+      <c r="N788" s="260"/>
+      <c r="O788" s="262"/>
+      <c r="P788" s="262"/>
+      <c r="Q788" s="262"/>
+      <c r="R788" s="21"/>
+    </row>
+    <row r="789" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A789" s="254"/>
+      <c r="B789" s="257"/>
+      <c r="C789" s="256"/>
+      <c r="D789" s="257"/>
+      <c r="E789" s="258"/>
+      <c r="F789" s="259"/>
+      <c r="G789" s="261"/>
+      <c r="H789" s="261"/>
+      <c r="I789" s="261"/>
+      <c r="J789" s="261"/>
+      <c r="K789" s="261"/>
+      <c r="L789" s="261"/>
+      <c r="M789" s="261"/>
+      <c r="N789" s="260"/>
+      <c r="O789" s="262"/>
+      <c r="P789" s="262"/>
+      <c r="Q789" s="262"/>
+      <c r="R789" s="21"/>
+    </row>
+    <row r="790" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A790" s="254"/>
+      <c r="B790" s="257"/>
+      <c r="C790" s="256"/>
+      <c r="D790" s="257"/>
+      <c r="E790" s="258"/>
+      <c r="F790" s="259"/>
+      <c r="G790" s="261"/>
+      <c r="H790" s="261"/>
+      <c r="I790" s="261"/>
+      <c r="J790" s="261"/>
+      <c r="K790" s="261"/>
+      <c r="L790" s="261"/>
+      <c r="M790" s="261"/>
+      <c r="N790" s="260"/>
+      <c r="O790" s="262"/>
+      <c r="P790" s="262"/>
+      <c r="Q790" s="262"/>
+      <c r="R790" s="21"/>
+    </row>
+    <row r="791" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A791" s="254"/>
+      <c r="B791" s="257"/>
+      <c r="C791" s="256"/>
+      <c r="D791" s="257"/>
+      <c r="E791" s="258"/>
+      <c r="F791" s="259"/>
+      <c r="G791" s="261"/>
+      <c r="H791" s="261"/>
+      <c r="I791" s="261"/>
+      <c r="J791" s="261"/>
+      <c r="K791" s="261"/>
+      <c r="L791" s="261"/>
+      <c r="M791" s="261"/>
+      <c r="N791" s="260"/>
+      <c r="O791" s="262"/>
+      <c r="P791" s="262"/>
+      <c r="Q791" s="262"/>
+      <c r="R791" s="21"/>
+    </row>
+    <row r="792" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A792" s="254"/>
+      <c r="B792" s="257"/>
+      <c r="C792" s="256"/>
+      <c r="D792" s="257"/>
+      <c r="E792" s="258"/>
+      <c r="F792" s="259"/>
+      <c r="G792" s="261"/>
+      <c r="H792" s="261"/>
+      <c r="I792" s="261"/>
+      <c r="J792" s="261"/>
+      <c r="K792" s="261"/>
+      <c r="L792" s="261"/>
+      <c r="M792" s="261"/>
+      <c r="N792" s="260"/>
+      <c r="O792" s="262"/>
+      <c r="P792" s="262"/>
+      <c r="Q792" s="262"/>
+      <c r="R792" s="21"/>
+    </row>
+    <row r="793" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A793" s="254"/>
+      <c r="B793" s="257"/>
+      <c r="C793" s="256"/>
+      <c r="D793" s="257"/>
+      <c r="E793" s="258"/>
+      <c r="F793" s="259"/>
+      <c r="G793" s="261"/>
+      <c r="H793" s="261"/>
+      <c r="I793" s="261"/>
+      <c r="J793" s="261"/>
+      <c r="K793" s="261"/>
+      <c r="L793" s="261"/>
+      <c r="M793" s="261"/>
+      <c r="N793" s="260"/>
+      <c r="O793" s="262"/>
+      <c r="P793" s="262"/>
+      <c r="Q793" s="262"/>
+      <c r="R793" s="21"/>
+    </row>
+    <row r="794" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A794" s="254"/>
+      <c r="B794" s="257"/>
+      <c r="C794" s="256"/>
+      <c r="D794" s="257"/>
+      <c r="E794" s="258"/>
+      <c r="F794" s="259"/>
+      <c r="G794" s="261"/>
+      <c r="H794" s="261"/>
+      <c r="I794" s="261"/>
+      <c r="J794" s="261"/>
+      <c r="K794" s="261"/>
+      <c r="L794" s="261"/>
+      <c r="M794" s="261"/>
+      <c r="N794" s="260"/>
+      <c r="O794" s="262"/>
+      <c r="P794" s="262"/>
+      <c r="Q794" s="262"/>
+      <c r="R794" s="21"/>
+    </row>
+    <row r="795" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A795" s="254"/>
+      <c r="B795" s="257"/>
+      <c r="C795" s="256"/>
+      <c r="D795" s="257"/>
+      <c r="E795" s="258"/>
+      <c r="F795" s="259"/>
+      <c r="G795" s="261"/>
+      <c r="H795" s="261"/>
+      <c r="I795" s="261"/>
+      <c r="J795" s="261"/>
+      <c r="K795" s="261"/>
+      <c r="L795" s="261"/>
+      <c r="M795" s="261"/>
+      <c r="N795" s="260"/>
+      <c r="O795" s="262"/>
+      <c r="P795" s="262"/>
+      <c r="Q795" s="262"/>
+      <c r="R795" s="21"/>
+    </row>
+    <row r="796" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A796" s="254"/>
+      <c r="B796" s="257"/>
+      <c r="C796" s="256"/>
+      <c r="D796" s="257"/>
+      <c r="E796" s="258"/>
+      <c r="F796" s="259"/>
+      <c r="G796" s="261"/>
+      <c r="H796" s="261"/>
+      <c r="I796" s="261"/>
+      <c r="J796" s="261"/>
+      <c r="K796" s="261"/>
+      <c r="L796" s="261"/>
+      <c r="M796" s="261"/>
+      <c r="N796" s="260"/>
+      <c r="O796" s="262"/>
+      <c r="P796" s="262"/>
+      <c r="Q796" s="262"/>
+      <c r="R796" s="21"/>
+    </row>
+    <row r="797" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A797" s="254"/>
+      <c r="B797" s="257"/>
+      <c r="C797" s="256"/>
+      <c r="D797" s="257"/>
+      <c r="E797" s="258"/>
+      <c r="F797" s="259"/>
+      <c r="G797" s="261"/>
+      <c r="H797" s="261"/>
+      <c r="I797" s="261"/>
+      <c r="J797" s="261"/>
+      <c r="K797" s="261"/>
+      <c r="L797" s="261"/>
+      <c r="M797" s="261"/>
+      <c r="N797" s="260"/>
+      <c r="O797" s="262"/>
+      <c r="P797" s="262"/>
+      <c r="Q797" s="262"/>
+      <c r="R797" s="21"/>
+    </row>
+    <row r="798" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A798" s="254"/>
+      <c r="B798" s="257"/>
+      <c r="C798" s="256"/>
+      <c r="D798" s="257"/>
+      <c r="E798" s="258"/>
+      <c r="F798" s="259"/>
+      <c r="G798" s="261"/>
+      <c r="H798" s="261"/>
+      <c r="I798" s="261"/>
+      <c r="J798" s="261"/>
+      <c r="K798" s="261"/>
+      <c r="L798" s="261"/>
+      <c r="M798" s="261"/>
+      <c r="N798" s="260"/>
+      <c r="O798" s="262"/>
+      <c r="P798" s="262"/>
+      <c r="Q798" s="262"/>
+      <c r="R798" s="21"/>
+    </row>
+    <row r="799" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A799" s="254"/>
+      <c r="B799" s="257"/>
+      <c r="C799" s="256"/>
+      <c r="D799" s="257"/>
+      <c r="E799" s="258"/>
+      <c r="F799" s="259"/>
+      <c r="G799" s="261"/>
+      <c r="H799" s="261"/>
+      <c r="I799" s="261"/>
+      <c r="J799" s="261"/>
+      <c r="K799" s="261"/>
+      <c r="L799" s="261"/>
+      <c r="M799" s="261"/>
+      <c r="N799" s="260"/>
+      <c r="O799" s="262"/>
+      <c r="P799" s="262"/>
+      <c r="Q799" s="262"/>
+      <c r="R799" s="21"/>
+    </row>
+    <row r="800" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A800" s="254"/>
+      <c r="B800" s="257"/>
+      <c r="C800" s="256"/>
+      <c r="D800" s="257"/>
+      <c r="E800" s="258"/>
+      <c r="F800" s="259"/>
+      <c r="G800" s="261"/>
+      <c r="H800" s="261"/>
+      <c r="I800" s="261"/>
+      <c r="J800" s="261"/>
+      <c r="K800" s="261"/>
+      <c r="L800" s="261"/>
+      <c r="M800" s="261"/>
+      <c r="N800" s="260"/>
+      <c r="O800" s="262"/>
+      <c r="P800" s="262"/>
+      <c r="Q800" s="262"/>
+      <c r="R800" s="21"/>
+    </row>
+    <row r="801" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A801" s="254"/>
+      <c r="B801" s="257"/>
+      <c r="C801" s="256"/>
+      <c r="D801" s="257"/>
+      <c r="E801" s="258"/>
+      <c r="F801" s="259"/>
+      <c r="G801" s="261"/>
+      <c r="H801" s="261"/>
+      <c r="I801" s="261"/>
+      <c r="J801" s="261"/>
+      <c r="K801" s="261"/>
+      <c r="L801" s="261"/>
+      <c r="M801" s="261"/>
+      <c r="N801" s="260"/>
+      <c r="O801" s="262"/>
+      <c r="P801" s="262"/>
+      <c r="Q801" s="262"/>
+      <c r="R801" s="21"/>
+    </row>
+    <row r="802" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A802" s="254"/>
+      <c r="B802" s="257"/>
+      <c r="C802" s="256"/>
+      <c r="D802" s="257"/>
+      <c r="E802" s="258"/>
+      <c r="F802" s="259"/>
+      <c r="G802" s="261"/>
+      <c r="H802" s="261"/>
+      <c r="I802" s="261"/>
+      <c r="J802" s="261"/>
+      <c r="K802" s="261"/>
+      <c r="L802" s="261"/>
+      <c r="M802" s="261"/>
+      <c r="N802" s="260"/>
+      <c r="O802" s="262"/>
+      <c r="P802" s="262"/>
+      <c r="Q802" s="262"/>
+      <c r="R802" s="21"/>
+    </row>
+    <row r="803" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A803" s="254"/>
+      <c r="B803" s="257"/>
+      <c r="C803" s="256"/>
+      <c r="D803" s="257"/>
+      <c r="E803" s="258"/>
+      <c r="F803" s="259"/>
+      <c r="G803" s="261"/>
+      <c r="H803" s="261"/>
+      <c r="I803" s="261"/>
+      <c r="J803" s="261"/>
+      <c r="K803" s="261"/>
+      <c r="L803" s="261"/>
+      <c r="M803" s="261"/>
+      <c r="N803" s="260"/>
+      <c r="O803" s="262"/>
+      <c r="P803" s="262"/>
+      <c r="Q803" s="262"/>
+      <c r="R803" s="21"/>
+    </row>
+    <row r="804" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A804" s="254"/>
+      <c r="B804" s="257"/>
+      <c r="C804" s="256"/>
+      <c r="D804" s="257"/>
+      <c r="E804" s="258"/>
+      <c r="F804" s="259"/>
+      <c r="G804" s="261"/>
+      <c r="H804" s="261"/>
+      <c r="I804" s="261"/>
+      <c r="J804" s="261"/>
+      <c r="K804" s="261"/>
+      <c r="L804" s="261"/>
+      <c r="M804" s="261"/>
+      <c r="N804" s="260"/>
+      <c r="O804" s="262"/>
+      <c r="P804" s="262"/>
+      <c r="Q804" s="262"/>
+      <c r="R804" s="21"/>
+    </row>
+    <row r="805" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A805" s="254"/>
+      <c r="B805" s="257"/>
+      <c r="C805" s="256"/>
+      <c r="D805" s="257"/>
+      <c r="E805" s="258"/>
+      <c r="F805" s="259"/>
+      <c r="G805" s="261"/>
+      <c r="H805" s="261"/>
+      <c r="I805" s="261"/>
+      <c r="J805" s="261"/>
+      <c r="K805" s="261"/>
+      <c r="L805" s="261"/>
+      <c r="M805" s="261"/>
+      <c r="N805" s="260"/>
+      <c r="O805" s="262"/>
+      <c r="P805" s="262"/>
+      <c r="Q805" s="262"/>
+      <c r="R805" s="21"/>
+    </row>
+    <row r="806" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A806" s="254"/>
+      <c r="B806" s="257"/>
+      <c r="C806" s="256"/>
+      <c r="D806" s="257"/>
+      <c r="E806" s="258"/>
+      <c r="F806" s="259"/>
+      <c r="G806" s="261"/>
+      <c r="H806" s="261"/>
+      <c r="I806" s="261"/>
+      <c r="J806" s="261"/>
+      <c r="K806" s="261"/>
+      <c r="L806" s="261"/>
+      <c r="M806" s="261"/>
+      <c r="N806" s="260"/>
+      <c r="O806" s="262"/>
+      <c r="P806" s="262"/>
+      <c r="Q806" s="262"/>
+      <c r="R806" s="21"/>
+    </row>
+    <row r="807" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A807" s="254"/>
+      <c r="B807" s="257"/>
+      <c r="C807" s="256"/>
+      <c r="D807" s="257"/>
+      <c r="E807" s="258"/>
+      <c r="F807" s="259"/>
+      <c r="G807" s="261"/>
+      <c r="H807" s="261"/>
+      <c r="I807" s="261"/>
+      <c r="J807" s="261"/>
+      <c r="K807" s="261"/>
+      <c r="L807" s="261"/>
+      <c r="M807" s="261"/>
+      <c r="N807" s="260"/>
+      <c r="O807" s="262"/>
+      <c r="P807" s="262"/>
+      <c r="Q807" s="262"/>
+      <c r="R807" s="21"/>
+    </row>
+    <row r="808" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A808" s="254"/>
+      <c r="B808" s="257"/>
+      <c r="C808" s="256"/>
+      <c r="D808" s="257"/>
+      <c r="E808" s="258"/>
+      <c r="F808" s="259"/>
+      <c r="G808" s="261"/>
+      <c r="H808" s="261"/>
+      <c r="I808" s="261"/>
+      <c r="J808" s="261"/>
+      <c r="K808" s="261"/>
+      <c r="L808" s="261"/>
+      <c r="M808" s="261"/>
+      <c r="N808" s="260"/>
+      <c r="O808" s="262"/>
+      <c r="P808" s="262"/>
+      <c r="Q808" s="262"/>
+      <c r="R808" s="21"/>
+    </row>
+    <row r="809" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A809" s="254"/>
+      <c r="B809" s="257"/>
+      <c r="C809" s="256"/>
+      <c r="D809" s="257"/>
+      <c r="E809" s="258"/>
+      <c r="F809" s="259"/>
+      <c r="G809" s="261"/>
+      <c r="H809" s="261"/>
+      <c r="I809" s="261"/>
+      <c r="J809" s="261"/>
+      <c r="K809" s="261"/>
+      <c r="L809" s="261"/>
+      <c r="M809" s="261"/>
+      <c r="N809" s="260"/>
+      <c r="O809" s="262"/>
+      <c r="P809" s="262"/>
+      <c r="Q809" s="262"/>
+      <c r="R809" s="21"/>
+    </row>
+    <row r="810" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A810" s="254"/>
+      <c r="B810" s="257"/>
+      <c r="C810" s="256"/>
+      <c r="D810" s="257"/>
+      <c r="E810" s="258"/>
+      <c r="F810" s="259"/>
+      <c r="G810" s="261"/>
+      <c r="H810" s="261"/>
+      <c r="I810" s="261"/>
+      <c r="J810" s="261"/>
+      <c r="K810" s="261"/>
+      <c r="L810" s="261"/>
+      <c r="M810" s="261"/>
+      <c r="N810" s="260"/>
+      <c r="O810" s="262"/>
+      <c r="P810" s="262"/>
+      <c r="Q810" s="262"/>
+      <c r="R810" s="21"/>
+    </row>
+    <row r="811" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A811" s="254"/>
+      <c r="B811" s="257"/>
+      <c r="C811" s="256"/>
+      <c r="D811" s="257"/>
+      <c r="E811" s="258"/>
+      <c r="F811" s="259"/>
+      <c r="G811" s="261"/>
+      <c r="H811" s="261"/>
+      <c r="I811" s="261"/>
+      <c r="J811" s="261"/>
+      <c r="K811" s="261"/>
+      <c r="L811" s="261"/>
+      <c r="M811" s="261"/>
+      <c r="N811" s="260"/>
+      <c r="O811" s="262"/>
+      <c r="P811" s="262"/>
+      <c r="Q811" s="262"/>
+      <c r="R811" s="21"/>
+    </row>
+    <row r="812" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A812" s="254"/>
+      <c r="B812" s="257"/>
+      <c r="C812" s="256"/>
+      <c r="D812" s="257"/>
+      <c r="E812" s="258"/>
+      <c r="F812" s="259"/>
+      <c r="G812" s="261"/>
+      <c r="H812" s="261"/>
+      <c r="I812" s="261"/>
+      <c r="J812" s="261"/>
+      <c r="K812" s="261"/>
+      <c r="L812" s="261"/>
+      <c r="M812" s="261"/>
+      <c r="N812" s="260"/>
+      <c r="O812" s="262"/>
+      <c r="P812" s="262"/>
+      <c r="Q812" s="262"/>
+      <c r="R812" s="21"/>
+    </row>
+    <row r="813" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A813" s="254"/>
+      <c r="B813" s="257"/>
+      <c r="C813" s="256"/>
+      <c r="D813" s="257"/>
+      <c r="E813" s="258"/>
+      <c r="F813" s="259"/>
+      <c r="G813" s="261"/>
+      <c r="H813" s="261"/>
+      <c r="I813" s="261"/>
+      <c r="J813" s="261"/>
+      <c r="K813" s="261"/>
+      <c r="L813" s="261"/>
+      <c r="M813" s="261"/>
+      <c r="N813" s="260"/>
+      <c r="O813" s="262"/>
+      <c r="P813" s="262"/>
+      <c r="Q813" s="262"/>
+      <c r="R813" s="21"/>
+    </row>
+    <row r="814" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A814" s="254"/>
+      <c r="B814" s="257"/>
+      <c r="C814" s="256"/>
+      <c r="D814" s="257"/>
+      <c r="E814" s="258"/>
+      <c r="F814" s="259"/>
+      <c r="G814" s="261"/>
+      <c r="H814" s="261"/>
+      <c r="I814" s="261"/>
+      <c r="J814" s="261"/>
+      <c r="K814" s="261"/>
+      <c r="L814" s="261"/>
+      <c r="M814" s="261"/>
+      <c r="N814" s="260"/>
+      <c r="O814" s="262"/>
+      <c r="P814" s="262"/>
+      <c r="Q814" s="262"/>
+      <c r="R814" s="21"/>
+    </row>
+    <row r="815" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A815" s="254"/>
+      <c r="B815" s="257"/>
+      <c r="C815" s="256"/>
+      <c r="D815" s="257"/>
+      <c r="E815" s="258"/>
+      <c r="F815" s="259"/>
+      <c r="G815" s="261"/>
+      <c r="H815" s="261"/>
+      <c r="I815" s="261"/>
+      <c r="J815" s="261"/>
+      <c r="K815" s="261"/>
+      <c r="L815" s="261"/>
+      <c r="M815" s="261"/>
+      <c r="N815" s="260"/>
+      <c r="O815" s="262"/>
+      <c r="P815" s="262"/>
+      <c r="Q815" s="262"/>
+      <c r="R815" s="21"/>
+    </row>
+    <row r="816" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A816" s="254"/>
+      <c r="B816" s="257"/>
+      <c r="C816" s="256"/>
+      <c r="D816" s="257"/>
+      <c r="E816" s="258"/>
+      <c r="F816" s="259"/>
+      <c r="G816" s="261"/>
+      <c r="H816" s="261"/>
+      <c r="I816" s="261"/>
+      <c r="J816" s="261"/>
+      <c r="K816" s="261"/>
+      <c r="L816" s="261"/>
+      <c r="M816" s="261"/>
+      <c r="N816" s="260"/>
+      <c r="O816" s="262"/>
+      <c r="P816" s="262"/>
+      <c r="Q816" s="262"/>
+      <c r="R816" s="21"/>
+    </row>
+    <row r="817" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A817" s="254"/>
+      <c r="B817" s="257"/>
+      <c r="C817" s="256"/>
+      <c r="D817" s="257"/>
+      <c r="E817" s="258"/>
+      <c r="F817" s="259"/>
+      <c r="G817" s="261"/>
+      <c r="H817" s="261"/>
+      <c r="I817" s="261"/>
+      <c r="J817" s="261"/>
+      <c r="K817" s="261"/>
+      <c r="L817" s="261"/>
+      <c r="M817" s="261"/>
+      <c r="N817" s="260"/>
+      <c r="O817" s="262"/>
+      <c r="P817" s="262"/>
+      <c r="Q817" s="262"/>
+      <c r="R817" s="21"/>
+    </row>
+    <row r="818" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A818" s="254"/>
+      <c r="B818" s="257"/>
+      <c r="C818" s="256"/>
+      <c r="D818" s="257"/>
+      <c r="E818" s="258"/>
+      <c r="F818" s="259"/>
+      <c r="G818" s="261"/>
+      <c r="H818" s="261"/>
+      <c r="I818" s="261"/>
+      <c r="J818" s="261"/>
+      <c r="K818" s="261"/>
+      <c r="L818" s="261"/>
+      <c r="M818" s="261"/>
+      <c r="N818" s="260"/>
+      <c r="O818" s="262"/>
+      <c r="P818" s="262"/>
+      <c r="Q818" s="262"/>
+      <c r="R818" s="21"/>
+    </row>
+    <row r="819" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A819" s="254"/>
+      <c r="B819" s="257"/>
+      <c r="C819" s="256"/>
+      <c r="D819" s="257"/>
+      <c r="E819" s="258"/>
+      <c r="F819" s="259"/>
+      <c r="G819" s="261"/>
+      <c r="H819" s="261"/>
+      <c r="I819" s="261"/>
+      <c r="J819" s="261"/>
+      <c r="K819" s="261"/>
+      <c r="L819" s="261"/>
+      <c r="M819" s="261"/>
+      <c r="N819" s="260"/>
+      <c r="O819" s="262"/>
+      <c r="P819" s="262"/>
+      <c r="Q819" s="262"/>
+      <c r="R819" s="21"/>
+    </row>
+    <row r="820" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A820" s="254"/>
+      <c r="B820" s="257"/>
+      <c r="C820" s="256"/>
+      <c r="D820" s="257"/>
+      <c r="E820" s="258"/>
+      <c r="F820" s="259"/>
+      <c r="G820" s="261"/>
+      <c r="H820" s="261"/>
+      <c r="I820" s="261"/>
+      <c r="J820" s="261"/>
+      <c r="K820" s="261"/>
+      <c r="L820" s="261"/>
+      <c r="M820" s="261"/>
+      <c r="N820" s="260"/>
+      <c r="O820" s="262"/>
+      <c r="P820" s="262"/>
+      <c r="Q820" s="262"/>
+      <c r="R820" s="21"/>
+    </row>
+    <row r="821" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A821" s="254"/>
+      <c r="B821" s="257"/>
+      <c r="C821" s="256"/>
+      <c r="D821" s="257"/>
+      <c r="E821" s="258"/>
+      <c r="F821" s="259"/>
+      <c r="G821" s="261"/>
+      <c r="H821" s="261"/>
+      <c r="I821" s="261"/>
+      <c r="J821" s="261"/>
+      <c r="K821" s="261"/>
+      <c r="L821" s="261"/>
+      <c r="M821" s="261"/>
+      <c r="N821" s="260"/>
+      <c r="O821" s="262"/>
+      <c r="P821" s="262"/>
+      <c r="Q821" s="262"/>
+      <c r="R821" s="21"/>
+    </row>
+    <row r="822" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A822" s="254"/>
+      <c r="B822" s="257"/>
+      <c r="C822" s="256"/>
+      <c r="D822" s="257"/>
+      <c r="E822" s="258"/>
+      <c r="F822" s="259"/>
+      <c r="G822" s="261"/>
+      <c r="H822" s="261"/>
+      <c r="I822" s="261"/>
+      <c r="J822" s="261"/>
+      <c r="K822" s="261"/>
+      <c r="L822" s="261"/>
+      <c r="M822" s="261"/>
+      <c r="N822" s="260"/>
+      <c r="O822" s="262"/>
+      <c r="P822" s="262"/>
+      <c r="Q822" s="262"/>
+      <c r="R822" s="21"/>
+    </row>
+    <row r="823" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A823" s="254"/>
+      <c r="B823" s="257"/>
+      <c r="C823" s="256"/>
+      <c r="D823" s="257"/>
+      <c r="E823" s="258"/>
+      <c r="F823" s="259"/>
+      <c r="G823" s="261"/>
+      <c r="H823" s="261"/>
+      <c r="I823" s="261"/>
+      <c r="J823" s="261"/>
+      <c r="K823" s="261"/>
+      <c r="L823" s="261"/>
+      <c r="M823" s="261"/>
+      <c r="N823" s="260"/>
+      <c r="O823" s="262"/>
+      <c r="P823" s="262"/>
+      <c r="Q823" s="262"/>
+      <c r="R823" s="21"/>
+    </row>
+    <row r="824" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A824" s="254"/>
+      <c r="B824" s="257"/>
+      <c r="C824" s="256"/>
+      <c r="D824" s="257"/>
+      <c r="E824" s="258"/>
+      <c r="F824" s="259"/>
+      <c r="G824" s="261"/>
+      <c r="H824" s="261"/>
+      <c r="I824" s="261"/>
+      <c r="J824" s="261"/>
+      <c r="K824" s="261"/>
+      <c r="L824" s="261"/>
+      <c r="M824" s="261"/>
+      <c r="N824" s="260"/>
+      <c r="O824" s="262"/>
+      <c r="P824" s="262"/>
+      <c r="Q824" s="262"/>
+      <c r="R824" s="21"/>
+    </row>
+    <row r="825" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A825" s="254"/>
+      <c r="B825" s="257"/>
+      <c r="C825" s="256"/>
+      <c r="D825" s="257"/>
+      <c r="E825" s="258"/>
+      <c r="F825" s="259"/>
+      <c r="G825" s="261"/>
+      <c r="H825" s="261"/>
+      <c r="I825" s="261"/>
+      <c r="J825" s="261"/>
+      <c r="K825" s="261"/>
+      <c r="L825" s="261"/>
+      <c r="M825" s="261"/>
+      <c r="N825" s="260"/>
+      <c r="O825" s="262"/>
+      <c r="P825" s="262"/>
+      <c r="Q825" s="262"/>
+      <c r="R825" s="21"/>
+    </row>
+    <row r="826" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A826" s="254"/>
+      <c r="B826" s="257"/>
+      <c r="C826" s="256"/>
+      <c r="D826" s="257"/>
+      <c r="E826" s="258"/>
+      <c r="F826" s="259"/>
+      <c r="G826" s="261"/>
+      <c r="H826" s="261"/>
+      <c r="I826" s="261"/>
+      <c r="J826" s="261"/>
+      <c r="K826" s="261"/>
+      <c r="L826" s="261"/>
+      <c r="M826" s="261"/>
+      <c r="N826" s="260"/>
+      <c r="O826" s="262"/>
+      <c r="P826" s="262"/>
+      <c r="Q826" s="262"/>
+      <c r="R826" s="21"/>
+    </row>
+    <row r="827" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A827" s="254"/>
+      <c r="B827" s="257"/>
+      <c r="C827" s="256"/>
+      <c r="D827" s="257"/>
+      <c r="E827" s="258"/>
+      <c r="F827" s="259"/>
+      <c r="G827" s="261"/>
+      <c r="H827" s="261"/>
+      <c r="I827" s="261"/>
+      <c r="J827" s="261"/>
+      <c r="K827" s="261"/>
+      <c r="L827" s="261"/>
+      <c r="M827" s="261"/>
+      <c r="N827" s="260"/>
+      <c r="O827" s="262"/>
+      <c r="P827" s="262"/>
+      <c r="Q827" s="262"/>
+      <c r="R827" s="21"/>
+    </row>
+    <row r="828" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A828" s="254"/>
+      <c r="B828" s="257"/>
+      <c r="C828" s="256"/>
+      <c r="D828" s="257"/>
+      <c r="E828" s="258"/>
+      <c r="F828" s="259"/>
+      <c r="G828" s="261"/>
+      <c r="H828" s="261"/>
+      <c r="I828" s="261"/>
+      <c r="J828" s="261"/>
+      <c r="K828" s="261"/>
+      <c r="L828" s="261"/>
+      <c r="M828" s="261"/>
+      <c r="N828" s="260"/>
+      <c r="O828" s="262"/>
+      <c r="P828" s="262"/>
+      <c r="Q828" s="262"/>
+      <c r="R828" s="21"/>
+    </row>
+    <row r="829" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A829" s="254"/>
+      <c r="B829" s="257"/>
+      <c r="C829" s="256"/>
+      <c r="D829" s="257"/>
+      <c r="E829" s="258"/>
+      <c r="F829" s="259"/>
+      <c r="G829" s="261"/>
+      <c r="H829" s="261"/>
+      <c r="I829" s="261"/>
+      <c r="J829" s="261"/>
+      <c r="K829" s="261"/>
+      <c r="L829" s="261"/>
+      <c r="M829" s="261"/>
+      <c r="N829" s="260"/>
+      <c r="O829" s="262"/>
+      <c r="P829" s="262"/>
+      <c r="Q829" s="262"/>
+      <c r="R829" s="21"/>
+    </row>
+    <row r="830" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A830" s="254"/>
+      <c r="B830" s="257"/>
+      <c r="C830" s="256"/>
+      <c r="D830" s="257"/>
+      <c r="E830" s="258"/>
+      <c r="F830" s="259"/>
+      <c r="G830" s="261"/>
+      <c r="H830" s="261"/>
+      <c r="I830" s="261"/>
+      <c r="J830" s="261"/>
+      <c r="K830" s="261"/>
+      <c r="L830" s="261"/>
+      <c r="M830" s="261"/>
+      <c r="N830" s="260"/>
+      <c r="O830" s="262"/>
+      <c r="P830" s="262"/>
+      <c r="Q830" s="262"/>
+      <c r="R830" s="21"/>
+    </row>
+    <row r="831" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A831" s="254"/>
+      <c r="B831" s="257"/>
+      <c r="C831" s="256"/>
+      <c r="D831" s="257"/>
+      <c r="E831" s="258"/>
+      <c r="F831" s="259"/>
+      <c r="G831" s="261"/>
+      <c r="H831" s="261"/>
+      <c r="I831" s="261"/>
+      <c r="J831" s="261"/>
+      <c r="K831" s="261"/>
+      <c r="L831" s="261"/>
+      <c r="M831" s="261"/>
+      <c r="N831" s="260"/>
+      <c r="O831" s="262"/>
+      <c r="P831" s="262"/>
+      <c r="Q831" s="262"/>
+      <c r="R831" s="21"/>
+    </row>
+    <row r="832" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A832" s="254"/>
+      <c r="B832" s="257"/>
+      <c r="C832" s="256"/>
+      <c r="D832" s="257"/>
+      <c r="E832" s="258"/>
+      <c r="F832" s="259"/>
+      <c r="G832" s="261"/>
+      <c r="H832" s="261"/>
+      <c r="I832" s="261"/>
+      <c r="J832" s="261"/>
+      <c r="K832" s="261"/>
+      <c r="L832" s="261"/>
+      <c r="M832" s="261"/>
+      <c r="N832" s="260"/>
+      <c r="O832" s="262"/>
+      <c r="P832" s="262"/>
+      <c r="Q832" s="262"/>
+      <c r="R832" s="21"/>
+    </row>
+    <row r="833" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A833" s="254"/>
+      <c r="B833" s="257"/>
+      <c r="C833" s="256"/>
+      <c r="D833" s="257"/>
+      <c r="E833" s="258"/>
+      <c r="F833" s="259"/>
+      <c r="G833" s="261"/>
+      <c r="H833" s="261"/>
+      <c r="I833" s="261"/>
+      <c r="J833" s="261"/>
+      <c r="K833" s="261"/>
+      <c r="L833" s="261"/>
+      <c r="M833" s="261"/>
+      <c r="N833" s="260"/>
+      <c r="O833" s="262"/>
+      <c r="P833" s="262"/>
+      <c r="Q833" s="262"/>
+      <c r="R833" s="21"/>
+    </row>
+    <row r="834" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A834" s="254"/>
+      <c r="B834" s="257"/>
+      <c r="C834" s="256"/>
+      <c r="D834" s="257"/>
+      <c r="E834" s="258"/>
+      <c r="F834" s="259"/>
+      <c r="G834" s="261"/>
+      <c r="H834" s="261"/>
+      <c r="I834" s="261"/>
+      <c r="J834" s="261"/>
+      <c r="K834" s="261"/>
+      <c r="L834" s="261"/>
+      <c r="M834" s="261"/>
+      <c r="N834" s="260"/>
+      <c r="O834" s="262"/>
+      <c r="P834" s="262"/>
+      <c r="Q834" s="262"/>
+      <c r="R834" s="21"/>
+    </row>
+    <row r="835" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A835" s="254"/>
+      <c r="B835" s="257"/>
+      <c r="C835" s="256"/>
+      <c r="D835" s="257"/>
+      <c r="E835" s="258"/>
+      <c r="F835" s="259"/>
+      <c r="G835" s="261"/>
+      <c r="H835" s="261"/>
+      <c r="I835" s="261"/>
+      <c r="J835" s="261"/>
+      <c r="K835" s="261"/>
+      <c r="L835" s="261"/>
+      <c r="M835" s="261"/>
+      <c r="N835" s="260"/>
+      <c r="O835" s="262"/>
+      <c r="P835" s="262"/>
+      <c r="Q835" s="262"/>
+      <c r="R835" s="21"/>
+    </row>
+    <row r="836" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A836" s="254"/>
+      <c r="B836" s="257"/>
+      <c r="C836" s="256"/>
+      <c r="D836" s="257"/>
+      <c r="E836" s="258"/>
+      <c r="F836" s="259"/>
+      <c r="G836" s="261"/>
+      <c r="H836" s="261"/>
+      <c r="I836" s="261"/>
+      <c r="J836" s="261"/>
+      <c r="K836" s="261"/>
+      <c r="L836" s="261"/>
+      <c r="M836" s="261"/>
+      <c r="N836" s="260"/>
+      <c r="O836" s="262"/>
+      <c r="P836" s="262"/>
+      <c r="Q836" s="262"/>
+      <c r="R836" s="21"/>
+    </row>
+    <row r="837" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A837" s="254"/>
+      <c r="B837" s="257"/>
+      <c r="C837" s="256"/>
+      <c r="D837" s="257"/>
+      <c r="E837" s="258"/>
+      <c r="F837" s="259"/>
+      <c r="G837" s="261"/>
+      <c r="H837" s="261"/>
+      <c r="I837" s="261"/>
+      <c r="J837" s="261"/>
+      <c r="K837" s="261"/>
+      <c r="L837" s="261"/>
+      <c r="M837" s="261"/>
+      <c r="N837" s="260"/>
+      <c r="O837" s="262"/>
+      <c r="P837" s="262"/>
+      <c r="Q837" s="262"/>
+      <c r="R837" s="21"/>
+    </row>
+    <row r="838" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A838" s="254"/>
+      <c r="B838" s="257"/>
+      <c r="C838" s="256"/>
+      <c r="D838" s="257"/>
+      <c r="E838" s="258"/>
+      <c r="F838" s="259"/>
+      <c r="G838" s="261"/>
+      <c r="H838" s="261"/>
+      <c r="I838" s="261"/>
+      <c r="J838" s="261"/>
+      <c r="K838" s="261"/>
+      <c r="L838" s="261"/>
+      <c r="M838" s="261"/>
+      <c r="N838" s="260"/>
+      <c r="O838" s="262"/>
+      <c r="P838" s="262"/>
+      <c r="Q838" s="262"/>
+      <c r="R838" s="21"/>
+    </row>
+    <row r="839" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A839" s="254"/>
+      <c r="B839" s="257"/>
+      <c r="C839" s="256"/>
+      <c r="D839" s="257"/>
+      <c r="E839" s="258"/>
+      <c r="F839" s="259"/>
+      <c r="G839" s="261"/>
+      <c r="H839" s="261"/>
+      <c r="I839" s="261"/>
+      <c r="J839" s="261"/>
+      <c r="K839" s="261"/>
+      <c r="L839" s="261"/>
+      <c r="M839" s="261"/>
+      <c r="N839" s="260"/>
+      <c r="O839" s="262"/>
+      <c r="P839" s="262"/>
+      <c r="Q839" s="262"/>
+      <c r="R839" s="21"/>
+    </row>
+    <row r="840" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A840" s="254"/>
+      <c r="B840" s="257"/>
+      <c r="C840" s="256"/>
+      <c r="D840" s="257"/>
+      <c r="E840" s="258"/>
+      <c r="F840" s="259"/>
+      <c r="G840" s="261"/>
+      <c r="H840" s="261"/>
+      <c r="I840" s="261"/>
+      <c r="J840" s="261"/>
+      <c r="K840" s="261"/>
+      <c r="L840" s="261"/>
+      <c r="M840" s="261"/>
+      <c r="N840" s="260"/>
+      <c r="O840" s="262"/>
+      <c r="P840" s="262"/>
+      <c r="Q840" s="262"/>
+      <c r="R840" s="21"/>
+    </row>
+    <row r="841" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A841" s="254"/>
+      <c r="B841" s="257"/>
+      <c r="C841" s="256"/>
+      <c r="D841" s="257"/>
+      <c r="E841" s="258"/>
+      <c r="F841" s="259"/>
+      <c r="G841" s="261"/>
+      <c r="H841" s="261"/>
+      <c r="I841" s="261"/>
+      <c r="J841" s="261"/>
+      <c r="K841" s="261"/>
+      <c r="L841" s="261"/>
+      <c r="M841" s="261"/>
+      <c r="N841" s="260"/>
+      <c r="O841" s="262"/>
+      <c r="P841" s="262"/>
+      <c r="Q841" s="262"/>
+      <c r="R841" s="21"/>
+    </row>
+    <row r="842" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A842" s="254"/>
+      <c r="B842" s="257"/>
+      <c r="C842" s="256"/>
+      <c r="D842" s="257"/>
+      <c r="E842" s="258"/>
+      <c r="F842" s="259"/>
+      <c r="G842" s="261"/>
+      <c r="H842" s="261"/>
+      <c r="I842" s="261"/>
+      <c r="J842" s="261"/>
+      <c r="K842" s="261"/>
+      <c r="L842" s="261"/>
+      <c r="M842" s="261"/>
+      <c r="N842" s="260"/>
+      <c r="O842" s="262"/>
+      <c r="P842" s="262"/>
+      <c r="Q842" s="262"/>
+      <c r="R842" s="21"/>
+    </row>
+    <row r="843" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A843" s="254"/>
+      <c r="B843" s="257"/>
+      <c r="C843" s="256"/>
+      <c r="D843" s="257"/>
+      <c r="E843" s="258"/>
+      <c r="F843" s="259"/>
+      <c r="G843" s="261"/>
+      <c r="H843" s="261"/>
+      <c r="I843" s="261"/>
+      <c r="J843" s="261"/>
+      <c r="K843" s="261"/>
+      <c r="L843" s="261"/>
+      <c r="M843" s="261"/>
+      <c r="N843" s="260"/>
+      <c r="O843" s="262"/>
+      <c r="P843" s="262"/>
+      <c r="Q843" s="262"/>
+      <c r="R843" s="21"/>
+    </row>
+    <row r="844" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A844" s="254"/>
+      <c r="B844" s="257"/>
+      <c r="C844" s="256"/>
+      <c r="D844" s="257"/>
+      <c r="E844" s="258"/>
+      <c r="F844" s="259"/>
+      <c r="G844" s="261"/>
+      <c r="H844" s="261"/>
+      <c r="I844" s="261"/>
+      <c r="J844" s="261"/>
+      <c r="K844" s="261"/>
+      <c r="L844" s="261"/>
+      <c r="M844" s="261"/>
+      <c r="N844" s="260"/>
+      <c r="O844" s="262"/>
+      <c r="P844" s="262"/>
+      <c r="Q844" s="262"/>
+      <c r="R844" s="21"/>
+    </row>
+    <row r="845" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A845" s="254"/>
+      <c r="B845" s="257"/>
+      <c r="C845" s="256"/>
+      <c r="D845" s="257"/>
+      <c r="E845" s="258"/>
+      <c r="F845" s="259"/>
+      <c r="G845" s="261"/>
+      <c r="H845" s="261"/>
+      <c r="I845" s="261"/>
+      <c r="J845" s="261"/>
+      <c r="K845" s="261"/>
+      <c r="L845" s="261"/>
+      <c r="M845" s="261"/>
+      <c r="N845" s="260"/>
+      <c r="O845" s="262"/>
+      <c r="P845" s="262"/>
+      <c r="Q845" s="262"/>
+      <c r="R845" s="21"/>
+    </row>
+    <row r="846" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A846" s="254"/>
+      <c r="B846" s="257"/>
+      <c r="C846" s="256"/>
+      <c r="D846" s="257"/>
+      <c r="E846" s="258"/>
+      <c r="F846" s="259"/>
+      <c r="G846" s="261"/>
+      <c r="H846" s="261"/>
+      <c r="I846" s="261"/>
+      <c r="J846" s="261"/>
+      <c r="K846" s="261"/>
+      <c r="L846" s="261"/>
+      <c r="M846" s="261"/>
+      <c r="N846" s="260"/>
+      <c r="O846" s="262"/>
+      <c r="P846" s="262"/>
+      <c r="Q846" s="262"/>
+      <c r="R846" s="21"/>
+    </row>
+    <row r="847" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A847" s="254"/>
+      <c r="B847" s="257"/>
+      <c r="C847" s="256"/>
+      <c r="D847" s="257"/>
+      <c r="E847" s="258"/>
+      <c r="F847" s="259"/>
+      <c r="G847" s="261"/>
+      <c r="H847" s="261"/>
+      <c r="I847" s="261"/>
+      <c r="J847" s="261"/>
+      <c r="K847" s="261"/>
+      <c r="L847" s="261"/>
+      <c r="M847" s="261"/>
+      <c r="N847" s="260"/>
+      <c r="O847" s="262"/>
+      <c r="P847" s="262"/>
+      <c r="Q847" s="262"/>
+      <c r="R847" s="21"/>
+    </row>
+    <row r="848" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A848" s="254"/>
+      <c r="B848" s="257"/>
+      <c r="C848" s="256"/>
+      <c r="D848" s="257"/>
+      <c r="E848" s="258"/>
+      <c r="F848" s="259"/>
+      <c r="G848" s="261"/>
+      <c r="H848" s="261"/>
+      <c r="I848" s="261"/>
+      <c r="J848" s="261"/>
+      <c r="K848" s="261"/>
+      <c r="L848" s="261"/>
+      <c r="M848" s="261"/>
+      <c r="N848" s="260"/>
+      <c r="O848" s="262"/>
+      <c r="P848" s="262"/>
+      <c r="Q848" s="262"/>
+      <c r="R848" s="21"/>
+    </row>
+    <row r="849" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A849" s="254"/>
+      <c r="B849" s="257"/>
+      <c r="C849" s="256"/>
+      <c r="D849" s="257"/>
+      <c r="E849" s="258"/>
+      <c r="F849" s="259"/>
+      <c r="G849" s="261"/>
+      <c r="H849" s="261"/>
+      <c r="I849" s="261"/>
+      <c r="J849" s="261"/>
+      <c r="K849" s="261"/>
+      <c r="L849" s="261"/>
+      <c r="M849" s="261"/>
+      <c r="N849" s="260"/>
+      <c r="O849" s="262"/>
+      <c r="P849" s="262"/>
+      <c r="Q849" s="262"/>
+      <c r="R849" s="21"/>
+    </row>
+    <row r="850" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A850" s="254"/>
+      <c r="B850" s="257"/>
+      <c r="C850" s="256"/>
+      <c r="D850" s="257"/>
+      <c r="E850" s="258"/>
+      <c r="F850" s="259"/>
+      <c r="G850" s="261"/>
+      <c r="H850" s="261"/>
+      <c r="I850" s="261"/>
+      <c r="J850" s="261"/>
+      <c r="K850" s="261"/>
+      <c r="L850" s="261"/>
+      <c r="M850" s="261"/>
+      <c r="N850" s="260"/>
+      <c r="O850" s="262"/>
+      <c r="P850" s="262"/>
+      <c r="Q850" s="262"/>
+      <c r="R850" s="21"/>
+    </row>
+    <row r="851" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A851" s="254"/>
+      <c r="B851" s="257"/>
+      <c r="C851" s="256"/>
+      <c r="D851" s="257"/>
+      <c r="E851" s="258"/>
+      <c r="F851" s="259"/>
+      <c r="G851" s="261"/>
+      <c r="H851" s="261"/>
+      <c r="I851" s="261"/>
+      <c r="J851" s="261"/>
+      <c r="K851" s="261"/>
+      <c r="L851" s="261"/>
+      <c r="M851" s="261"/>
+      <c r="N851" s="260"/>
+      <c r="O851" s="262"/>
+      <c r="P851" s="262"/>
+      <c r="Q851" s="262"/>
+      <c r="R851" s="21"/>
+    </row>
+    <row r="852" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A852" s="254"/>
+      <c r="B852" s="257"/>
+      <c r="C852" s="256"/>
+      <c r="D852" s="257"/>
+      <c r="E852" s="258"/>
+      <c r="F852" s="259"/>
+      <c r="G852" s="261"/>
+      <c r="H852" s="261"/>
+      <c r="I852" s="261"/>
+      <c r="J852" s="261"/>
+      <c r="K852" s="261"/>
+      <c r="L852" s="261"/>
+      <c r="M852" s="261"/>
+      <c r="N852" s="260"/>
+      <c r="O852" s="262"/>
+      <c r="P852" s="262"/>
+      <c r="Q852" s="262"/>
+      <c r="R852" s="21"/>
+    </row>
+    <row r="853" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A853" s="254"/>
+      <c r="B853" s="257"/>
+      <c r="C853" s="256"/>
+      <c r="D853" s="257"/>
+      <c r="E853" s="258"/>
+      <c r="F853" s="259"/>
+      <c r="G853" s="261"/>
+      <c r="H853" s="261"/>
+      <c r="I853" s="261"/>
+      <c r="J853" s="261"/>
+      <c r="K853" s="261"/>
+      <c r="L853" s="261"/>
+      <c r="M853" s="261"/>
+      <c r="N853" s="260"/>
+      <c r="O853" s="262"/>
+      <c r="P853" s="262"/>
+      <c r="Q853" s="262"/>
+      <c r="R853" s="21"/>
+    </row>
+    <row r="854" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A854" s="254"/>
+      <c r="B854" s="257"/>
+      <c r="C854" s="256"/>
+      <c r="D854" s="257"/>
+      <c r="E854" s="258"/>
+      <c r="F854" s="259"/>
+      <c r="G854" s="261"/>
+      <c r="H854" s="261"/>
+      <c r="I854" s="261"/>
+      <c r="J854" s="261"/>
+      <c r="K854" s="261"/>
+      <c r="L854" s="261"/>
+      <c r="M854" s="261"/>
+      <c r="N854" s="260"/>
+      <c r="O854" s="262"/>
+      <c r="P854" s="262"/>
+      <c r="Q854" s="262"/>
+      <c r="R854" s="21"/>
+    </row>
+    <row r="855" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A855" s="254"/>
+      <c r="B855" s="257"/>
+      <c r="C855" s="256"/>
+      <c r="D855" s="257"/>
+      <c r="E855" s="258"/>
+      <c r="F855" s="259"/>
+      <c r="G855" s="261"/>
+      <c r="H855" s="261"/>
+      <c r="I855" s="261"/>
+      <c r="J855" s="261"/>
+      <c r="K855" s="261"/>
+      <c r="L855" s="261"/>
+      <c r="M855" s="261"/>
+      <c r="N855" s="260"/>
+      <c r="O855" s="262"/>
+      <c r="P855" s="262"/>
+      <c r="Q855" s="262"/>
+      <c r="R855" s="21"/>
+    </row>
+    <row r="856" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A856" s="254"/>
+      <c r="B856" s="257"/>
+      <c r="C856" s="256"/>
+      <c r="D856" s="257"/>
+      <c r="E856" s="258"/>
+      <c r="F856" s="259"/>
+      <c r="G856" s="261"/>
+      <c r="H856" s="261"/>
+      <c r="I856" s="261"/>
+      <c r="J856" s="261"/>
+      <c r="K856" s="261"/>
+      <c r="L856" s="261"/>
+      <c r="M856" s="261"/>
+      <c r="N856" s="260"/>
+      <c r="O856" s="262"/>
+      <c r="P856" s="262"/>
+      <c r="Q856" s="262"/>
+      <c r="R856" s="21"/>
+    </row>
+    <row r="857" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A857" s="254"/>
+      <c r="B857" s="257"/>
+      <c r="C857" s="256"/>
+      <c r="D857" s="257"/>
+      <c r="E857" s="258"/>
+      <c r="F857" s="259"/>
+      <c r="G857" s="261"/>
+      <c r="H857" s="261"/>
+      <c r="I857" s="261"/>
+      <c r="J857" s="261"/>
+      <c r="K857" s="261"/>
+      <c r="L857" s="261"/>
+      <c r="M857" s="261"/>
+      <c r="N857" s="260"/>
+      <c r="O857" s="262"/>
+      <c r="P857" s="262"/>
+      <c r="Q857" s="262"/>
+      <c r="R857" s="21"/>
+    </row>
+    <row r="858" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A858" s="254"/>
+      <c r="B858" s="257"/>
+      <c r="C858" s="256"/>
+      <c r="D858" s="257"/>
+      <c r="E858" s="258"/>
+      <c r="F858" s="259"/>
+      <c r="G858" s="261"/>
+      <c r="H858" s="261"/>
+      <c r="I858" s="261"/>
+      <c r="J858" s="261"/>
+      <c r="K858" s="261"/>
+      <c r="L858" s="261"/>
+      <c r="M858" s="261"/>
+      <c r="N858" s="260"/>
+      <c r="O858" s="262"/>
+      <c r="P858" s="262"/>
+      <c r="Q858" s="262"/>
+      <c r="R858" s="21"/>
+    </row>
+    <row r="859" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A859" s="254"/>
+      <c r="B859" s="257"/>
+      <c r="C859" s="256"/>
+      <c r="D859" s="257"/>
+      <c r="E859" s="258"/>
+      <c r="F859" s="259"/>
+      <c r="G859" s="261"/>
+      <c r="H859" s="261"/>
+      <c r="I859" s="261"/>
+      <c r="J859" s="261"/>
+      <c r="K859" s="261"/>
+      <c r="L859" s="261"/>
+      <c r="M859" s="261"/>
+      <c r="N859" s="260"/>
+      <c r="O859" s="262"/>
+      <c r="P859" s="262"/>
+      <c r="Q859" s="262"/>
+      <c r="R859" s="21"/>
+    </row>
+    <row r="860" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A860" s="254"/>
+      <c r="B860" s="257"/>
+      <c r="C860" s="256"/>
+      <c r="D860" s="257"/>
+      <c r="E860" s="258"/>
+      <c r="F860" s="259"/>
+      <c r="G860" s="261"/>
+      <c r="H860" s="261"/>
+      <c r="I860" s="261"/>
+      <c r="J860" s="261"/>
+      <c r="K860" s="261"/>
+      <c r="L860" s="261"/>
+      <c r="M860" s="261"/>
+      <c r="N860" s="260"/>
+      <c r="O860" s="262"/>
+      <c r="P860" s="262"/>
+      <c r="Q860" s="262"/>
+      <c r="R860" s="21"/>
+    </row>
+    <row r="861" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A861" s="254"/>
+      <c r="B861" s="257"/>
+      <c r="C861" s="256"/>
+      <c r="D861" s="257"/>
+      <c r="E861" s="258"/>
+      <c r="F861" s="259"/>
+      <c r="G861" s="261"/>
+      <c r="H861" s="261"/>
+      <c r="I861" s="261"/>
+      <c r="J861" s="261"/>
+      <c r="K861" s="261"/>
+      <c r="L861" s="261"/>
+      <c r="M861" s="261"/>
+      <c r="N861" s="260"/>
+      <c r="O861" s="262"/>
+      <c r="P861" s="262"/>
+      <c r="Q861" s="262"/>
+      <c r="R861" s="21"/>
+    </row>
+    <row r="862" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A862" s="254"/>
+      <c r="B862" s="257"/>
+      <c r="C862" s="256"/>
+      <c r="D862" s="257"/>
+      <c r="E862" s="258"/>
+      <c r="F862" s="259"/>
+      <c r="G862" s="261"/>
+      <c r="H862" s="261"/>
+      <c r="I862" s="261"/>
+      <c r="J862" s="261"/>
+      <c r="K862" s="261"/>
+      <c r="L862" s="261"/>
+      <c r="M862" s="261"/>
+      <c r="N862" s="260"/>
+      <c r="O862" s="262"/>
+      <c r="P862" s="262"/>
+      <c r="Q862" s="262"/>
+      <c r="R862" s="21"/>
+    </row>
+    <row r="863" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A863" s="254"/>
+      <c r="B863" s="257"/>
+      <c r="C863" s="256"/>
+      <c r="D863" s="257"/>
+      <c r="E863" s="258"/>
+      <c r="F863" s="259"/>
+      <c r="G863" s="261"/>
+      <c r="H863" s="261"/>
+      <c r="I863" s="261"/>
+      <c r="J863" s="261"/>
+      <c r="K863" s="261"/>
+      <c r="L863" s="261"/>
+      <c r="M863" s="261"/>
+      <c r="N863" s="260"/>
+      <c r="O863" s="262"/>
+      <c r="P863" s="262"/>
+      <c r="Q863" s="262"/>
+      <c r="R863" s="21"/>
+    </row>
+    <row r="864" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A864" s="254"/>
+      <c r="B864" s="257"/>
+      <c r="C864" s="256"/>
+      <c r="D864" s="257"/>
+      <c r="E864" s="258"/>
+      <c r="F864" s="259"/>
+      <c r="G864" s="261"/>
+      <c r="H864" s="261"/>
+      <c r="I864" s="261"/>
+      <c r="J864" s="261"/>
+      <c r="K864" s="261"/>
+      <c r="L864" s="261"/>
+      <c r="M864" s="261"/>
+      <c r="N864" s="260"/>
+      <c r="O864" s="262"/>
+      <c r="P864" s="262"/>
+      <c r="Q864" s="262"/>
+      <c r="R864" s="21"/>
+    </row>
+    <row r="865" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A865" s="254"/>
+      <c r="B865" s="257"/>
+      <c r="C865" s="256"/>
+      <c r="D865" s="257"/>
+      <c r="E865" s="258"/>
+      <c r="F865" s="259"/>
+      <c r="G865" s="261"/>
+      <c r="H865" s="261"/>
+      <c r="I865" s="261"/>
+      <c r="J865" s="261"/>
+      <c r="K865" s="261"/>
+      <c r="L865" s="261"/>
+      <c r="M865" s="261"/>
+      <c r="N865" s="260"/>
+      <c r="O865" s="262"/>
+      <c r="P865" s="262"/>
+      <c r="Q865" s="262"/>
+      <c r="R865" s="21"/>
+    </row>
+    <row r="866" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A866" s="254"/>
+      <c r="B866" s="257"/>
+      <c r="C866" s="256"/>
+      <c r="D866" s="257"/>
+      <c r="E866" s="258"/>
+      <c r="F866" s="259"/>
+      <c r="G866" s="261"/>
+      <c r="H866" s="261"/>
+      <c r="I866" s="261"/>
+      <c r="J866" s="261"/>
+      <c r="K866" s="261"/>
+      <c r="L866" s="261"/>
+      <c r="M866" s="261"/>
+      <c r="N866" s="260"/>
+      <c r="O866" s="262"/>
+      <c r="P866" s="262"/>
+      <c r="Q866" s="262"/>
+      <c r="R866" s="21"/>
+    </row>
+    <row r="867" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A867" s="254"/>
+      <c r="B867" s="257"/>
+      <c r="C867" s="256"/>
+      <c r="D867" s="257"/>
+      <c r="E867" s="258"/>
+      <c r="F867" s="259"/>
+      <c r="G867" s="261"/>
+      <c r="H867" s="261"/>
+      <c r="I867" s="261"/>
+      <c r="J867" s="261"/>
+      <c r="K867" s="261"/>
+      <c r="L867" s="261"/>
+      <c r="M867" s="261"/>
+      <c r="N867" s="260"/>
+      <c r="O867" s="262"/>
+      <c r="P867" s="262"/>
+      <c r="Q867" s="262"/>
+      <c r="R867" s="21"/>
+    </row>
+    <row r="868" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A868" s="254"/>
+      <c r="B868" s="257"/>
+      <c r="C868" s="256"/>
+      <c r="D868" s="257"/>
+      <c r="E868" s="258"/>
+      <c r="F868" s="259"/>
+      <c r="G868" s="261"/>
+      <c r="H868" s="261"/>
+      <c r="I868" s="261"/>
+      <c r="J868" s="261"/>
+      <c r="K868" s="261"/>
+      <c r="L868" s="261"/>
+      <c r="M868" s="261"/>
+      <c r="N868" s="260"/>
+      <c r="O868" s="262"/>
+      <c r="P868" s="262"/>
+      <c r="Q868" s="262"/>
+      <c r="R868" s="21"/>
+    </row>
+    <row r="869" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A869" s="254"/>
+      <c r="B869" s="257"/>
+      <c r="C869" s="256"/>
+      <c r="D869" s="257"/>
+      <c r="E869" s="258"/>
+      <c r="F869" s="259"/>
+      <c r="G869" s="261"/>
+      <c r="H869" s="261"/>
+      <c r="I869" s="261"/>
+      <c r="J869" s="261"/>
+      <c r="K869" s="261"/>
+      <c r="L869" s="261"/>
+      <c r="M869" s="261"/>
+      <c r="N869" s="260"/>
+      <c r="O869" s="262"/>
+      <c r="P869" s="262"/>
+      <c r="Q869" s="262"/>
+      <c r="R869" s="21"/>
+    </row>
+    <row r="870" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A870" s="254"/>
+      <c r="B870" s="257"/>
+      <c r="C870" s="256"/>
+      <c r="D870" s="257"/>
+      <c r="E870" s="258"/>
+      <c r="F870" s="259"/>
+      <c r="G870" s="261"/>
+      <c r="H870" s="261"/>
+      <c r="I870" s="261"/>
+      <c r="J870" s="261"/>
+      <c r="K870" s="261"/>
+      <c r="L870" s="261"/>
+      <c r="M870" s="261"/>
+      <c r="N870" s="260"/>
+      <c r="O870" s="262"/>
+      <c r="P870" s="262"/>
+      <c r="Q870" s="262"/>
+      <c r="R870" s="21"/>
+    </row>
+    <row r="871" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A871" s="254"/>
+      <c r="B871" s="257"/>
+      <c r="C871" s="256"/>
+      <c r="D871" s="257"/>
+      <c r="E871" s="258"/>
+      <c r="F871" s="259"/>
+      <c r="G871" s="261"/>
+      <c r="H871" s="261"/>
+      <c r="I871" s="261"/>
+      <c r="J871" s="261"/>
+      <c r="K871" s="261"/>
+      <c r="L871" s="261"/>
+      <c r="M871" s="261"/>
+      <c r="N871" s="260"/>
+      <c r="O871" s="262"/>
+      <c r="P871" s="262"/>
+      <c r="Q871" s="262"/>
+      <c r="R871" s="21"/>
+    </row>
+    <row r="872" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A872" s="254"/>
+      <c r="B872" s="257"/>
+      <c r="C872" s="256"/>
+      <c r="D872" s="257"/>
+      <c r="E872" s="258"/>
+      <c r="F872" s="259"/>
+      <c r="G872" s="261"/>
+      <c r="H872" s="261"/>
+      <c r="I872" s="261"/>
+      <c r="J872" s="261"/>
+      <c r="K872" s="261"/>
+      <c r="L872" s="261"/>
+      <c r="M872" s="261"/>
+      <c r="N872" s="260"/>
+      <c r="O872" s="262"/>
+      <c r="P872" s="262"/>
+      <c r="Q872" s="262"/>
+      <c r="R872" s="21"/>
+    </row>
+    <row r="873" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A873" s="254"/>
+      <c r="B873" s="257"/>
+      <c r="C873" s="256"/>
+      <c r="D873" s="257"/>
+      <c r="E873" s="258"/>
+      <c r="F873" s="259"/>
+      <c r="G873" s="261"/>
+      <c r="H873" s="261"/>
+      <c r="I873" s="261"/>
+      <c r="J873" s="261"/>
+      <c r="K873" s="261"/>
+      <c r="L873" s="261"/>
+      <c r="M873" s="261"/>
+      <c r="N873" s="260"/>
+      <c r="O873" s="262"/>
+      <c r="P873" s="262"/>
+      <c r="Q873" s="262"/>
+      <c r="R873" s="21"/>
+    </row>
+    <row r="874" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A874" s="254"/>
+      <c r="B874" s="257"/>
+      <c r="C874" s="256"/>
+      <c r="D874" s="257"/>
+      <c r="E874" s="258"/>
+      <c r="F874" s="259"/>
+      <c r="G874" s="261"/>
+      <c r="H874" s="261"/>
+      <c r="I874" s="261"/>
+      <c r="J874" s="261"/>
+      <c r="K874" s="261"/>
+      <c r="L874" s="261"/>
+      <c r="M874" s="261"/>
+      <c r="N874" s="260"/>
+      <c r="O874" s="262"/>
+      <c r="P874" s="262"/>
+      <c r="Q874" s="262"/>
+      <c r="R874" s="21"/>
+    </row>
+    <row r="875" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A875" s="254"/>
+      <c r="B875" s="257"/>
+      <c r="C875" s="256"/>
+      <c r="D875" s="257"/>
+      <c r="E875" s="258"/>
+      <c r="F875" s="259"/>
+      <c r="G875" s="261"/>
+      <c r="H875" s="261"/>
+      <c r="I875" s="261"/>
+      <c r="J875" s="261"/>
+      <c r="K875" s="261"/>
+      <c r="L875" s="261"/>
+      <c r="M875" s="261"/>
+      <c r="N875" s="260"/>
+      <c r="O875" s="262"/>
+      <c r="P875" s="262"/>
+      <c r="Q875" s="262"/>
+      <c r="R875" s="21"/>
+    </row>
+    <row r="876" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A876" s="254"/>
+      <c r="B876" s="257"/>
+      <c r="C876" s="256"/>
+      <c r="D876" s="257"/>
+      <c r="E876" s="258"/>
+      <c r="F876" s="259"/>
+      <c r="G876" s="261"/>
+      <c r="H876" s="261"/>
+      <c r="I876" s="261"/>
+      <c r="J876" s="261"/>
+      <c r="K876" s="261"/>
+      <c r="L876" s="261"/>
+      <c r="M876" s="261"/>
+      <c r="N876" s="260"/>
+      <c r="O876" s="262"/>
+      <c r="P876" s="262"/>
+      <c r="Q876" s="262"/>
+      <c r="R876" s="21"/>
+    </row>
+    <row r="877" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A877" s="254"/>
+      <c r="B877" s="257"/>
+      <c r="C877" s="256"/>
+      <c r="D877" s="257"/>
+      <c r="E877" s="258"/>
+      <c r="F877" s="259"/>
+      <c r="G877" s="261"/>
+      <c r="H877" s="261"/>
+      <c r="I877" s="261"/>
+      <c r="J877" s="261"/>
+      <c r="K877" s="261"/>
+      <c r="L877" s="261"/>
+      <c r="M877" s="261"/>
+      <c r="N877" s="260"/>
+      <c r="O877" s="262"/>
+      <c r="P877" s="262"/>
+      <c r="Q877" s="262"/>
+      <c r="R877" s="21"/>
+    </row>
+    <row r="878" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A878" s="254"/>
+      <c r="B878" s="257"/>
+      <c r="C878" s="256"/>
+      <c r="D878" s="257"/>
+      <c r="E878" s="258"/>
+      <c r="F878" s="259"/>
+      <c r="G878" s="261"/>
+      <c r="H878" s="261"/>
+      <c r="I878" s="261"/>
+      <c r="J878" s="261"/>
+      <c r="K878" s="261"/>
+      <c r="L878" s="261"/>
+      <c r="M878" s="261"/>
+      <c r="N878" s="260"/>
+      <c r="O878" s="262"/>
+      <c r="P878" s="262"/>
+      <c r="Q878" s="262"/>
+      <c r="R878" s="21"/>
+    </row>
+    <row r="879" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A879" s="254"/>
+      <c r="B879" s="257"/>
+      <c r="C879" s="256"/>
+      <c r="D879" s="257"/>
+      <c r="E879" s="258"/>
+      <c r="F879" s="259"/>
+      <c r="G879" s="261"/>
+      <c r="H879" s="261"/>
+      <c r="I879" s="261"/>
+      <c r="J879" s="261"/>
+      <c r="K879" s="261"/>
+      <c r="L879" s="261"/>
+      <c r="M879" s="261"/>
+      <c r="N879" s="260"/>
+      <c r="O879" s="262"/>
+      <c r="P879" s="262"/>
+      <c r="Q879" s="262"/>
+      <c r="R879" s="21"/>
+    </row>
+    <row r="880" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A880" s="254"/>
+      <c r="B880" s="257"/>
+      <c r="C880" s="256"/>
+      <c r="D880" s="257"/>
+      <c r="E880" s="258"/>
+      <c r="F880" s="259"/>
+      <c r="G880" s="261"/>
+      <c r="H880" s="261"/>
+      <c r="I880" s="261"/>
+      <c r="J880" s="261"/>
+      <c r="K880" s="261"/>
+      <c r="L880" s="261"/>
+      <c r="M880" s="261"/>
+      <c r="N880" s="260"/>
+      <c r="O880" s="262"/>
+      <c r="P880" s="262"/>
+      <c r="Q880" s="262"/>
+      <c r="R880" s="21"/>
+    </row>
+    <row r="881" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A881" s="254"/>
+      <c r="B881" s="257"/>
+      <c r="C881" s="256"/>
+      <c r="D881" s="257"/>
+      <c r="E881" s="258"/>
+      <c r="F881" s="259"/>
+      <c r="G881" s="261"/>
+      <c r="H881" s="261"/>
+      <c r="I881" s="261"/>
+      <c r="J881" s="261"/>
+      <c r="K881" s="261"/>
+      <c r="L881" s="261"/>
+      <c r="M881" s="261"/>
+      <c r="N881" s="260"/>
+      <c r="O881" s="262"/>
+      <c r="P881" s="262"/>
+      <c r="Q881" s="262"/>
+      <c r="R881" s="21"/>
+    </row>
+    <row r="882" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A882" s="254"/>
+      <c r="B882" s="257"/>
+      <c r="C882" s="256"/>
+      <c r="D882" s="257"/>
+      <c r="E882" s="258"/>
+      <c r="F882" s="259"/>
+      <c r="G882" s="261"/>
+      <c r="H882" s="261"/>
+      <c r="I882" s="261"/>
+      <c r="J882" s="261"/>
+      <c r="K882" s="261"/>
+      <c r="L882" s="261"/>
+      <c r="M882" s="261"/>
+      <c r="N882" s="260"/>
+      <c r="O882" s="262"/>
+      <c r="P882" s="262"/>
+      <c r="Q882" s="262"/>
+      <c r="R882" s="21"/>
+    </row>
+    <row r="883" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A883" s="254"/>
+      <c r="B883" s="257"/>
+      <c r="C883" s="256"/>
+      <c r="D883" s="257"/>
+      <c r="E883" s="258"/>
+      <c r="F883" s="259"/>
+      <c r="G883" s="261"/>
+      <c r="H883" s="261"/>
+      <c r="I883" s="261"/>
+      <c r="J883" s="261"/>
+      <c r="K883" s="261"/>
+      <c r="L883" s="261"/>
+      <c r="M883" s="261"/>
+      <c r="N883" s="260"/>
+      <c r="O883" s="262"/>
+      <c r="P883" s="262"/>
+      <c r="Q883" s="262"/>
+      <c r="R883" s="21"/>
+    </row>
+    <row r="884" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A884" s="254"/>
+      <c r="B884" s="257"/>
+      <c r="C884" s="256"/>
+      <c r="D884" s="257"/>
+      <c r="E884" s="258"/>
+      <c r="F884" s="259"/>
+      <c r="G884" s="261"/>
+      <c r="H884" s="261"/>
+      <c r="I884" s="261"/>
+      <c r="J884" s="261"/>
+      <c r="K884" s="261"/>
+      <c r="L884" s="261"/>
+      <c r="M884" s="261"/>
+      <c r="N884" s="260"/>
+      <c r="O884" s="262"/>
+      <c r="P884" s="262"/>
+      <c r="Q884" s="262"/>
+      <c r="R884" s="21"/>
+    </row>
+    <row r="885" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A885" s="254"/>
+      <c r="B885" s="257"/>
+      <c r="C885" s="256"/>
+      <c r="D885" s="257"/>
+      <c r="E885" s="258"/>
+      <c r="F885" s="259"/>
+      <c r="G885" s="261"/>
+      <c r="H885" s="261"/>
+      <c r="I885" s="261"/>
+      <c r="J885" s="261"/>
+      <c r="K885" s="261"/>
+      <c r="L885" s="261"/>
+      <c r="M885" s="261"/>
+      <c r="N885" s="260"/>
+      <c r="O885" s="262"/>
+      <c r="P885" s="262"/>
+      <c r="Q885" s="262"/>
+      <c r="R885" s="21"/>
+    </row>
+    <row r="886" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A886" s="254"/>
+      <c r="B886" s="257"/>
+      <c r="C886" s="256"/>
+      <c r="D886" s="257"/>
+      <c r="E886" s="258"/>
+      <c r="F886" s="259"/>
+      <c r="G886" s="261"/>
+      <c r="H886" s="261"/>
+      <c r="I886" s="261"/>
+      <c r="J886" s="261"/>
+      <c r="K886" s="261"/>
+      <c r="L886" s="261"/>
+      <c r="M886" s="261"/>
+      <c r="N886" s="260"/>
+      <c r="O886" s="262"/>
+      <c r="P886" s="262"/>
+      <c r="Q886" s="262"/>
+      <c r="R886" s="21"/>
+    </row>
+    <row r="887" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A887" s="254"/>
+      <c r="B887" s="257"/>
+      <c r="C887" s="256"/>
+      <c r="D887" s="257"/>
+      <c r="E887" s="258"/>
+      <c r="F887" s="259"/>
+      <c r="G887" s="261"/>
+      <c r="H887" s="261"/>
+      <c r="I887" s="261"/>
+      <c r="J887" s="261"/>
+      <c r="K887" s="261"/>
+      <c r="L887" s="261"/>
+      <c r="M887" s="261"/>
+      <c r="N887" s="260"/>
+      <c r="O887" s="262"/>
+      <c r="P887" s="262"/>
+      <c r="Q887" s="262"/>
+      <c r="R887" s="21"/>
+    </row>
+    <row r="888" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A888" s="254"/>
+      <c r="B888" s="257"/>
+      <c r="C888" s="256"/>
+      <c r="D888" s="257"/>
+      <c r="E888" s="258"/>
+      <c r="F888" s="259"/>
+      <c r="G888" s="261"/>
+      <c r="H888" s="261"/>
+      <c r="I888" s="261"/>
+      <c r="J888" s="261"/>
+      <c r="K888" s="261"/>
+      <c r="L888" s="261"/>
+      <c r="M888" s="261"/>
+      <c r="N888" s="260"/>
+      <c r="O888" s="262"/>
+      <c r="P888" s="262"/>
+      <c r="Q888" s="262"/>
+      <c r="R888" s="21"/>
+    </row>
+    <row r="889" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A889" s="254"/>
+      <c r="B889" s="257"/>
+      <c r="C889" s="256"/>
+      <c r="D889" s="257"/>
+      <c r="E889" s="258"/>
+      <c r="F889" s="259"/>
+      <c r="G889" s="261"/>
+      <c r="H889" s="261"/>
+      <c r="I889" s="261"/>
+      <c r="J889" s="261"/>
+      <c r="K889" s="261"/>
+      <c r="L889" s="261"/>
+      <c r="M889" s="261"/>
+      <c r="N889" s="260"/>
+      <c r="O889" s="262"/>
+      <c r="P889" s="262"/>
+      <c r="Q889" s="262"/>
+      <c r="R889" s="21"/>
+    </row>
+    <row r="890" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A890" s="254"/>
+      <c r="B890" s="257"/>
+      <c r="C890" s="256"/>
+      <c r="D890" s="257"/>
+      <c r="E890" s="258"/>
+      <c r="F890" s="259"/>
+      <c r="G890" s="261"/>
+      <c r="H890" s="261"/>
+      <c r="I890" s="261"/>
+      <c r="J890" s="261"/>
+      <c r="K890" s="261"/>
+      <c r="L890" s="261"/>
+      <c r="M890" s="261"/>
+      <c r="N890" s="260"/>
+      <c r="O890" s="262"/>
+      <c r="P890" s="262"/>
+      <c r="Q890" s="262"/>
+      <c r="R890" s="21"/>
+    </row>
+    <row r="891" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A891" s="254"/>
+      <c r="B891" s="257"/>
+      <c r="C891" s="256"/>
+      <c r="D891" s="257"/>
+      <c r="E891" s="258"/>
+      <c r="F891" s="259"/>
+      <c r="G891" s="261"/>
+      <c r="H891" s="261"/>
+      <c r="I891" s="261"/>
+      <c r="J891" s="261"/>
+      <c r="K891" s="261"/>
+      <c r="L891" s="261"/>
+      <c r="M891" s="261"/>
+      <c r="N891" s="260"/>
+      <c r="O891" s="262"/>
+      <c r="P891" s="262"/>
+      <c r="Q891" s="262"/>
+      <c r="R891" s="21"/>
+    </row>
+    <row r="892" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A892" s="254"/>
+      <c r="B892" s="257"/>
+      <c r="C892" s="256"/>
+      <c r="D892" s="257"/>
+      <c r="E892" s="258"/>
+      <c r="F892" s="259"/>
+      <c r="G892" s="261"/>
+      <c r="H892" s="261"/>
+      <c r="I892" s="261"/>
+      <c r="J892" s="261"/>
+      <c r="K892" s="261"/>
+      <c r="L892" s="261"/>
+      <c r="M892" s="261"/>
+      <c r="N892" s="260"/>
+      <c r="O892" s="262"/>
+      <c r="P892" s="262"/>
+      <c r="Q892" s="262"/>
+      <c r="R892" s="21"/>
+    </row>
+    <row r="893" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A893" s="254"/>
+      <c r="B893" s="257"/>
+      <c r="C893" s="256"/>
+      <c r="D893" s="257"/>
+      <c r="E893" s="258"/>
+      <c r="F893" s="259"/>
+      <c r="G893" s="261"/>
+      <c r="H893" s="261"/>
+      <c r="I893" s="261"/>
+      <c r="J893" s="261"/>
+      <c r="K893" s="261"/>
+      <c r="L893" s="261"/>
+      <c r="M893" s="261"/>
+      <c r="N893" s="260"/>
+      <c r="O893" s="262"/>
+      <c r="P893" s="262"/>
+      <c r="Q893" s="262"/>
+      <c r="R893" s="21"/>
+    </row>
+    <row r="894" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A894" s="254"/>
+      <c r="B894" s="257"/>
+      <c r="C894" s="256"/>
+      <c r="D894" s="257"/>
+      <c r="E894" s="258"/>
+      <c r="F894" s="259"/>
+      <c r="G894" s="261"/>
+      <c r="H894" s="261"/>
+      <c r="I894" s="261"/>
+      <c r="J894" s="261"/>
+      <c r="K894" s="261"/>
+      <c r="L894" s="261"/>
+      <c r="M894" s="261"/>
+      <c r="N894" s="260"/>
+      <c r="O894" s="262"/>
+      <c r="P894" s="262"/>
+      <c r="Q894" s="262"/>
+      <c r="R894" s="21"/>
+    </row>
+    <row r="895" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A895" s="254"/>
+      <c r="B895" s="257"/>
+      <c r="C895" s="256"/>
+      <c r="D895" s="257"/>
+      <c r="E895" s="258"/>
+      <c r="F895" s="259"/>
+      <c r="G895" s="261"/>
+      <c r="H895" s="261"/>
+      <c r="I895" s="261"/>
+      <c r="J895" s="261"/>
+      <c r="K895" s="261"/>
+      <c r="L895" s="261"/>
+      <c r="M895" s="261"/>
+      <c r="N895" s="260"/>
+      <c r="O895" s="262"/>
+      <c r="P895" s="262"/>
+      <c r="Q895" s="262"/>
+      <c r="R895" s="21"/>
+    </row>
+    <row r="896" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A896" s="254"/>
+      <c r="B896" s="257"/>
+      <c r="C896" s="256"/>
+      <c r="D896" s="257"/>
+      <c r="E896" s="258"/>
+      <c r="F896" s="259"/>
+      <c r="G896" s="261"/>
+      <c r="H896" s="261"/>
+      <c r="I896" s="261"/>
+      <c r="J896" s="261"/>
+      <c r="K896" s="261"/>
+      <c r="L896" s="261"/>
+      <c r="M896" s="261"/>
+      <c r="N896" s="260"/>
+      <c r="O896" s="262"/>
+      <c r="P896" s="262"/>
+      <c r="Q896" s="262"/>
+      <c r="R896" s="21"/>
+    </row>
+    <row r="897" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A897" s="254"/>
+      <c r="B897" s="257"/>
+      <c r="C897" s="256"/>
+      <c r="D897" s="257"/>
+      <c r="E897" s="258"/>
+      <c r="F897" s="259"/>
+      <c r="G897" s="261"/>
+      <c r="H897" s="261"/>
+      <c r="I897" s="261"/>
+      <c r="J897" s="261"/>
+      <c r="K897" s="261"/>
+      <c r="L897" s="261"/>
+      <c r="M897" s="261"/>
+      <c r="N897" s="260"/>
+      <c r="O897" s="262"/>
+      <c r="P897" s="262"/>
+      <c r="Q897" s="262"/>
+      <c r="R897" s="21"/>
+    </row>
+    <row r="898" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A898" s="254"/>
+      <c r="B898" s="257"/>
+      <c r="C898" s="256"/>
+      <c r="D898" s="257"/>
+      <c r="E898" s="258"/>
+      <c r="F898" s="259"/>
+      <c r="G898" s="261"/>
+      <c r="H898" s="261"/>
+      <c r="I898" s="261"/>
+      <c r="J898" s="261"/>
+      <c r="K898" s="261"/>
+      <c r="L898" s="261"/>
+      <c r="M898" s="261"/>
+      <c r="N898" s="260"/>
+      <c r="O898" s="262"/>
+      <c r="P898" s="262"/>
+      <c r="Q898" s="262"/>
+      <c r="R898" s="21"/>
+    </row>
+    <row r="899" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A899" s="254"/>
+      <c r="B899" s="257"/>
+      <c r="C899" s="256"/>
+      <c r="D899" s="257"/>
+      <c r="E899" s="258"/>
+      <c r="F899" s="259"/>
+      <c r="G899" s="261"/>
+      <c r="H899" s="261"/>
+      <c r="I899" s="261"/>
+      <c r="J899" s="261"/>
+      <c r="K899" s="261"/>
+      <c r="L899" s="261"/>
+      <c r="M899" s="261"/>
+      <c r="N899" s="260"/>
+      <c r="O899" s="262"/>
+      <c r="P899" s="262"/>
+      <c r="Q899" s="262"/>
+      <c r="R899" s="21"/>
+    </row>
+    <row r="900" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A900" s="254"/>
+      <c r="B900" s="257"/>
+      <c r="C900" s="256"/>
+      <c r="D900" s="257"/>
+      <c r="E900" s="258"/>
+      <c r="F900" s="259"/>
+      <c r="G900" s="261"/>
+      <c r="H900" s="261"/>
+      <c r="I900" s="261"/>
+      <c r="J900" s="261"/>
+      <c r="K900" s="261"/>
+      <c r="L900" s="261"/>
+      <c r="M900" s="261"/>
+      <c r="N900" s="260"/>
+      <c r="O900" s="262"/>
+      <c r="P900" s="262"/>
+      <c r="Q900" s="262"/>
+      <c r="R900" s="21"/>
+    </row>
+    <row r="901" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A901" s="254"/>
+      <c r="B901" s="257"/>
+      <c r="C901" s="256"/>
+      <c r="D901" s="257"/>
+      <c r="E901" s="258"/>
+      <c r="F901" s="259"/>
+      <c r="G901" s="261"/>
+      <c r="H901" s="261"/>
+      <c r="I901" s="261"/>
+      <c r="J901" s="261"/>
+      <c r="K901" s="261"/>
+      <c r="L901" s="261"/>
+      <c r="M901" s="261"/>
+      <c r="N901" s="260"/>
+      <c r="O901" s="262"/>
+      <c r="P901" s="262"/>
+      <c r="Q901" s="262"/>
+      <c r="R901" s="21"/>
+    </row>
+    <row r="902" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A902" s="254"/>
+      <c r="B902" s="257"/>
+      <c r="C902" s="256"/>
+      <c r="D902" s="257"/>
+      <c r="E902" s="258"/>
+      <c r="F902" s="259"/>
+      <c r="G902" s="261"/>
+      <c r="H902" s="261"/>
+      <c r="I902" s="261"/>
+      <c r="J902" s="261"/>
+      <c r="K902" s="261"/>
+      <c r="L902" s="261"/>
+      <c r="M902" s="261"/>
+      <c r="N902" s="260"/>
+      <c r="O902" s="262"/>
+      <c r="P902" s="262"/>
+      <c r="Q902" s="262"/>
+      <c r="R902" s="21"/>
+    </row>
+    <row r="903" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A903" s="254"/>
+      <c r="B903" s="257"/>
+      <c r="C903" s="256"/>
+      <c r="D903" s="257"/>
+      <c r="E903" s="258"/>
+      <c r="F903" s="259"/>
+      <c r="G903" s="261"/>
+      <c r="H903" s="261"/>
+      <c r="I903" s="261"/>
+      <c r="J903" s="261"/>
+      <c r="K903" s="261"/>
+      <c r="L903" s="261"/>
+      <c r="M903" s="261"/>
+      <c r="N903" s="260"/>
+      <c r="O903" s="262"/>
+      <c r="P903" s="262"/>
+      <c r="Q903" s="262"/>
+      <c r="R903" s="21"/>
+    </row>
+    <row r="904" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A904" s="254"/>
+      <c r="B904" s="257"/>
+      <c r="C904" s="256"/>
+      <c r="D904" s="257"/>
+      <c r="E904" s="258"/>
+      <c r="F904" s="259"/>
+      <c r="G904" s="261"/>
+      <c r="H904" s="261"/>
+      <c r="I904" s="261"/>
+      <c r="J904" s="261"/>
+      <c r="K904" s="261"/>
+      <c r="L904" s="261"/>
+      <c r="M904" s="261"/>
+      <c r="N904" s="260"/>
+      <c r="O904" s="262"/>
+      <c r="P904" s="262"/>
+      <c r="Q904" s="262"/>
+      <c r="R904" s="21"/>
+    </row>
+    <row r="905" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A905" s="254"/>
+      <c r="B905" s="257"/>
+      <c r="C905" s="256"/>
+      <c r="D905" s="257"/>
+      <c r="E905" s="258"/>
+      <c r="F905" s="259"/>
+      <c r="G905" s="261"/>
+      <c r="H905" s="261"/>
+      <c r="I905" s="261"/>
+      <c r="J905" s="261"/>
+      <c r="K905" s="261"/>
+      <c r="L905" s="261"/>
+      <c r="M905" s="261"/>
+      <c r="N905" s="260"/>
+      <c r="O905" s="262"/>
+      <c r="P905" s="262"/>
+      <c r="Q905" s="262"/>
+      <c r="R905" s="21"/>
+    </row>
+    <row r="906" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A906" s="254"/>
+      <c r="B906" s="257"/>
+      <c r="C906" s="256"/>
+      <c r="D906" s="257"/>
+      <c r="E906" s="258"/>
+      <c r="F906" s="259"/>
+      <c r="G906" s="261"/>
+      <c r="H906" s="261"/>
+      <c r="I906" s="261"/>
+      <c r="J906" s="261"/>
+      <c r="K906" s="261"/>
+      <c r="L906" s="261"/>
+      <c r="M906" s="261"/>
+      <c r="N906" s="260"/>
+      <c r="O906" s="262"/>
+      <c r="P906" s="262"/>
+      <c r="Q906" s="262"/>
+      <c r="R906" s="21"/>
+    </row>
+    <row r="907" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A907" s="254"/>
+      <c r="B907" s="257"/>
+      <c r="C907" s="256"/>
+      <c r="D907" s="257"/>
+      <c r="E907" s="258"/>
+      <c r="F907" s="259"/>
+      <c r="G907" s="261"/>
+      <c r="H907" s="261"/>
+      <c r="I907" s="261"/>
+      <c r="J907" s="261"/>
+      <c r="K907" s="261"/>
+      <c r="L907" s="261"/>
+      <c r="M907" s="261"/>
+      <c r="N907" s="260"/>
+      <c r="O907" s="262"/>
+      <c r="P907" s="262"/>
+      <c r="Q907" s="262"/>
+      <c r="R907" s="21"/>
+    </row>
+    <row r="908" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A908" s="254"/>
+      <c r="B908" s="257"/>
+      <c r="C908" s="256"/>
+      <c r="D908" s="257"/>
+      <c r="E908" s="258"/>
+      <c r="F908" s="259"/>
+      <c r="G908" s="261"/>
+      <c r="H908" s="261"/>
+      <c r="I908" s="261"/>
+      <c r="J908" s="261"/>
+      <c r="K908" s="261"/>
+      <c r="L908" s="261"/>
+      <c r="M908" s="261"/>
+      <c r="N908" s="260"/>
+      <c r="O908" s="262"/>
+      <c r="P908" s="262"/>
+      <c r="Q908" s="262"/>
+      <c r="R908" s="21"/>
+    </row>
+    <row r="909" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A909" s="254"/>
+      <c r="B909" s="257"/>
+      <c r="C909" s="256"/>
+      <c r="D909" s="257"/>
+      <c r="E909" s="258"/>
+      <c r="F909" s="259"/>
+      <c r="G909" s="261"/>
+      <c r="H909" s="261"/>
+      <c r="I909" s="261"/>
+      <c r="J909" s="261"/>
+      <c r="K909" s="261"/>
+      <c r="L909" s="261"/>
+      <c r="M909" s="261"/>
+      <c r="N909" s="260"/>
+      <c r="O909" s="262"/>
+      <c r="P909" s="262"/>
+      <c r="Q909" s="262"/>
+      <c r="R909" s="21"/>
+    </row>
+    <row r="910" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A910" s="254"/>
+      <c r="B910" s="257"/>
+      <c r="C910" s="256"/>
+      <c r="D910" s="257"/>
+      <c r="E910" s="258"/>
+      <c r="F910" s="259"/>
+      <c r="G910" s="261"/>
+      <c r="H910" s="261"/>
+      <c r="I910" s="261"/>
+      <c r="J910" s="261"/>
+      <c r="K910" s="261"/>
+      <c r="L910" s="261"/>
+      <c r="M910" s="261"/>
+      <c r="N910" s="260"/>
+      <c r="O910" s="262"/>
+      <c r="P910" s="262"/>
+      <c r="Q910" s="262"/>
+      <c r="R910" s="21"/>
+    </row>
+    <row r="911" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A911" s="254"/>
+      <c r="B911" s="257"/>
+      <c r="C911" s="256"/>
+      <c r="D911" s="257"/>
+      <c r="E911" s="258"/>
+      <c r="F911" s="259"/>
+      <c r="G911" s="261"/>
+      <c r="H911" s="261"/>
+      <c r="I911" s="261"/>
+      <c r="J911" s="261"/>
+      <c r="K911" s="261"/>
+      <c r="L911" s="261"/>
+      <c r="M911" s="261"/>
+      <c r="N911" s="260"/>
+      <c r="O911" s="262"/>
+      <c r="P911" s="262"/>
+      <c r="Q911" s="262"/>
+      <c r="R911" s="21"/>
+    </row>
+    <row r="912" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A912" s="254"/>
+      <c r="B912" s="257"/>
+      <c r="C912" s="256"/>
+      <c r="D912" s="257"/>
+      <c r="E912" s="258"/>
+      <c r="F912" s="259"/>
+      <c r="G912" s="261"/>
+      <c r="H912" s="261"/>
+      <c r="I912" s="261"/>
+      <c r="J912" s="261"/>
+      <c r="K912" s="261"/>
+      <c r="L912" s="261"/>
+      <c r="M912" s="261"/>
+      <c r="N912" s="260"/>
+      <c r="O912" s="262"/>
+      <c r="P912" s="262"/>
+      <c r="Q912" s="262"/>
+      <c r="R912" s="21"/>
+    </row>
+    <row r="913" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A913" s="254"/>
+      <c r="B913" s="257"/>
+      <c r="C913" s="256"/>
+      <c r="D913" s="257"/>
+      <c r="E913" s="258"/>
+      <c r="F913" s="259"/>
+      <c r="G913" s="261"/>
+      <c r="H913" s="261"/>
+      <c r="I913" s="261"/>
+      <c r="J913" s="261"/>
+      <c r="K913" s="261"/>
+      <c r="L913" s="261"/>
+      <c r="M913" s="261"/>
+      <c r="N913" s="260"/>
+      <c r="O913" s="262"/>
+      <c r="P913" s="262"/>
+      <c r="Q913" s="262"/>
+      <c r="R913" s="21"/>
+    </row>
+    <row r="914" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A914" s="254"/>
+      <c r="B914" s="257"/>
+      <c r="C914" s="256"/>
+      <c r="D914" s="257"/>
+      <c r="E914" s="258"/>
+      <c r="F914" s="259"/>
+      <c r="G914" s="261"/>
+      <c r="H914" s="261"/>
+      <c r="I914" s="261"/>
+      <c r="J914" s="261"/>
+      <c r="K914" s="261"/>
+      <c r="L914" s="261"/>
+      <c r="M914" s="261"/>
+      <c r="N914" s="260"/>
+      <c r="O914" s="262"/>
+      <c r="P914" s="262"/>
+      <c r="Q914" s="262"/>
+      <c r="R914" s="21"/>
+    </row>
+    <row r="915" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A915" s="254"/>
+      <c r="B915" s="257"/>
+      <c r="C915" s="256"/>
+      <c r="D915" s="257"/>
+      <c r="E915" s="258"/>
+      <c r="F915" s="259"/>
+      <c r="G915" s="261"/>
+      <c r="H915" s="261"/>
+      <c r="I915" s="261"/>
+      <c r="J915" s="261"/>
+      <c r="K915" s="261"/>
+      <c r="L915" s="261"/>
+      <c r="M915" s="261"/>
+      <c r="N915" s="260"/>
+      <c r="O915" s="262"/>
+      <c r="P915" s="262"/>
+      <c r="Q915" s="262"/>
+      <c r="R915" s="21"/>
+    </row>
+    <row r="916" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A916" s="254"/>
+      <c r="B916" s="257"/>
+      <c r="C916" s="256"/>
+      <c r="D916" s="257"/>
+      <c r="E916" s="258"/>
+      <c r="F916" s="259"/>
+      <c r="G916" s="261"/>
+      <c r="H916" s="261"/>
+      <c r="I916" s="261"/>
+      <c r="J916" s="261"/>
+      <c r="K916" s="261"/>
+      <c r="L916" s="261"/>
+      <c r="M916" s="261"/>
+      <c r="N916" s="260"/>
+      <c r="O916" s="262"/>
+      <c r="P916" s="262"/>
+      <c r="Q916" s="262"/>
+      <c r="R916" s="21"/>
+    </row>
+    <row r="917" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A917" s="254"/>
+      <c r="B917" s="257"/>
+      <c r="C917" s="256"/>
+      <c r="D917" s="257"/>
+      <c r="E917" s="258"/>
+      <c r="F917" s="259"/>
+      <c r="G917" s="261"/>
+      <c r="H917" s="261"/>
+      <c r="I917" s="261"/>
+      <c r="J917" s="261"/>
+      <c r="K917" s="261"/>
+      <c r="L917" s="261"/>
+      <c r="M917" s="261"/>
+      <c r="N917" s="260"/>
+      <c r="O917" s="262"/>
+      <c r="P917" s="262"/>
+      <c r="Q917" s="262"/>
+      <c r="R917" s="21"/>
+    </row>
+    <row r="918" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A918" s="254"/>
+      <c r="B918" s="257"/>
+      <c r="C918" s="256"/>
+      <c r="D918" s="257"/>
+      <c r="E918" s="258"/>
+      <c r="F918" s="259"/>
+      <c r="G918" s="261"/>
+      <c r="H918" s="261"/>
+      <c r="I918" s="261"/>
+      <c r="J918" s="261"/>
+      <c r="K918" s="261"/>
+      <c r="L918" s="261"/>
+      <c r="M918" s="261"/>
+      <c r="N918" s="260"/>
+      <c r="O918" s="262"/>
+      <c r="P918" s="262"/>
+      <c r="Q918" s="262"/>
+      <c r="R918" s="21"/>
+    </row>
+    <row r="919" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A919" s="254"/>
+      <c r="B919" s="257"/>
+      <c r="C919" s="256"/>
+      <c r="D919" s="257"/>
+      <c r="E919" s="258"/>
+      <c r="F919" s="259"/>
+      <c r="G919" s="261"/>
+      <c r="H919" s="261"/>
+      <c r="I919" s="261"/>
+      <c r="J919" s="261"/>
+      <c r="K919" s="261"/>
+      <c r="L919" s="261"/>
+      <c r="M919" s="261"/>
+      <c r="N919" s="260"/>
+      <c r="O919" s="262"/>
+      <c r="P919" s="262"/>
+      <c r="Q919" s="262"/>
+      <c r="R919" s="21"/>
+    </row>
+    <row r="920" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A920" s="254"/>
+      <c r="B920" s="257"/>
+      <c r="C920" s="256"/>
+      <c r="D920" s="257"/>
+      <c r="E920" s="258"/>
+      <c r="F920" s="259"/>
+      <c r="G920" s="261"/>
+      <c r="H920" s="261"/>
+      <c r="I920" s="261"/>
+      <c r="J920" s="261"/>
+      <c r="K920" s="261"/>
+      <c r="L920" s="261"/>
+      <c r="M920" s="261"/>
+      <c r="N920" s="260"/>
+      <c r="O920" s="262"/>
+      <c r="P920" s="262"/>
+      <c r="Q920" s="262"/>
+      <c r="R920" s="21"/>
+    </row>
+    <row r="921" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A921" s="254"/>
+      <c r="B921" s="257"/>
+      <c r="C921" s="256"/>
+      <c r="D921" s="257"/>
+      <c r="E921" s="258"/>
+      <c r="F921" s="259"/>
+      <c r="G921" s="261"/>
+      <c r="H921" s="261"/>
+      <c r="I921" s="261"/>
+      <c r="J921" s="261"/>
+      <c r="K921" s="261"/>
+      <c r="L921" s="261"/>
+      <c r="M921" s="261"/>
+      <c r="N921" s="260"/>
+      <c r="O921" s="262"/>
+      <c r="P921" s="262"/>
+      <c r="Q921" s="262"/>
+      <c r="R921" s="21"/>
+    </row>
+    <row r="922" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A922" s="254"/>
+      <c r="B922" s="257"/>
+      <c r="C922" s="256"/>
+      <c r="D922" s="257"/>
+      <c r="E922" s="258"/>
+      <c r="F922" s="259"/>
+      <c r="G922" s="261"/>
+      <c r="H922" s="261"/>
+      <c r="I922" s="261"/>
+      <c r="J922" s="261"/>
+      <c r="K922" s="261"/>
+      <c r="L922" s="261"/>
+      <c r="M922" s="261"/>
+      <c r="N922" s="260"/>
+      <c r="O922" s="262"/>
+      <c r="P922" s="262"/>
+      <c r="Q922" s="262"/>
+      <c r="R922" s="21"/>
+    </row>
+    <row r="923" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A923" s="254"/>
+      <c r="B923" s="257"/>
+      <c r="C923" s="256"/>
+      <c r="D923" s="257"/>
+      <c r="E923" s="258"/>
+      <c r="F923" s="259"/>
+      <c r="G923" s="261"/>
+      <c r="H923" s="261"/>
+      <c r="I923" s="261"/>
+      <c r="J923" s="261"/>
+      <c r="K923" s="261"/>
+      <c r="L923" s="261"/>
+      <c r="M923" s="261"/>
+      <c r="N923" s="260"/>
+      <c r="O923" s="262"/>
+      <c r="P923" s="262"/>
+      <c r="Q923" s="262"/>
+      <c r="R923" s="21"/>
+    </row>
+    <row r="924" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A924" s="254"/>
+      <c r="B924" s="257"/>
+      <c r="C924" s="256"/>
+      <c r="D924" s="257"/>
+      <c r="E924" s="258"/>
+      <c r="F924" s="259"/>
+      <c r="G924" s="261"/>
+      <c r="H924" s="261"/>
+      <c r="I924" s="261"/>
+      <c r="J924" s="261"/>
+      <c r="K924" s="261"/>
+      <c r="L924" s="261"/>
+      <c r="M924" s="261"/>
+      <c r="N924" s="260"/>
+      <c r="O924" s="262"/>
+      <c r="P924" s="262"/>
+      <c r="Q924" s="262"/>
+      <c r="R924" s="21"/>
+    </row>
+    <row r="925" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A925" s="254"/>
+      <c r="B925" s="257"/>
+      <c r="C925" s="256"/>
+      <c r="D925" s="257"/>
+      <c r="E925" s="258"/>
+      <c r="F925" s="259"/>
+      <c r="G925" s="261"/>
+      <c r="H925" s="261"/>
+      <c r="I925" s="261"/>
+      <c r="J925" s="261"/>
+      <c r="K925" s="261"/>
+      <c r="L925" s="261"/>
+      <c r="M925" s="261"/>
+      <c r="N925" s="260"/>
+      <c r="O925" s="262"/>
+      <c r="P925" s="262"/>
+      <c r="Q925" s="262"/>
+      <c r="R925" s="21"/>
+    </row>
+    <row r="926" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A926" s="254"/>
+      <c r="B926" s="257"/>
+      <c r="C926" s="256"/>
+      <c r="D926" s="257"/>
+      <c r="E926" s="258"/>
+      <c r="F926" s="259"/>
+      <c r="G926" s="261"/>
+      <c r="H926" s="261"/>
+      <c r="I926" s="261"/>
+      <c r="J926" s="261"/>
+      <c r="K926" s="261"/>
+      <c r="L926" s="261"/>
+      <c r="M926" s="261"/>
+      <c r="N926" s="260"/>
+      <c r="O926" s="262"/>
+      <c r="P926" s="262"/>
+      <c r="Q926" s="262"/>
+      <c r="R926" s="21"/>
+    </row>
+    <row r="927" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A927" s="254"/>
+      <c r="B927" s="257"/>
+      <c r="C927" s="256"/>
+      <c r="D927" s="257"/>
+      <c r="E927" s="258"/>
+      <c r="F927" s="259"/>
+      <c r="G927" s="261"/>
+      <c r="H927" s="261"/>
+      <c r="I927" s="261"/>
+      <c r="J927" s="261"/>
+      <c r="K927" s="261"/>
+      <c r="L927" s="261"/>
+      <c r="M927" s="261"/>
+      <c r="N927" s="260"/>
+      <c r="O927" s="262"/>
+      <c r="P927" s="262"/>
+      <c r="Q927" s="262"/>
+      <c r="R927" s="21"/>
+    </row>
+    <row r="928" spans="1:18" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A928" s="254"/>
+      <c r="B928" s="257"/>
+      <c r="C928" s="256"/>
+      <c r="D928" s="257"/>
+      <c r="E928" s="258"/>
+      <c r="F928" s="259"/>
+      <c r="G928" s="261"/>
+      <c r="H928" s="261"/>
+      <c r="I928" s="261"/>
+      <c r="J928" s="261"/>
+      <c r="K928" s="261"/>
+      <c r="L928" s="261"/>
+      <c r="M928" s="261"/>
+      <c r="N928" s="260"/>
+      <c r="O928" s="262"/>
+      <c r="P928" s="262"/>
+      <c r="Q928" s="262"/>
+      <c r="R928" s="21"/>
+    </row>
+    <row r="929" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A929" s="254"/>
+      <c r="B929" s="257"/>
+      <c r="C929" s="256"/>
+      <c r="D929" s="257"/>
+      <c r="E929" s="258"/>
+      <c r="F929" s="259"/>
+      <c r="G929" s="261"/>
+      <c r="H929" s="261"/>
+      <c r="I929" s="261"/>
+      <c r="J929" s="261"/>
+      <c r="K929" s="261"/>
+      <c r="L929" s="261"/>
+      <c r="M929" s="261"/>
+      <c r="N929" s="260"/>
+      <c r="O929" s="262"/>
+      <c r="P929" s="262"/>
+      <c r="Q929" s="262"/>
+      <c r="R929" s="21"/>
+    </row>
+    <row r="930" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A930" s="254"/>
+      <c r="B930" s="257"/>
+      <c r="C930" s="256"/>
+      <c r="D930" s="257"/>
+      <c r="E930" s="258"/>
+      <c r="F930" s="259"/>
+      <c r="G930" s="261"/>
+      <c r="H930" s="261"/>
+      <c r="I930" s="261"/>
+      <c r="J930" s="261"/>
+      <c r="K930" s="261"/>
+      <c r="L930" s="261"/>
+      <c r="M930" s="261"/>
+      <c r="N930" s="260"/>
+      <c r="O930" s="262"/>
+      <c r="P930" s="262"/>
+      <c r="Q930" s="262"/>
+      <c r="R930" s="21"/>
+    </row>
+    <row r="931" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A931" s="254"/>
+      <c r="B931" s="257"/>
+      <c r="C931" s="256"/>
+      <c r="D931" s="257"/>
+      <c r="E931" s="258"/>
+      <c r="F931" s="259"/>
+      <c r="G931" s="261"/>
+      <c r="H931" s="261"/>
+      <c r="I931" s="261"/>
+      <c r="J931" s="261"/>
+      <c r="K931" s="261"/>
+      <c r="L931" s="261"/>
+      <c r="M931" s="261"/>
+      <c r="N931" s="260"/>
+      <c r="O931" s="262"/>
+      <c r="P931" s="262"/>
+      <c r="Q931" s="262"/>
+      <c r="R931" s="21"/>
+    </row>
+    <row r="932" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A932" s="254"/>
+      <c r="B932" s="257"/>
+      <c r="C932" s="256"/>
+      <c r="D932" s="257"/>
+      <c r="E932" s="258"/>
+      <c r="F932" s="259"/>
+      <c r="G932" s="261"/>
+      <c r="H932" s="261"/>
+      <c r="I932" s="261"/>
+      <c r="J932" s="261"/>
+      <c r="K932" s="261"/>
+      <c r="L932" s="261"/>
+      <c r="M932" s="261"/>
+      <c r="N932" s="260"/>
+      <c r="O932" s="262"/>
+      <c r="P932" s="262"/>
+      <c r="Q932" s="262"/>
+      <c r="R932" s="21"/>
+    </row>
+    <row r="933" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A933" s="254"/>
+      <c r="B933" s="257"/>
+      <c r="C933" s="256"/>
+      <c r="D933" s="257"/>
+      <c r="E933" s="258"/>
+      <c r="F933" s="259"/>
+      <c r="G933" s="261"/>
+      <c r="H933" s="261"/>
+      <c r="I933" s="261"/>
+      <c r="J933" s="261"/>
+      <c r="K933" s="261"/>
+      <c r="L933" s="261"/>
+      <c r="M933" s="261"/>
+      <c r="N933" s="260"/>
+      <c r="O933" s="262"/>
+      <c r="P933" s="262"/>
+      <c r="Q933" s="262"/>
+      <c r="R933" s="21"/>
+    </row>
+    <row r="934" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A934" s="254"/>
+      <c r="B934" s="257"/>
+      <c r="C934" s="256"/>
+      <c r="D934" s="257"/>
+      <c r="E934" s="258"/>
+      <c r="F934" s="259"/>
+      <c r="G934" s="261"/>
+      <c r="H934" s="261"/>
+      <c r="I934" s="261"/>
+      <c r="J934" s="261"/>
+      <c r="K934" s="261"/>
+      <c r="L934" s="261"/>
+      <c r="M934" s="261"/>
+      <c r="N934" s="260"/>
+      <c r="O934" s="262"/>
+      <c r="P934" s="262"/>
+      <c r="Q934" s="262"/>
+      <c r="R934" s="21"/>
+    </row>
+    <row r="935" spans="1:94" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A935" s="254"/>
+      <c r="B935" s="257"/>
+      <c r="C935" s="256"/>
+      <c r="D935" s="257"/>
+      <c r="E935" s="258"/>
+      <c r="F935" s="259"/>
+      <c r="G935" s="261"/>
+      <c r="H935" s="261"/>
+      <c r="I935" s="261"/>
+      <c r="J935" s="261"/>
+      <c r="K935" s="261"/>
+      <c r="L935" s="261"/>
+      <c r="M935" s="261"/>
+      <c r="N935" s="260"/>
+      <c r="O935" s="262"/>
+      <c r="P935" s="262"/>
+      <c r="Q935" s="262"/>
+      <c r="R935" s="21"/>
+    </row>
+    <row r="936" spans="1:94" s="277" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A936" s="267"/>
+      <c r="B936" s="268"/>
+      <c r="C936" s="269"/>
+      <c r="D936" s="268"/>
+      <c r="E936" s="270"/>
+      <c r="F936" s="271"/>
+      <c r="G936" s="273"/>
+      <c r="H936" s="273"/>
+      <c r="I936" s="273"/>
+      <c r="J936" s="273"/>
+      <c r="K936" s="273"/>
+      <c r="L936" s="273"/>
+      <c r="M936" s="273"/>
+      <c r="N936" s="272"/>
+      <c r="O936" s="274"/>
+      <c r="P936" s="274"/>
+      <c r="Q936" s="275"/>
+      <c r="R936" s="21"/>
+      <c r="S936" s="22"/>
+      <c r="T936" s="22"/>
+      <c r="U936" s="22"/>
+      <c r="V936" s="22"/>
+      <c r="W936" s="22"/>
+      <c r="X936" s="22"/>
+      <c r="Y936" s="22"/>
+      <c r="Z936" s="22"/>
+      <c r="AA936" s="22"/>
+      <c r="AB936" s="22"/>
+      <c r="AC936" s="22"/>
+      <c r="AD936" s="22"/>
+      <c r="AE936" s="22"/>
+      <c r="AF936" s="22"/>
+      <c r="AG936" s="22"/>
+      <c r="AH936" s="22"/>
+      <c r="AI936" s="22"/>
+      <c r="AJ936" s="22"/>
+      <c r="AK936" s="22"/>
+      <c r="AL936" s="22"/>
+      <c r="AM936" s="22"/>
+      <c r="AN936" s="22"/>
+      <c r="AO936" s="22"/>
+      <c r="AP936" s="22"/>
+      <c r="AQ936" s="22"/>
+      <c r="AR936" s="22"/>
+      <c r="AS936" s="22"/>
+      <c r="AT936" s="22"/>
+      <c r="AU936" s="22"/>
+      <c r="AV936" s="22"/>
+      <c r="AW936" s="22"/>
+      <c r="AX936" s="22"/>
+      <c r="AY936" s="22"/>
+      <c r="AZ936" s="22"/>
+      <c r="BA936" s="22"/>
+      <c r="BB936" s="22"/>
+      <c r="BC936" s="22"/>
+      <c r="BD936" s="22"/>
+      <c r="BE936" s="22"/>
+      <c r="BF936" s="22"/>
+      <c r="BG936" s="22"/>
+      <c r="BH936" s="22"/>
+      <c r="BI936" s="22"/>
+      <c r="BJ936" s="22"/>
+      <c r="BK936" s="22"/>
+      <c r="BL936" s="22"/>
+      <c r="BM936" s="22"/>
+      <c r="BN936" s="22"/>
+      <c r="BO936" s="22"/>
+      <c r="BP936" s="22"/>
+      <c r="BQ936" s="22"/>
+      <c r="BR936" s="22"/>
+      <c r="BS936" s="22"/>
+      <c r="BT936" s="22"/>
+      <c r="BU936" s="22"/>
+      <c r="BV936" s="22"/>
+      <c r="BW936" s="22"/>
+      <c r="BX936" s="22"/>
+      <c r="BY936" s="22"/>
+      <c r="BZ936" s="22"/>
+      <c r="CA936" s="22"/>
+      <c r="CB936" s="22"/>
+      <c r="CC936" s="22"/>
+      <c r="CD936" s="22"/>
+      <c r="CE936" s="22"/>
+      <c r="CF936" s="22"/>
+      <c r="CG936" s="22"/>
+      <c r="CH936" s="22"/>
+      <c r="CI936" s="22"/>
+      <c r="CJ936" s="22"/>
+      <c r="CK936" s="22"/>
+      <c r="CL936" s="22"/>
+      <c r="CM936" s="22"/>
+      <c r="CN936" s="22"/>
+      <c r="CO936" s="22"/>
+      <c r="CP936" s="276"/>
+    </row>
+    <row r="937" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B937" s="279"/>
+      <c r="D937" s="279"/>
+      <c r="F937" s="282"/>
+    </row>
+    <row r="938" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B938" s="279"/>
+      <c r="D938" s="279"/>
+      <c r="F938" s="282"/>
+    </row>
+    <row r="939" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B939" s="279"/>
+      <c r="D939" s="279"/>
+      <c r="F939" s="282"/>
+    </row>
+    <row r="940" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B940" s="279"/>
+      <c r="D940" s="279"/>
+      <c r="F940" s="282"/>
+    </row>
+    <row r="941" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B941" s="279"/>
+      <c r="D941" s="279"/>
+      <c r="F941" s="282"/>
+    </row>
+    <row r="942" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B942" s="279"/>
+      <c r="D942" s="279"/>
+      <c r="F942" s="282"/>
+    </row>
+    <row r="943" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B943" s="279"/>
+      <c r="D943" s="279"/>
+      <c r="F943" s="282"/>
+    </row>
+    <row r="944" spans="1:94" x14ac:dyDescent="0.2">
+      <c r="B944" s="279"/>
+      <c r="D944" s="279"/>
+      <c r="F944" s="282"/>
+    </row>
+    <row r="945" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B945" s="279"/>
+      <c r="D945" s="279"/>
+      <c r="F945" s="282"/>
+    </row>
+    <row r="946" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B946" s="279"/>
+      <c r="D946" s="279"/>
+      <c r="F946" s="282"/>
+    </row>
+    <row r="947" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B947" s="279"/>
+      <c r="D947" s="279"/>
+      <c r="F947" s="282"/>
+    </row>
+    <row r="948" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B948" s="279"/>
+      <c r="D948" s="279"/>
+      <c r="F948" s="282"/>
+    </row>
+    <row r="949" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B949" s="279"/>
+      <c r="D949" s="279"/>
+      <c r="F949" s="282"/>
+    </row>
+    <row r="950" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B950" s="279"/>
+      <c r="D950" s="279"/>
+      <c r="F950" s="282"/>
+    </row>
+    <row r="951" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B951" s="279"/>
+      <c r="D951" s="279"/>
+      <c r="F951" s="282"/>
+    </row>
+    <row r="952" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B952" s="279"/>
+      <c r="D952" s="279"/>
+      <c r="F952" s="282"/>
+    </row>
+    <row r="953" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B953" s="279"/>
+      <c r="D953" s="279"/>
+      <c r="F953" s="282"/>
+    </row>
+    <row r="954" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B954" s="279"/>
+      <c r="D954" s="279"/>
+      <c r="F954" s="282"/>
+    </row>
+    <row r="955" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B955" s="279"/>
+      <c r="D955" s="279"/>
+      <c r="F955" s="282"/>
+    </row>
+    <row r="956" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B956" s="279"/>
+      <c r="D956" s="279"/>
+      <c r="F956" s="282"/>
+    </row>
+    <row r="957" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B957" s="279"/>
+      <c r="D957" s="279"/>
+      <c r="F957" s="282"/>
+    </row>
+    <row r="958" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B958" s="279"/>
+      <c r="D958" s="279"/>
+      <c r="F958" s="282"/>
+    </row>
+    <row r="959" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B959" s="279"/>
+      <c r="D959" s="279"/>
+      <c r="F959" s="282"/>
+    </row>
+    <row r="960" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B960" s="279"/>
+      <c r="D960" s="279"/>
+      <c r="F960" s="282"/>
+    </row>
+    <row r="961" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B961" s="279"/>
+      <c r="D961" s="279"/>
+      <c r="F961" s="282"/>
+    </row>
+    <row r="962" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B962" s="279"/>
+      <c r="D962" s="279"/>
+      <c r="F962" s="282"/>
+    </row>
+    <row r="963" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B963" s="279"/>
+      <c r="D963" s="279"/>
+      <c r="F963" s="282"/>
+    </row>
+    <row r="964" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B964" s="279"/>
+      <c r="D964" s="279"/>
+      <c r="F964" s="282"/>
+    </row>
+    <row r="965" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B965" s="279"/>
+      <c r="D965" s="279"/>
+      <c r="F965" s="282"/>
+    </row>
+    <row r="966" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B966" s="279"/>
+      <c r="D966" s="279"/>
+      <c r="F966" s="282"/>
+    </row>
+    <row r="967" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B967" s="279"/>
+      <c r="D967" s="279"/>
+      <c r="F967" s="282"/>
+    </row>
+    <row r="968" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B968" s="279"/>
+      <c r="D968" s="279"/>
+      <c r="F968" s="282"/>
+    </row>
+    <row r="969" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B969" s="279"/>
+      <c r="D969" s="279"/>
+      <c r="F969" s="282"/>
+    </row>
+    <row r="970" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B970" s="279"/>
+      <c r="D970" s="279"/>
+      <c r="F970" s="282"/>
+    </row>
+    <row r="971" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B971" s="279"/>
+      <c r="D971" s="279"/>
+      <c r="F971" s="282"/>
+    </row>
+    <row r="972" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B972" s="279"/>
+      <c r="D972" s="279"/>
+      <c r="F972" s="282"/>
+    </row>
+    <row r="973" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B973" s="279"/>
+      <c r="D973" s="279"/>
+      <c r="F973" s="282"/>
+    </row>
+    <row r="974" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B974" s="279"/>
+      <c r="D974" s="279"/>
+      <c r="F974" s="282"/>
+    </row>
+    <row r="975" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B975" s="279"/>
+      <c r="D975" s="279"/>
+      <c r="F975" s="282"/>
+    </row>
+    <row r="976" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B976" s="279"/>
+      <c r="D976" s="279"/>
+      <c r="F976" s="282"/>
+    </row>
+    <row r="977" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B977" s="279"/>
+      <c r="D977" s="279"/>
+      <c r="F977" s="282"/>
+    </row>
+    <row r="978" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B978" s="279"/>
+      <c r="D978" s="279"/>
+      <c r="F978" s="282"/>
+    </row>
+    <row r="979" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B979" s="279"/>
+      <c r="D979" s="279"/>
+      <c r="F979" s="282"/>
+    </row>
+    <row r="980" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B980" s="279"/>
+      <c r="D980" s="279"/>
+      <c r="F980" s="282"/>
+    </row>
+    <row r="981" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B981" s="279"/>
+      <c r="D981" s="279"/>
+      <c r="F981" s="282"/>
+    </row>
+    <row r="982" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B982" s="279"/>
+      <c r="D982" s="279"/>
+      <c r="F982" s="282"/>
+    </row>
+    <row r="983" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B983" s="279"/>
+      <c r="D983" s="279"/>
+      <c r="F983" s="282"/>
+    </row>
+    <row r="984" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B984" s="279"/>
+      <c r="D984" s="279"/>
+      <c r="F984" s="282"/>
+    </row>
+    <row r="985" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B985" s="279"/>
+      <c r="D985" s="279"/>
+      <c r="F985" s="282"/>
+    </row>
+    <row r="986" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B986" s="279"/>
+      <c r="D986" s="279"/>
+      <c r="F986" s="282"/>
+    </row>
+    <row r="987" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B987" s="279"/>
+      <c r="D987" s="279"/>
+      <c r="F987" s="282"/>
+    </row>
+    <row r="988" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B988" s="279"/>
+      <c r="D988" s="279"/>
+      <c r="F988" s="282"/>
+    </row>
+    <row r="989" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B989" s="279"/>
+      <c r="D989" s="279"/>
+      <c r="F989" s="282"/>
+    </row>
+    <row r="990" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B990" s="279"/>
+      <c r="D990" s="279"/>
+      <c r="F990" s="282"/>
+    </row>
+    <row r="991" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B991" s="279"/>
+      <c r="D991" s="279"/>
+      <c r="F991" s="282"/>
+    </row>
+    <row r="992" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B992" s="279"/>
+      <c r="D992" s="279"/>
+      <c r="F992" s="282"/>
+    </row>
+    <row r="993" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B993" s="279"/>
+      <c r="D993" s="279"/>
+      <c r="F993" s="282"/>
+    </row>
+    <row r="994" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B994" s="279"/>
+      <c r="D994" s="279"/>
+      <c r="F994" s="282"/>
+    </row>
+    <row r="995" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B995" s="279"/>
+      <c r="D995" s="279"/>
+      <c r="F995" s="282"/>
+    </row>
+    <row r="996" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B996" s="279"/>
+      <c r="D996" s="279"/>
+      <c r="F996" s="282"/>
+    </row>
+    <row r="997" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B997" s="279"/>
+      <c r="D997" s="279"/>
+      <c r="F997" s="282"/>
+    </row>
+    <row r="998" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B998" s="279"/>
+      <c r="D998" s="279"/>
+      <c r="F998" s="282"/>
+    </row>
+    <row r="999" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B999" s="279"/>
+      <c r="D999" s="279"/>
+      <c r="F999" s="282"/>
+    </row>
+    <row r="1000" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1000" s="279"/>
+      <c r="D1000" s="279"/>
+      <c r="F1000" s="282"/>
+    </row>
+    <row r="1001" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1001" s="279"/>
+      <c r="D1001" s="279"/>
+      <c r="F1001" s="282"/>
+    </row>
+    <row r="1002" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1002" s="279"/>
+      <c r="D1002" s="279"/>
+      <c r="F1002" s="282"/>
+    </row>
+    <row r="1003" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1003" s="279"/>
+      <c r="D1003" s="279"/>
+      <c r="F1003" s="282"/>
+    </row>
+    <row r="1004" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1004" s="279"/>
+      <c r="D1004" s="279"/>
+      <c r="F1004" s="282"/>
+    </row>
+    <row r="1005" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1005" s="279"/>
+      <c r="D1005" s="279"/>
+      <c r="F1005" s="282"/>
+    </row>
+    <row r="1006" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1006" s="279"/>
+      <c r="D1006" s="279"/>
+      <c r="F1006" s="282"/>
+    </row>
+    <row r="1007" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1007" s="279"/>
+      <c r="D1007" s="279"/>
+      <c r="F1007" s="282"/>
+    </row>
+    <row r="1008" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1008" s="279"/>
+      <c r="D1008" s="279"/>
+      <c r="F1008" s="282"/>
+    </row>
+    <row r="1009" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1009" s="279"/>
+      <c r="D1009" s="279"/>
+      <c r="F1009" s="282"/>
+    </row>
+    <row r="1010" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1010" s="279"/>
+      <c r="D1010" s="279"/>
+      <c r="F1010" s="282"/>
+    </row>
+    <row r="1011" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1011" s="279"/>
+      <c r="D1011" s="279"/>
+      <c r="F1011" s="282"/>
+    </row>
+    <row r="1012" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1012" s="279"/>
+      <c r="D1012" s="279"/>
+      <c r="F1012" s="282"/>
+    </row>
+    <row r="1013" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1013" s="279"/>
+      <c r="D1013" s="279"/>
+      <c r="F1013" s="282"/>
+    </row>
+    <row r="1014" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1014" s="279"/>
+      <c r="D1014" s="279"/>
+      <c r="F1014" s="282"/>
+    </row>
+    <row r="1015" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1015" s="279"/>
+      <c r="D1015" s="279"/>
+      <c r="F1015" s="282"/>
+    </row>
+    <row r="1016" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1016" s="279"/>
+      <c r="D1016" s="279"/>
+      <c r="F1016" s="282"/>
+    </row>
+    <row r="1017" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1017" s="279"/>
+      <c r="D1017" s="279"/>
+      <c r="F1017" s="282"/>
+    </row>
+    <row r="1018" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1018" s="279"/>
+      <c r="D1018" s="279"/>
+      <c r="F1018" s="282"/>
+    </row>
+    <row r="1019" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1019" s="279"/>
+      <c r="D1019" s="279"/>
+      <c r="F1019" s="282"/>
+    </row>
+    <row r="1020" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1020" s="279"/>
+      <c r="D1020" s="279"/>
+      <c r="F1020" s="282"/>
+    </row>
+    <row r="1021" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1021" s="279"/>
+      <c r="D1021" s="279"/>
+      <c r="F1021" s="282"/>
+    </row>
+    <row r="1022" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1022" s="279"/>
+      <c r="D1022" s="279"/>
+      <c r="F1022" s="282"/>
+    </row>
+    <row r="1023" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1023" s="279"/>
+      <c r="D1023" s="279"/>
+      <c r="F1023" s="282"/>
+    </row>
+    <row r="1024" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1024" s="279"/>
+      <c r="D1024" s="279"/>
+      <c r="F1024" s="282"/>
+    </row>
+    <row r="1025" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1025" s="279"/>
+      <c r="D1025" s="279"/>
+      <c r="F1025" s="282"/>
+    </row>
+    <row r="1026" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1026" s="279"/>
+      <c r="D1026" s="279"/>
+      <c r="F1026" s="282"/>
+    </row>
+    <row r="1027" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1027" s="279"/>
+      <c r="D1027" s="279"/>
+      <c r="F1027" s="282"/>
+    </row>
+    <row r="1028" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1028" s="279"/>
+      <c r="D1028" s="279"/>
+      <c r="F1028" s="282"/>
+    </row>
+    <row r="1029" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1029" s="279"/>
+      <c r="D1029" s="279"/>
+      <c r="F1029" s="282"/>
+    </row>
+    <row r="1030" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1030" s="279"/>
+      <c r="D1030" s="279"/>
+      <c r="F1030" s="282"/>
+    </row>
+    <row r="1031" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1031" s="279"/>
+      <c r="D1031" s="279"/>
+      <c r="F1031" s="282"/>
+    </row>
+    <row r="1032" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1032" s="279"/>
+      <c r="D1032" s="279"/>
+      <c r="F1032" s="282"/>
+    </row>
+    <row r="1033" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1033" s="279"/>
+      <c r="D1033" s="279"/>
+      <c r="F1033" s="282"/>
+    </row>
+    <row r="1034" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1034" s="279"/>
+      <c r="D1034" s="279"/>
+      <c r="F1034" s="282"/>
+    </row>
+    <row r="1035" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1035" s="279"/>
+      <c r="D1035" s="279"/>
+      <c r="F1035" s="282"/>
+    </row>
+    <row r="1036" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1036" s="279"/>
+      <c r="D1036" s="279"/>
+      <c r="F1036" s="282"/>
+    </row>
+    <row r="1037" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1037" s="279"/>
+      <c r="D1037" s="279"/>
+      <c r="F1037" s="282"/>
+    </row>
+    <row r="1038" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1038" s="279"/>
+      <c r="D1038" s="279"/>
+      <c r="F1038" s="282"/>
+    </row>
+    <row r="1039" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1039" s="279"/>
+      <c r="D1039" s="279"/>
+      <c r="F1039" s="282"/>
+    </row>
+    <row r="1040" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1040" s="279"/>
+      <c r="D1040" s="279"/>
+      <c r="F1040" s="282"/>
+    </row>
+    <row r="1041" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1041" s="279"/>
+      <c r="D1041" s="279"/>
+      <c r="F1041" s="282"/>
+    </row>
+    <row r="1042" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1042" s="279"/>
+      <c r="D1042" s="279"/>
+      <c r="F1042" s="282"/>
+    </row>
+    <row r="1043" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1043" s="279"/>
+      <c r="D1043" s="279"/>
+      <c r="F1043" s="282"/>
+    </row>
+    <row r="1044" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1044" s="279"/>
+      <c r="D1044" s="279"/>
+      <c r="F1044" s="282"/>
+    </row>
+    <row r="1045" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1045" s="279"/>
+      <c r="D1045" s="279"/>
+      <c r="F1045" s="282"/>
+    </row>
+    <row r="1046" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1046" s="279"/>
+      <c r="D1046" s="279"/>
+      <c r="F1046" s="282"/>
+    </row>
+    <row r="1047" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1047" s="279"/>
+      <c r="D1047" s="279"/>
+      <c r="F1047" s="282"/>
+    </row>
+    <row r="1048" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1048" s="279"/>
+      <c r="D1048" s="279"/>
+      <c r="F1048" s="282"/>
+    </row>
+    <row r="1049" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1049" s="279"/>
+      <c r="D1049" s="279"/>
+      <c r="F1049" s="282"/>
+    </row>
+    <row r="1050" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1050" s="279"/>
+      <c r="D1050" s="279"/>
+      <c r="F1050" s="282"/>
+    </row>
+    <row r="1051" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1051" s="279"/>
+      <c r="D1051" s="279"/>
+      <c r="F1051" s="282"/>
+    </row>
+    <row r="1052" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1052" s="279"/>
+      <c r="D1052" s="279"/>
+      <c r="F1052" s="282"/>
+    </row>
+    <row r="1053" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1053" s="279"/>
+      <c r="D1053" s="279"/>
+      <c r="F1053" s="282"/>
+    </row>
+    <row r="1054" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1054" s="279"/>
+      <c r="D1054" s="279"/>
+      <c r="F1054" s="282"/>
+    </row>
+    <row r="1055" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1055" s="279"/>
+      <c r="D1055" s="279"/>
+      <c r="F1055" s="282"/>
+    </row>
+    <row r="1056" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1056" s="279"/>
+      <c r="D1056" s="279"/>
+      <c r="F1056" s="282"/>
+    </row>
+    <row r="1057" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1057" s="279"/>
+      <c r="D1057" s="279"/>
+      <c r="F1057" s="282"/>
+    </row>
+    <row r="1058" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1058" s="279"/>
+      <c r="D1058" s="279"/>
+      <c r="F1058" s="282"/>
+    </row>
+    <row r="1059" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1059" s="279"/>
+      <c r="D1059" s="279"/>
+      <c r="F1059" s="282"/>
+    </row>
+    <row r="1060" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1060" s="279"/>
+      <c r="D1060" s="279"/>
+      <c r="F1060" s="282"/>
+    </row>
+    <row r="1061" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1061" s="279"/>
+      <c r="D1061" s="279"/>
+      <c r="F1061" s="282"/>
+    </row>
+    <row r="1062" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1062" s="279"/>
+      <c r="D1062" s="279"/>
+      <c r="F1062" s="282"/>
+    </row>
+    <row r="1063" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1063" s="279"/>
+      <c r="D1063" s="279"/>
+      <c r="F1063" s="282"/>
+    </row>
+    <row r="1064" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1064" s="279"/>
+      <c r="D1064" s="279"/>
+      <c r="F1064" s="282"/>
+    </row>
+    <row r="1065" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1065" s="279"/>
+      <c r="D1065" s="279"/>
+      <c r="F1065" s="282"/>
+    </row>
+    <row r="1066" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1066" s="279"/>
+      <c r="D1066" s="279"/>
+      <c r="F1066" s="282"/>
+    </row>
+    <row r="1067" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1067" s="279"/>
+      <c r="D1067" s="279"/>
+      <c r="F1067" s="282"/>
+    </row>
+    <row r="1068" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1068" s="279"/>
+      <c r="D1068" s="279"/>
+      <c r="F1068" s="282"/>
+    </row>
+    <row r="1069" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1069" s="279"/>
+      <c r="D1069" s="279"/>
+      <c r="F1069" s="282"/>
+    </row>
+    <row r="1070" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1070" s="279"/>
+      <c r="D1070" s="279"/>
+      <c r="F1070" s="282"/>
+    </row>
+    <row r="1071" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1071" s="279"/>
+      <c r="D1071" s="279"/>
+      <c r="F1071" s="282"/>
+    </row>
+    <row r="1072" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1072" s="279"/>
+      <c r="D1072" s="279"/>
+      <c r="F1072" s="282"/>
+    </row>
+    <row r="1073" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1073" s="279"/>
+      <c r="D1073" s="279"/>
+      <c r="F1073" s="282"/>
+    </row>
+    <row r="1074" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1074" s="279"/>
+      <c r="D1074" s="279"/>
+      <c r="F1074" s="282"/>
+    </row>
+    <row r="1075" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1075" s="279"/>
+      <c r="D1075" s="279"/>
+      <c r="F1075" s="282"/>
+    </row>
+    <row r="1076" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1076" s="279"/>
+      <c r="D1076" s="279"/>
+      <c r="F1076" s="282"/>
+    </row>
+    <row r="1077" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1077" s="279"/>
+      <c r="D1077" s="279"/>
+      <c r="F1077" s="282"/>
+    </row>
+    <row r="1078" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1078" s="279"/>
+      <c r="D1078" s="279"/>
+      <c r="F1078" s="282"/>
+    </row>
+    <row r="1079" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1079" s="279"/>
+      <c r="D1079" s="279"/>
+      <c r="F1079" s="282"/>
+    </row>
+    <row r="1080" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1080" s="279"/>
+      <c r="D1080" s="279"/>
+      <c r="F1080" s="282"/>
+    </row>
+    <row r="1081" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1081" s="279"/>
+      <c r="D1081" s="279"/>
+      <c r="F1081" s="282"/>
+    </row>
+    <row r="1082" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1082" s="279"/>
+      <c r="D1082" s="279"/>
+      <c r="F1082" s="282"/>
+    </row>
+    <row r="1083" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1083" s="279"/>
+      <c r="D1083" s="279"/>
+      <c r="F1083" s="282"/>
+    </row>
+    <row r="1084" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1084" s="279"/>
+      <c r="D1084" s="279"/>
+      <c r="F1084" s="282"/>
+    </row>
+    <row r="1085" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1085" s="279"/>
+      <c r="D1085" s="279"/>
+      <c r="F1085" s="282"/>
+    </row>
+    <row r="1086" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1086" s="279"/>
+      <c r="D1086" s="279"/>
+      <c r="F1086" s="282"/>
+    </row>
+    <row r="1087" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1087" s="279"/>
+      <c r="D1087" s="279"/>
+      <c r="F1087" s="282"/>
+    </row>
+    <row r="1088" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1088" s="279"/>
+      <c r="D1088" s="279"/>
+      <c r="F1088" s="282"/>
+    </row>
+    <row r="1089" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1089" s="279"/>
+      <c r="D1089" s="279"/>
+      <c r="F1089" s="282"/>
+    </row>
+    <row r="1090" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1090" s="279"/>
+      <c r="D1090" s="279"/>
+      <c r="F1090" s="282"/>
+    </row>
+    <row r="1091" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1091" s="279"/>
+      <c r="D1091" s="279"/>
+      <c r="F1091" s="282"/>
+    </row>
+    <row r="1092" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1092" s="279"/>
+      <c r="D1092" s="279"/>
+      <c r="F1092" s="282"/>
+    </row>
+    <row r="1093" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1093" s="279"/>
+      <c r="D1093" s="279"/>
+      <c r="F1093" s="282"/>
+    </row>
+    <row r="1094" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1094" s="279"/>
+      <c r="D1094" s="279"/>
+      <c r="F1094" s="282"/>
+    </row>
+    <row r="1095" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1095" s="279"/>
+      <c r="D1095" s="279"/>
+      <c r="F1095" s="282"/>
+    </row>
+    <row r="1096" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1096" s="279"/>
+      <c r="D1096" s="279"/>
+      <c r="F1096" s="282"/>
+    </row>
+    <row r="1097" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1097" s="279"/>
+      <c r="D1097" s="279"/>
+      <c r="F1097" s="282"/>
+    </row>
+    <row r="1098" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1098" s="279"/>
+      <c r="D1098" s="279"/>
+      <c r="F1098" s="282"/>
+    </row>
+    <row r="1099" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1099" s="279"/>
+      <c r="D1099" s="279"/>
+      <c r="F1099" s="282"/>
+    </row>
+    <row r="1100" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1100" s="279"/>
+      <c r="D1100" s="279"/>
+      <c r="F1100" s="282"/>
+    </row>
+    <row r="1101" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1101" s="279"/>
+      <c r="D1101" s="279"/>
+      <c r="F1101" s="282"/>
+    </row>
+    <row r="1102" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1102" s="279"/>
+      <c r="D1102" s="279"/>
+      <c r="F1102" s="282"/>
+    </row>
+    <row r="1103" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1103" s="279"/>
+      <c r="D1103" s="279"/>
+      <c r="F1103" s="282"/>
+    </row>
+    <row r="1104" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1104" s="279"/>
+      <c r="D1104" s="279"/>
+      <c r="F1104" s="282"/>
+    </row>
+    <row r="1105" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1105" s="279"/>
+      <c r="D1105" s="279"/>
+      <c r="F1105" s="282"/>
+    </row>
+    <row r="1106" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1106" s="279"/>
+      <c r="D1106" s="279"/>
+      <c r="F1106" s="282"/>
+    </row>
+    <row r="1107" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1107" s="279"/>
+      <c r="D1107" s="279"/>
+      <c r="F1107" s="282"/>
+    </row>
+    <row r="1108" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1108" s="279"/>
+      <c r="D1108" s="279"/>
+      <c r="F1108" s="282"/>
+    </row>
+    <row r="1109" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1109" s="279"/>
+      <c r="D1109" s="279"/>
+      <c r="F1109" s="282"/>
+    </row>
+    <row r="1110" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1110" s="279"/>
+      <c r="D1110" s="279"/>
+      <c r="F1110" s="282"/>
+    </row>
+    <row r="1111" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1111" s="279"/>
+      <c r="D1111" s="279"/>
+      <c r="F1111" s="282"/>
+    </row>
+    <row r="1112" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1112" s="279"/>
+      <c r="D1112" s="279"/>
+      <c r="F1112" s="282"/>
+    </row>
+    <row r="1113" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1113" s="279"/>
+      <c r="D1113" s="279"/>
+      <c r="F1113" s="282"/>
+    </row>
+    <row r="1114" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1114" s="279"/>
+      <c r="D1114" s="279"/>
+      <c r="F1114" s="282"/>
+    </row>
+    <row r="1115" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1115" s="279"/>
+      <c r="D1115" s="279"/>
+      <c r="F1115" s="282"/>
+    </row>
+    <row r="1116" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1116" s="279"/>
+      <c r="D1116" s="279"/>
+      <c r="F1116" s="282"/>
+    </row>
+    <row r="1117" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1117" s="279"/>
+      <c r="D1117" s="279"/>
+      <c r="F1117" s="282"/>
+    </row>
+    <row r="1118" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1118" s="279"/>
+      <c r="D1118" s="279"/>
+      <c r="F1118" s="282"/>
+    </row>
+    <row r="1119" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1119" s="279"/>
+      <c r="D1119" s="279"/>
+      <c r="F1119" s="282"/>
+    </row>
+    <row r="1120" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1120" s="279"/>
+      <c r="D1120" s="279"/>
+      <c r="F1120" s="282"/>
+    </row>
+    <row r="1121" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1121" s="279"/>
+      <c r="D1121" s="279"/>
+      <c r="F1121" s="282"/>
+    </row>
+    <row r="1122" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1122" s="279"/>
+      <c r="D1122" s="279"/>
+      <c r="F1122" s="282"/>
+    </row>
+    <row r="1123" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1123" s="279"/>
+      <c r="D1123" s="279"/>
+      <c r="F1123" s="282"/>
+    </row>
+    <row r="1124" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1124" s="279"/>
+      <c r="D1124" s="279"/>
+      <c r="F1124" s="282"/>
+    </row>
+    <row r="1125" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1125" s="279"/>
+      <c r="D1125" s="279"/>
+      <c r="F1125" s="282"/>
+    </row>
+    <row r="1126" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1126" s="279"/>
+      <c r="D1126" s="279"/>
+      <c r="F1126" s="282"/>
+    </row>
+    <row r="1127" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1127" s="279"/>
+      <c r="D1127" s="279"/>
+      <c r="F1127" s="282"/>
+    </row>
+    <row r="1128" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1128" s="279"/>
+      <c r="D1128" s="279"/>
+      <c r="F1128" s="282"/>
+    </row>
+    <row r="1129" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1129" s="279"/>
+      <c r="D1129" s="279"/>
+      <c r="F1129" s="282"/>
+    </row>
+    <row r="1130" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1130" s="279"/>
+      <c r="D1130" s="279"/>
+      <c r="F1130" s="282"/>
+    </row>
+    <row r="1131" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1131" s="279"/>
+      <c r="D1131" s="279"/>
+      <c r="F1131" s="282"/>
+    </row>
+    <row r="1132" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1132" s="279"/>
+      <c r="D1132" s="279"/>
+      <c r="F1132" s="282"/>
+    </row>
+    <row r="1133" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1133" s="279"/>
+      <c r="D1133" s="279"/>
+      <c r="F1133" s="282"/>
+    </row>
+    <row r="1134" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1134" s="279"/>
+      <c r="D1134" s="279"/>
+      <c r="F1134" s="282"/>
+    </row>
+    <row r="1135" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1135" s="279"/>
+      <c r="D1135" s="279"/>
+      <c r="F1135" s="282"/>
+    </row>
+    <row r="1136" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1136" s="279"/>
+      <c r="D1136" s="279"/>
+      <c r="F1136" s="282"/>
+    </row>
+    <row r="1137" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1137" s="279"/>
+      <c r="D1137" s="279"/>
+      <c r="F1137" s="282"/>
+    </row>
+    <row r="1138" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1138" s="279"/>
+      <c r="D1138" s="279"/>
+      <c r="F1138" s="282"/>
+    </row>
+    <row r="1139" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1139" s="279"/>
+      <c r="D1139" s="279"/>
+      <c r="F1139" s="282"/>
+    </row>
+    <row r="1140" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1140" s="279"/>
+      <c r="D1140" s="279"/>
+      <c r="F1140" s="282"/>
+    </row>
+    <row r="1141" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1141" s="279"/>
+      <c r="D1141" s="279"/>
+      <c r="F1141" s="282"/>
+    </row>
+    <row r="1142" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1142" s="279"/>
+      <c r="D1142" s="279"/>
+      <c r="F1142" s="282"/>
+    </row>
+    <row r="1143" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1143" s="279"/>
+      <c r="D1143" s="279"/>
+      <c r="F1143" s="282"/>
+    </row>
+    <row r="1144" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1144" s="279"/>
+      <c r="D1144" s="279"/>
+      <c r="F1144" s="282"/>
+    </row>
+    <row r="1145" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1145" s="279"/>
+      <c r="D1145" s="279"/>
+      <c r="F1145" s="282"/>
+    </row>
+    <row r="1146" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1146" s="279"/>
+      <c r="D1146" s="279"/>
+      <c r="F1146" s="282"/>
+    </row>
+    <row r="1147" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1147" s="279"/>
+      <c r="D1147" s="279"/>
+      <c r="F1147" s="282"/>
+    </row>
+    <row r="1148" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1148" s="279"/>
+      <c r="D1148" s="279"/>
+      <c r="F1148" s="282"/>
+    </row>
+    <row r="1149" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1149" s="279"/>
+      <c r="D1149" s="279"/>
+      <c r="F1149" s="282"/>
+    </row>
+    <row r="1150" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1150" s="279"/>
+      <c r="D1150" s="279"/>
+      <c r="F1150" s="282"/>
+    </row>
+    <row r="1151" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1151" s="279"/>
+      <c r="D1151" s="279"/>
+      <c r="F1151" s="282"/>
+    </row>
+    <row r="1152" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1152" s="279"/>
+      <c r="D1152" s="279"/>
+      <c r="F1152" s="282"/>
+    </row>
+    <row r="1153" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1153" s="279"/>
+      <c r="D1153" s="279"/>
+      <c r="F1153" s="282"/>
+    </row>
+    <row r="1154" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1154" s="279"/>
+      <c r="D1154" s="279"/>
+      <c r="F1154" s="282"/>
+    </row>
+    <row r="1155" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1155" s="279"/>
+      <c r="D1155" s="279"/>
+      <c r="F1155" s="282"/>
+    </row>
+    <row r="1156" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1156" s="279"/>
+      <c r="D1156" s="279"/>
+      <c r="F1156" s="282"/>
+    </row>
+    <row r="1157" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1157" s="279"/>
+      <c r="D1157" s="279"/>
+      <c r="F1157" s="282"/>
+    </row>
+    <row r="1158" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1158" s="279"/>
+      <c r="D1158" s="279"/>
+      <c r="F1158" s="282"/>
+    </row>
+    <row r="1159" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1159" s="279"/>
+      <c r="D1159" s="279"/>
+      <c r="F1159" s="282"/>
+    </row>
+    <row r="1160" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1160" s="279"/>
+      <c r="D1160" s="279"/>
+      <c r="F1160" s="282"/>
+    </row>
+    <row r="1161" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1161" s="279"/>
+      <c r="D1161" s="279"/>
+      <c r="F1161" s="282"/>
+    </row>
+    <row r="1162" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1162" s="279"/>
+      <c r="D1162" s="279"/>
+      <c r="F1162" s="282"/>
+    </row>
+    <row r="1163" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1163" s="279"/>
+      <c r="D1163" s="279"/>
+      <c r="F1163" s="282"/>
+    </row>
+    <row r="1164" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1164" s="279"/>
+      <c r="D1164" s="279"/>
+      <c r="F1164" s="282"/>
+    </row>
+    <row r="1165" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1165" s="279"/>
+      <c r="D1165" s="279"/>
+      <c r="F1165" s="282"/>
+    </row>
+    <row r="1166" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1166" s="279"/>
+      <c r="D1166" s="279"/>
+      <c r="F1166" s="282"/>
+    </row>
+    <row r="1167" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1167" s="279"/>
+      <c r="D1167" s="279"/>
+      <c r="F1167" s="282"/>
+    </row>
+    <row r="1168" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1168" s="279"/>
+      <c r="D1168" s="279"/>
+      <c r="F1168" s="282"/>
+    </row>
+    <row r="1169" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1169" s="279"/>
+      <c r="D1169" s="279"/>
+      <c r="F1169" s="282"/>
+    </row>
+    <row r="1170" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1170" s="279"/>
+      <c r="D1170" s="279"/>
+      <c r="F1170" s="282"/>
+    </row>
+    <row r="1171" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1171" s="279"/>
+      <c r="D1171" s="279"/>
+      <c r="F1171" s="282"/>
+    </row>
+    <row r="1172" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1172" s="279"/>
+      <c r="D1172" s="279"/>
+      <c r="F1172" s="282"/>
+    </row>
+    <row r="1173" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1173" s="279"/>
+      <c r="D1173" s="279"/>
+      <c r="F1173" s="282"/>
+    </row>
+    <row r="1174" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1174" s="279"/>
+      <c r="D1174" s="279"/>
+      <c r="F1174" s="282"/>
+    </row>
+    <row r="1175" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1175" s="279"/>
+      <c r="D1175" s="279"/>
+      <c r="F1175" s="282"/>
+    </row>
+    <row r="1176" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1176" s="279"/>
+      <c r="D1176" s="279"/>
+      <c r="F1176" s="282"/>
+    </row>
+    <row r="1177" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1177" s="279"/>
+      <c r="D1177" s="279"/>
+      <c r="F1177" s="282"/>
+    </row>
+    <row r="1178" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1178" s="279"/>
+      <c r="D1178" s="279"/>
+      <c r="F1178" s="282"/>
+    </row>
+    <row r="1179" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1179" s="279"/>
+      <c r="D1179" s="279"/>
+      <c r="F1179" s="282"/>
+    </row>
+    <row r="1180" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1180" s="279"/>
+      <c r="D1180" s="279"/>
+      <c r="F1180" s="282"/>
+    </row>
+    <row r="1181" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1181" s="279"/>
+      <c r="D1181" s="279"/>
+      <c r="F1181" s="282"/>
+    </row>
+    <row r="1182" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1182" s="279"/>
+      <c r="D1182" s="279"/>
+      <c r="F1182" s="282"/>
+    </row>
+    <row r="1183" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1183" s="279"/>
+      <c r="D1183" s="279"/>
+      <c r="F1183" s="282"/>
+    </row>
+    <row r="1184" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1184" s="279"/>
+      <c r="D1184" s="279"/>
+      <c r="F1184" s="282"/>
+    </row>
+    <row r="1185" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1185" s="279"/>
+      <c r="D1185" s="279"/>
+      <c r="F1185" s="282"/>
+    </row>
+    <row r="1186" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1186" s="279"/>
+      <c r="D1186" s="279"/>
+      <c r="F1186" s="282"/>
+    </row>
+    <row r="1187" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1187" s="279"/>
+      <c r="D1187" s="279"/>
+      <c r="F1187" s="282"/>
+    </row>
+    <row r="1188" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1188" s="279"/>
+      <c r="D1188" s="279"/>
+      <c r="F1188" s="282"/>
+    </row>
+    <row r="1189" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1189" s="279"/>
+      <c r="D1189" s="279"/>
+      <c r="F1189" s="282"/>
+    </row>
+    <row r="1190" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1190" s="279"/>
+      <c r="D1190" s="279"/>
+      <c r="F1190" s="282"/>
+    </row>
+    <row r="1191" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1191" s="279"/>
+      <c r="D1191" s="279"/>
+      <c r="F1191" s="282"/>
+    </row>
+    <row r="1192" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1192" s="279"/>
+      <c r="D1192" s="279"/>
+      <c r="F1192" s="282"/>
+    </row>
+    <row r="1193" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1193" s="279"/>
+      <c r="D1193" s="279"/>
+      <c r="F1193" s="282"/>
+    </row>
+    <row r="1194" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1194" s="279"/>
+      <c r="D1194" s="279"/>
+      <c r="F1194" s="282"/>
+    </row>
+    <row r="1195" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1195" s="279"/>
+      <c r="D1195" s="279"/>
+      <c r="F1195" s="282"/>
+    </row>
+    <row r="1196" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1196" s="279"/>
+      <c r="D1196" s="279"/>
+      <c r="F1196" s="282"/>
+    </row>
+    <row r="1197" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1197" s="279"/>
+      <c r="D1197" s="279"/>
+      <c r="F1197" s="282"/>
+    </row>
+    <row r="1198" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1198" s="279"/>
+      <c r="D1198" s="279"/>
+      <c r="F1198" s="282"/>
+    </row>
+    <row r="1199" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1199" s="279"/>
+      <c r="D1199" s="279"/>
+      <c r="F1199" s="282"/>
+    </row>
+    <row r="1200" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1200" s="279"/>
+      <c r="D1200" s="279"/>
+      <c r="F1200" s="282"/>
+    </row>
+    <row r="1201" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1201" s="279"/>
+      <c r="D1201" s="279"/>
+      <c r="F1201" s="282"/>
+    </row>
+    <row r="1202" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1202" s="279"/>
+      <c r="D1202" s="279"/>
+      <c r="F1202" s="282"/>
+    </row>
+    <row r="1203" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1203" s="279"/>
+      <c r="D1203" s="279"/>
+      <c r="F1203" s="282"/>
+    </row>
+    <row r="1204" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1204" s="279"/>
+      <c r="D1204" s="279"/>
+      <c r="F1204" s="282"/>
+    </row>
+    <row r="1205" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1205" s="279"/>
+      <c r="D1205" s="279"/>
+      <c r="F1205" s="282"/>
+    </row>
+    <row r="1206" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1206" s="279"/>
+      <c r="D1206" s="279"/>
+      <c r="F1206" s="282"/>
+    </row>
+    <row r="1207" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1207" s="279"/>
+      <c r="D1207" s="279"/>
+      <c r="F1207" s="282"/>
+    </row>
+    <row r="1208" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1208" s="279"/>
+      <c r="D1208" s="279"/>
+      <c r="F1208" s="282"/>
+    </row>
+    <row r="1209" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1209" s="279"/>
+      <c r="D1209" s="279"/>
+      <c r="F1209" s="282"/>
+    </row>
+    <row r="1210" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1210" s="279"/>
+      <c r="D1210" s="279"/>
+      <c r="F1210" s="282"/>
+    </row>
+    <row r="1211" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1211" s="279"/>
+      <c r="D1211" s="279"/>
+      <c r="F1211" s="282"/>
+    </row>
+    <row r="1212" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1212" s="279"/>
+      <c r="D1212" s="279"/>
+      <c r="F1212" s="282"/>
+    </row>
+    <row r="1213" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1213" s="279"/>
+      <c r="D1213" s="279"/>
+      <c r="F1213" s="282"/>
+    </row>
+    <row r="1214" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1214" s="279"/>
+      <c r="D1214" s="279"/>
+      <c r="F1214" s="282"/>
+    </row>
+    <row r="1215" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1215" s="279"/>
+      <c r="D1215" s="279"/>
+      <c r="F1215" s="282"/>
+    </row>
+    <row r="1216" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1216" s="279"/>
+      <c r="D1216" s="279"/>
+      <c r="F1216" s="282"/>
+    </row>
+    <row r="1217" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1217" s="279"/>
+      <c r="D1217" s="279"/>
+      <c r="F1217" s="282"/>
+    </row>
+    <row r="1218" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1218" s="279"/>
+      <c r="D1218" s="279"/>
+      <c r="F1218" s="282"/>
+    </row>
+    <row r="1219" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1219" s="279"/>
+      <c r="D1219" s="279"/>
+      <c r="F1219" s="282"/>
+    </row>
+    <row r="1220" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1220" s="279"/>
+      <c r="D1220" s="279"/>
+      <c r="F1220" s="282"/>
+    </row>
+    <row r="1221" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1221" s="279"/>
+      <c r="D1221" s="279"/>
+      <c r="F1221" s="282"/>
+    </row>
+    <row r="1222" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1222" s="279"/>
+      <c r="D1222" s="279"/>
+      <c r="F1222" s="282"/>
+    </row>
+    <row r="1223" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1223" s="279"/>
+      <c r="D1223" s="279"/>
+      <c r="F1223" s="282"/>
+    </row>
+    <row r="1224" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1224" s="279"/>
+      <c r="D1224" s="279"/>
+      <c r="F1224" s="282"/>
+    </row>
+    <row r="1225" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1225" s="279"/>
+      <c r="D1225" s="279"/>
+      <c r="F1225" s="282"/>
+    </row>
+    <row r="1226" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1226" s="279"/>
+      <c r="D1226" s="279"/>
+      <c r="F1226" s="282"/>
+    </row>
+    <row r="1227" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1227" s="279"/>
+      <c r="D1227" s="279"/>
+      <c r="F1227" s="282"/>
+    </row>
+    <row r="1228" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1228" s="279"/>
+      <c r="D1228" s="279"/>
+      <c r="F1228" s="282"/>
+    </row>
+    <row r="1229" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1229" s="279"/>
+      <c r="D1229" s="279"/>
+      <c r="F1229" s="282"/>
+    </row>
+    <row r="1230" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1230" s="279"/>
+      <c r="D1230" s="279"/>
+      <c r="F1230" s="282"/>
+    </row>
+    <row r="1231" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1231" s="279"/>
+      <c r="D1231" s="279"/>
+      <c r="F1231" s="282"/>
+    </row>
+    <row r="1232" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1232" s="279"/>
+      <c r="D1232" s="279"/>
+      <c r="F1232" s="282"/>
+    </row>
+    <row r="1233" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1233" s="279"/>
+      <c r="D1233" s="279"/>
+      <c r="F1233" s="282"/>
+    </row>
+    <row r="1234" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1234" s="279"/>
+      <c r="D1234" s="279"/>
+      <c r="F1234" s="282"/>
+    </row>
+    <row r="1235" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1235" s="279"/>
+      <c r="D1235" s="279"/>
+      <c r="F1235" s="282"/>
+    </row>
+    <row r="1236" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1236" s="279"/>
+      <c r="D1236" s="279"/>
+      <c r="F1236" s="282"/>
+    </row>
+    <row r="1237" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1237" s="279"/>
+      <c r="D1237" s="279"/>
+      <c r="F1237" s="282"/>
+    </row>
+    <row r="1238" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1238" s="279"/>
+      <c r="D1238" s="279"/>
+      <c r="F1238" s="282"/>
+    </row>
+    <row r="1239" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1239" s="279"/>
+      <c r="D1239" s="279"/>
+      <c r="F1239" s="282"/>
+    </row>
+    <row r="1240" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1240" s="279"/>
+      <c r="D1240" s="279"/>
+      <c r="F1240" s="282"/>
+    </row>
+    <row r="1241" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1241" s="279"/>
+      <c r="D1241" s="279"/>
+      <c r="F1241" s="282"/>
+    </row>
+    <row r="1242" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1242" s="279"/>
+      <c r="D1242" s="279"/>
+      <c r="F1242" s="282"/>
+    </row>
+    <row r="1243" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1243" s="279"/>
+      <c r="D1243" s="279"/>
+      <c r="F1243" s="282"/>
+    </row>
+    <row r="1244" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1244" s="279"/>
+      <c r="D1244" s="279"/>
+      <c r="F1244" s="282"/>
+    </row>
+    <row r="1245" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1245" s="279"/>
+      <c r="D1245" s="279"/>
+      <c r="F1245" s="282"/>
+    </row>
+    <row r="1246" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1246" s="279"/>
+      <c r="D1246" s="279"/>
+      <c r="F1246" s="282"/>
+    </row>
+    <row r="1247" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1247" s="279"/>
+      <c r="D1247" s="279"/>
+      <c r="F1247" s="282"/>
+    </row>
+    <row r="1248" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1248" s="279"/>
+      <c r="D1248" s="279"/>
+      <c r="F1248" s="282"/>
+    </row>
+    <row r="1249" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1249" s="279"/>
+      <c r="D1249" s="279"/>
+      <c r="F1249" s="282"/>
+    </row>
+    <row r="1250" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1250" s="279"/>
+      <c r="D1250" s="279"/>
+      <c r="F1250" s="282"/>
+    </row>
+    <row r="1251" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1251" s="279"/>
+      <c r="D1251" s="279"/>
+      <c r="F1251" s="282"/>
+    </row>
+    <row r="1252" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1252" s="279"/>
+      <c r="D1252" s="279"/>
+      <c r="F1252" s="282"/>
+    </row>
+    <row r="1253" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1253" s="279"/>
+      <c r="D1253" s="279"/>
+      <c r="F1253" s="282"/>
+    </row>
+    <row r="1254" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1254" s="279"/>
+      <c r="D1254" s="279"/>
+      <c r="F1254" s="282"/>
+    </row>
+    <row r="1255" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1255" s="279"/>
+      <c r="D1255" s="279"/>
+      <c r="F1255" s="282"/>
+    </row>
+    <row r="1256" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1256" s="279"/>
+      <c r="D1256" s="279"/>
+      <c r="F1256" s="282"/>
+    </row>
+    <row r="1257" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1257" s="279"/>
+      <c r="D1257" s="279"/>
+      <c r="F1257" s="282"/>
+    </row>
+    <row r="1258" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1258" s="279"/>
+      <c r="D1258" s="279"/>
+      <c r="F1258" s="282"/>
+    </row>
+    <row r="1259" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1259" s="279"/>
+      <c r="D1259" s="279"/>
+      <c r="F1259" s="282"/>
+    </row>
+    <row r="1260" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1260" s="279"/>
+      <c r="D1260" s="279"/>
+      <c r="F1260" s="282"/>
+    </row>
+    <row r="1261" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1261" s="279"/>
+      <c r="D1261" s="279"/>
+      <c r="F1261" s="282"/>
+    </row>
+    <row r="1262" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1262" s="279"/>
+      <c r="D1262" s="279"/>
+      <c r="F1262" s="282"/>
+    </row>
+    <row r="1263" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1263" s="279"/>
+      <c r="D1263" s="279"/>
+      <c r="F1263" s="282"/>
+    </row>
+    <row r="1264" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1264" s="279"/>
+      <c r="D1264" s="279"/>
+      <c r="F1264" s="282"/>
+    </row>
+    <row r="1265" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1265" s="279"/>
+      <c r="D1265" s="279"/>
+      <c r="F1265" s="282"/>
+    </row>
+    <row r="1266" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1266" s="279"/>
+      <c r="D1266" s="279"/>
+      <c r="F1266" s="282"/>
+    </row>
+    <row r="1267" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1267" s="279"/>
+      <c r="D1267" s="279"/>
+      <c r="F1267" s="282"/>
+    </row>
+    <row r="1268" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1268" s="279"/>
+      <c r="D1268" s="279"/>
+      <c r="F1268" s="282"/>
+    </row>
+    <row r="1269" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1269" s="279"/>
+      <c r="D1269" s="279"/>
+      <c r="F1269" s="282"/>
+    </row>
+    <row r="1270" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1270" s="279"/>
+      <c r="D1270" s="279"/>
+      <c r="F1270" s="282"/>
+    </row>
+    <row r="1271" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1271" s="279"/>
+      <c r="D1271" s="279"/>
+      <c r="F1271" s="282"/>
+    </row>
+    <row r="1272" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1272" s="279"/>
+      <c r="D1272" s="279"/>
+      <c r="F1272" s="282"/>
+    </row>
+    <row r="1273" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1273" s="279"/>
+      <c r="D1273" s="279"/>
+      <c r="F1273" s="282"/>
+    </row>
+    <row r="1274" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1274" s="279"/>
+      <c r="D1274" s="279"/>
+      <c r="F1274" s="282"/>
+    </row>
+    <row r="1275" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1275" s="279"/>
+      <c r="D1275" s="279"/>
+      <c r="F1275" s="282"/>
+    </row>
+    <row r="1276" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1276" s="279"/>
+      <c r="D1276" s="279"/>
+      <c r="F1276" s="282"/>
+    </row>
+    <row r="1277" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1277" s="279"/>
+      <c r="D1277" s="279"/>
+      <c r="F1277" s="282"/>
+    </row>
+    <row r="1278" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1278" s="279"/>
+      <c r="D1278" s="279"/>
+      <c r="F1278" s="282"/>
+    </row>
+    <row r="1279" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1279" s="279"/>
+      <c r="D1279" s="279"/>
+      <c r="F1279" s="282"/>
+    </row>
+    <row r="1280" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1280" s="279"/>
+      <c r="D1280" s="279"/>
+      <c r="F1280" s="282"/>
+    </row>
+    <row r="1281" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1281" s="279"/>
+      <c r="D1281" s="279"/>
+      <c r="F1281" s="282"/>
+    </row>
+    <row r="1282" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1282" s="279"/>
+      <c r="D1282" s="279"/>
+      <c r="F1282" s="282"/>
+    </row>
+    <row r="1283" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1283" s="279"/>
+      <c r="D1283" s="279"/>
+      <c r="F1283" s="282"/>
+    </row>
+    <row r="1284" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1284" s="279"/>
+      <c r="D1284" s="279"/>
+      <c r="F1284" s="282"/>
+    </row>
+    <row r="1285" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1285" s="279"/>
+      <c r="D1285" s="279"/>
+      <c r="F1285" s="282"/>
+    </row>
+    <row r="1286" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1286" s="279"/>
+      <c r="D1286" s="279"/>
+      <c r="F1286" s="282"/>
+    </row>
+    <row r="1287" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1287" s="279"/>
+      <c r="D1287" s="279"/>
+      <c r="F1287" s="282"/>
+    </row>
+    <row r="1288" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1288" s="279"/>
+      <c r="D1288" s="279"/>
+      <c r="F1288" s="282"/>
+    </row>
+    <row r="1289" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1289" s="279"/>
+      <c r="D1289" s="279"/>
+      <c r="F1289" s="282"/>
+    </row>
+    <row r="1290" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1290" s="279"/>
+      <c r="D1290" s="279"/>
+      <c r="F1290" s="282"/>
+    </row>
+    <row r="1291" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1291" s="279"/>
+      <c r="D1291" s="279"/>
+      <c r="F1291" s="282"/>
+    </row>
+    <row r="1292" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1292" s="279"/>
+      <c r="D1292" s="279"/>
+      <c r="F1292" s="282"/>
+    </row>
+    <row r="1293" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1293" s="279"/>
+      <c r="D1293" s="279"/>
+      <c r="F1293" s="282"/>
+    </row>
+    <row r="1294" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1294" s="279"/>
+      <c r="D1294" s="279"/>
+      <c r="F1294" s="282"/>
+    </row>
+    <row r="1295" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1295" s="279"/>
+      <c r="D1295" s="279"/>
+      <c r="F1295" s="282"/>
+    </row>
+    <row r="1296" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1296" s="279"/>
+      <c r="D1296" s="279"/>
+      <c r="F1296" s="282"/>
+    </row>
+    <row r="1297" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1297" s="279"/>
+      <c r="D1297" s="279"/>
+      <c r="F1297" s="282"/>
+    </row>
+    <row r="1298" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1298" s="279"/>
+      <c r="D1298" s="279"/>
+      <c r="F1298" s="282"/>
+    </row>
+    <row r="1299" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1299" s="279"/>
+      <c r="D1299" s="279"/>
+      <c r="F1299" s="282"/>
+    </row>
+    <row r="1300" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1300" s="279"/>
+      <c r="D1300" s="279"/>
+      <c r="F1300" s="282"/>
+    </row>
+    <row r="1301" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1301" s="279"/>
+      <c r="D1301" s="279"/>
+      <c r="F1301" s="282"/>
+    </row>
+    <row r="1302" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1302" s="279"/>
+      <c r="D1302" s="279"/>
+      <c r="F1302" s="282"/>
+    </row>
+    <row r="1303" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1303" s="279"/>
+      <c r="D1303" s="279"/>
+      <c r="F1303" s="282"/>
+    </row>
+    <row r="1304" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1304" s="279"/>
+      <c r="D1304" s="279"/>
+      <c r="F1304" s="282"/>
+    </row>
+    <row r="1305" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1305" s="279"/>
+      <c r="D1305" s="279"/>
+      <c r="F1305" s="282"/>
+    </row>
+    <row r="1306" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1306" s="279"/>
+      <c r="D1306" s="279"/>
+      <c r="F1306" s="282"/>
+    </row>
+    <row r="1307" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1307" s="279"/>
+      <c r="D1307" s="279"/>
+      <c r="F1307" s="282"/>
+    </row>
+    <row r="1308" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1308" s="279"/>
+      <c r="D1308" s="279"/>
+      <c r="F1308" s="282"/>
+    </row>
+    <row r="1309" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1309" s="279"/>
+      <c r="D1309" s="279"/>
+      <c r="F1309" s="282"/>
+    </row>
+    <row r="1310" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1310" s="279"/>
+      <c r="D1310" s="279"/>
+      <c r="F1310" s="282"/>
+    </row>
+    <row r="1311" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1311" s="279"/>
+      <c r="D1311" s="279"/>
+      <c r="F1311" s="282"/>
+    </row>
+    <row r="1312" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1312" s="279"/>
+      <c r="D1312" s="279"/>
+      <c r="F1312" s="282"/>
+    </row>
+    <row r="1313" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1313" s="279"/>
+      <c r="D1313" s="279"/>
+      <c r="F1313" s="282"/>
+    </row>
+    <row r="1314" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1314" s="279"/>
+      <c r="D1314" s="279"/>
+      <c r="F1314" s="282"/>
+    </row>
+    <row r="1315" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1315" s="279"/>
+      <c r="D1315" s="279"/>
+      <c r="F1315" s="282"/>
+    </row>
+    <row r="1316" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1316" s="279"/>
+      <c r="D1316" s="279"/>
+      <c r="F1316" s="282"/>
+    </row>
+    <row r="1317" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1317" s="279"/>
+      <c r="D1317" s="279"/>
+      <c r="F1317" s="282"/>
+    </row>
+    <row r="1318" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1318" s="279"/>
+      <c r="D1318" s="279"/>
+      <c r="F1318" s="282"/>
+    </row>
+    <row r="1319" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1319" s="279"/>
+      <c r="D1319" s="279"/>
+      <c r="F1319" s="282"/>
+    </row>
+    <row r="1320" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1320" s="279"/>
+      <c r="D1320" s="279"/>
+      <c r="F1320" s="282"/>
+    </row>
+    <row r="1321" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1321" s="279"/>
+      <c r="D1321" s="279"/>
+      <c r="F1321" s="282"/>
+    </row>
+    <row r="1322" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1322" s="279"/>
+      <c r="D1322" s="279"/>
+      <c r="F1322" s="282"/>
+    </row>
+    <row r="1323" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1323" s="279"/>
+      <c r="D1323" s="279"/>
+      <c r="F1323" s="282"/>
+    </row>
+    <row r="1324" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1324" s="279"/>
+      <c r="D1324" s="279"/>
+      <c r="F1324" s="282"/>
+    </row>
+    <row r="1325" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1325" s="279"/>
+      <c r="D1325" s="279"/>
+      <c r="F1325" s="282"/>
+    </row>
+    <row r="1326" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1326" s="279"/>
+      <c r="D1326" s="279"/>
+      <c r="F1326" s="282"/>
+    </row>
+    <row r="1327" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1327" s="279"/>
+      <c r="D1327" s="279"/>
+      <c r="F1327" s="282"/>
+    </row>
+    <row r="1328" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1328" s="279"/>
+      <c r="D1328" s="279"/>
+      <c r="F1328" s="282"/>
+    </row>
+    <row r="1329" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1329" s="279"/>
+      <c r="D1329" s="279"/>
+      <c r="F1329" s="282"/>
+    </row>
+    <row r="1330" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1330" s="279"/>
+      <c r="D1330" s="279"/>
+      <c r="F1330" s="282"/>
+    </row>
+    <row r="1331" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1331" s="279"/>
+      <c r="D1331" s="279"/>
+      <c r="F1331" s="282"/>
+    </row>
+    <row r="1332" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1332" s="279"/>
+      <c r="D1332" s="279"/>
+      <c r="F1332" s="282"/>
+    </row>
+    <row r="1333" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1333" s="279"/>
+      <c r="D1333" s="279"/>
+      <c r="F1333" s="282"/>
+    </row>
+    <row r="1334" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1334" s="279"/>
+      <c r="D1334" s="279"/>
+      <c r="F1334" s="282"/>
+    </row>
+    <row r="1335" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1335" s="279"/>
+      <c r="D1335" s="279"/>
+      <c r="F1335" s="282"/>
+    </row>
+    <row r="1336" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1336" s="279"/>
+      <c r="D1336" s="279"/>
+      <c r="F1336" s="282"/>
+    </row>
+    <row r="1337" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1337" s="279"/>
+      <c r="D1337" s="279"/>
+      <c r="F1337" s="282"/>
+    </row>
+    <row r="1338" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1338" s="279"/>
+      <c r="D1338" s="279"/>
+      <c r="F1338" s="282"/>
+    </row>
+    <row r="1339" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1339" s="279"/>
+      <c r="D1339" s="279"/>
+      <c r="F1339" s="282"/>
+    </row>
+    <row r="1340" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1340" s="279"/>
+      <c r="D1340" s="279"/>
+      <c r="F1340" s="282"/>
+    </row>
+    <row r="1341" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1341" s="279"/>
+      <c r="D1341" s="279"/>
+      <c r="F1341" s="282"/>
+    </row>
+    <row r="1342" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1342" s="279"/>
+      <c r="D1342" s="279"/>
+      <c r="F1342" s="282"/>
+    </row>
+    <row r="1343" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1343" s="279"/>
+      <c r="D1343" s="279"/>
+      <c r="F1343" s="282"/>
+    </row>
+    <row r="1344" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1344" s="279"/>
+      <c r="D1344" s="279"/>
+      <c r="F1344" s="282"/>
+    </row>
+    <row r="1345" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1345" s="279"/>
+      <c r="D1345" s="279"/>
+      <c r="F1345" s="282"/>
+    </row>
+    <row r="1346" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1346" s="279"/>
+      <c r="D1346" s="279"/>
+      <c r="F1346" s="282"/>
+    </row>
+    <row r="1347" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1347" s="279"/>
+      <c r="D1347" s="279"/>
+      <c r="F1347" s="282"/>
+    </row>
+    <row r="1348" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1348" s="279"/>
+      <c r="D1348" s="279"/>
+      <c r="F1348" s="282"/>
+    </row>
+    <row r="1349" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1349" s="279"/>
+      <c r="D1349" s="279"/>
+      <c r="F1349" s="282"/>
+    </row>
+    <row r="1350" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1350" s="279"/>
+      <c r="D1350" s="279"/>
+      <c r="F1350" s="282"/>
+    </row>
+    <row r="1351" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1351" s="279"/>
+      <c r="D1351" s="279"/>
+      <c r="F1351" s="282"/>
+    </row>
+    <row r="1352" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1352" s="279"/>
+      <c r="D1352" s="279"/>
+      <c r="F1352" s="282"/>
+    </row>
+    <row r="1353" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1353" s="279"/>
+      <c r="D1353" s="279"/>
+      <c r="F1353" s="282"/>
+    </row>
+    <row r="1354" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1354" s="279"/>
+      <c r="D1354" s="279"/>
+      <c r="F1354" s="282"/>
+    </row>
+    <row r="1355" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1355" s="279"/>
+      <c r="D1355" s="279"/>
+      <c r="F1355" s="282"/>
+    </row>
+    <row r="1356" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1356" s="279"/>
+      <c r="D1356" s="279"/>
+      <c r="F1356" s="282"/>
+    </row>
+    <row r="1357" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1357" s="279"/>
+      <c r="D1357" s="279"/>
+      <c r="F1357" s="282"/>
+    </row>
+    <row r="1358" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1358" s="279"/>
+      <c r="D1358" s="279"/>
+      <c r="F1358" s="282"/>
+    </row>
+    <row r="1359" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1359" s="279"/>
+      <c r="D1359" s="279"/>
+      <c r="F1359" s="282"/>
+    </row>
+    <row r="1360" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1360" s="279"/>
+      <c r="D1360" s="279"/>
+      <c r="F1360" s="282"/>
+    </row>
+    <row r="1361" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1361" s="279"/>
+      <c r="D1361" s="279"/>
+      <c r="F1361" s="282"/>
+    </row>
+    <row r="1362" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1362" s="279"/>
+      <c r="D1362" s="279"/>
+      <c r="F1362" s="282"/>
+    </row>
+    <row r="1363" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1363" s="279"/>
+      <c r="D1363" s="279"/>
+      <c r="F1363" s="282"/>
+    </row>
+    <row r="1364" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1364" s="279"/>
+      <c r="D1364" s="279"/>
+      <c r="F1364" s="282"/>
+    </row>
+    <row r="1365" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1365" s="279"/>
+      <c r="D1365" s="279"/>
+      <c r="F1365" s="282"/>
+    </row>
+    <row r="1366" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1366" s="279"/>
+      <c r="D1366" s="279"/>
+      <c r="F1366" s="282"/>
+    </row>
+    <row r="1367" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1367" s="279"/>
+      <c r="D1367" s="279"/>
+      <c r="F1367" s="282"/>
+    </row>
+    <row r="1368" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1368" s="279"/>
+      <c r="D1368" s="279"/>
+      <c r="F1368" s="282"/>
+    </row>
+    <row r="1369" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1369" s="279"/>
+      <c r="D1369" s="279"/>
+      <c r="F1369" s="282"/>
+    </row>
+    <row r="1370" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1370" s="279"/>
+      <c r="D1370" s="279"/>
+      <c r="F1370" s="282"/>
+    </row>
+    <row r="1371" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1371" s="279"/>
+      <c r="D1371" s="279"/>
+      <c r="F1371" s="282"/>
+    </row>
+    <row r="1372" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1372" s="279"/>
+      <c r="D1372" s="279"/>
+      <c r="F1372" s="282"/>
+    </row>
+    <row r="1373" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1373" s="279"/>
+      <c r="D1373" s="279"/>
+      <c r="F1373" s="282"/>
+    </row>
+    <row r="1374" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1374" s="279"/>
+      <c r="D1374" s="279"/>
+      <c r="F1374" s="282"/>
+    </row>
+    <row r="1375" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1375" s="279"/>
+      <c r="D1375" s="279"/>
+      <c r="F1375" s="282"/>
+    </row>
+    <row r="1376" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1376" s="279"/>
+      <c r="D1376" s="279"/>
+      <c r="F1376" s="282"/>
+    </row>
+    <row r="1377" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1377" s="279"/>
+      <c r="D1377" s="279"/>
+      <c r="F1377" s="282"/>
+    </row>
+    <row r="1378" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1378" s="279"/>
+      <c r="D1378" s="279"/>
+      <c r="F1378" s="282"/>
+    </row>
+    <row r="1379" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1379" s="279"/>
+      <c r="D1379" s="279"/>
+      <c r="F1379" s="282"/>
+    </row>
+    <row r="1380" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1380" s="279"/>
+      <c r="D1380" s="279"/>
+      <c r="F1380" s="282"/>
+    </row>
+    <row r="1381" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1381" s="279"/>
+      <c r="D1381" s="279"/>
+      <c r="F1381" s="282"/>
+    </row>
+    <row r="1382" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1382" s="279"/>
+      <c r="D1382" s="279"/>
+      <c r="F1382" s="282"/>
+    </row>
+    <row r="1383" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1383" s="279"/>
+      <c r="D1383" s="279"/>
+      <c r="F1383" s="282"/>
+    </row>
+    <row r="1384" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1384" s="279"/>
+      <c r="D1384" s="279"/>
+      <c r="F1384" s="282"/>
+    </row>
+    <row r="1385" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1385" s="279"/>
+      <c r="D1385" s="279"/>
+      <c r="F1385" s="282"/>
+    </row>
+    <row r="1386" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1386" s="279"/>
+      <c r="D1386" s="279"/>
+      <c r="F1386" s="282"/>
+    </row>
+    <row r="1387" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1387" s="279"/>
+      <c r="D1387" s="279"/>
+      <c r="F1387" s="282"/>
+    </row>
+    <row r="1388" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1388" s="279"/>
+      <c r="D1388" s="279"/>
+      <c r="F1388" s="282"/>
+    </row>
+    <row r="1389" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1389" s="279"/>
+      <c r="D1389" s="279"/>
+      <c r="F1389" s="282"/>
+    </row>
+    <row r="1390" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1390" s="279"/>
+      <c r="D1390" s="279"/>
+      <c r="F1390" s="282"/>
+    </row>
+    <row r="1391" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1391" s="279"/>
+      <c r="D1391" s="279"/>
+      <c r="F1391" s="282"/>
+    </row>
+    <row r="1392" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1392" s="279"/>
+      <c r="D1392" s="279"/>
+      <c r="F1392" s="282"/>
+    </row>
+    <row r="1393" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1393" s="279"/>
+      <c r="D1393" s="279"/>
+      <c r="F1393" s="282"/>
+    </row>
+    <row r="1394" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1394" s="279"/>
+      <c r="D1394" s="279"/>
+      <c r="F1394" s="282"/>
+    </row>
+    <row r="1395" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1395" s="279"/>
+      <c r="D1395" s="279"/>
+      <c r="F1395" s="282"/>
+    </row>
+    <row r="1396" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1396" s="279"/>
+      <c r="D1396" s="279"/>
+      <c r="F1396" s="282"/>
+    </row>
+    <row r="1397" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1397" s="279"/>
+      <c r="D1397" s="279"/>
+      <c r="F1397" s="282"/>
+    </row>
+    <row r="1398" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1398" s="279"/>
+      <c r="D1398" s="279"/>
+      <c r="F1398" s="282"/>
+    </row>
+    <row r="1399" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1399" s="279"/>
+      <c r="D1399" s="279"/>
+      <c r="F1399" s="282"/>
+    </row>
+    <row r="1400" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1400" s="279"/>
+      <c r="D1400" s="279"/>
+      <c r="F1400" s="282"/>
+    </row>
+    <row r="1401" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1401" s="279"/>
+      <c r="D1401" s="279"/>
+      <c r="F1401" s="282"/>
+    </row>
+    <row r="1402" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1402" s="279"/>
+      <c r="D1402" s="279"/>
+      <c r="F1402" s="282"/>
+    </row>
+    <row r="1403" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1403" s="279"/>
+      <c r="D1403" s="279"/>
+      <c r="F1403" s="282"/>
+    </row>
+    <row r="1404" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1404" s="279"/>
+      <c r="D1404" s="279"/>
+      <c r="F1404" s="282"/>
+    </row>
+    <row r="1405" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1405" s="279"/>
+      <c r="D1405" s="279"/>
+      <c r="F1405" s="282"/>
+    </row>
+    <row r="1406" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1406" s="279"/>
+      <c r="D1406" s="279"/>
+      <c r="F1406" s="282"/>
+    </row>
+    <row r="1407" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1407" s="279"/>
+      <c r="D1407" s="279"/>
+      <c r="F1407" s="282"/>
+    </row>
+    <row r="1408" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1408" s="279"/>
+      <c r="D1408" s="279"/>
+      <c r="F1408" s="282"/>
+    </row>
+    <row r="1409" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1409" s="279"/>
+      <c r="D1409" s="279"/>
+      <c r="F1409" s="282"/>
+    </row>
+    <row r="1410" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1410" s="279"/>
+      <c r="D1410" s="279"/>
+      <c r="F1410" s="282"/>
+    </row>
+    <row r="1411" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1411" s="279"/>
+      <c r="D1411" s="279"/>
+      <c r="F1411" s="282"/>
+    </row>
+    <row r="1412" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1412" s="279"/>
+      <c r="D1412" s="279"/>
+      <c r="F1412" s="282"/>
+    </row>
+    <row r="1413" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1413" s="279"/>
+      <c r="D1413" s="279"/>
+      <c r="F1413" s="282"/>
+    </row>
+    <row r="1414" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1414" s="279"/>
+      <c r="D1414" s="279"/>
+      <c r="F1414" s="282"/>
+    </row>
+    <row r="1415" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1415" s="279"/>
+      <c r="D1415" s="279"/>
+      <c r="F1415" s="282"/>
+    </row>
+    <row r="1416" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1416" s="279"/>
+      <c r="D1416" s="279"/>
+      <c r="F1416" s="282"/>
+    </row>
+    <row r="1417" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1417" s="279"/>
+      <c r="D1417" s="279"/>
+      <c r="F1417" s="282"/>
+    </row>
+    <row r="1418" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1418" s="279"/>
+      <c r="D1418" s="279"/>
+      <c r="F1418" s="282"/>
+    </row>
+    <row r="1419" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1419" s="279"/>
+      <c r="D1419" s="279"/>
+      <c r="F1419" s="282"/>
+    </row>
+    <row r="1420" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1420" s="279"/>
+      <c r="D1420" s="279"/>
+      <c r="F1420" s="282"/>
+    </row>
+    <row r="1421" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1421" s="279"/>
+      <c r="D1421" s="279"/>
+      <c r="F1421" s="282"/>
+    </row>
+    <row r="1422" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1422" s="279"/>
+      <c r="D1422" s="279"/>
+      <c r="F1422" s="282"/>
+    </row>
+    <row r="1423" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1423" s="279"/>
+      <c r="D1423" s="279"/>
+      <c r="F1423" s="282"/>
+    </row>
+    <row r="1424" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1424" s="279"/>
+      <c r="D1424" s="279"/>
+      <c r="F1424" s="282"/>
+    </row>
+    <row r="1425" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1425" s="279"/>
+      <c r="D1425" s="279"/>
+      <c r="F1425" s="282"/>
+    </row>
+    <row r="1426" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1426" s="279"/>
+      <c r="D1426" s="279"/>
+      <c r="F1426" s="282"/>
+    </row>
+    <row r="1427" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1427" s="279"/>
+      <c r="D1427" s="279"/>
+      <c r="F1427" s="282"/>
+    </row>
+    <row r="1428" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1428" s="279"/>
+      <c r="D1428" s="279"/>
+      <c r="F1428" s="282"/>
+    </row>
+    <row r="1429" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1429" s="279"/>
+      <c r="D1429" s="279"/>
+      <c r="F1429" s="282"/>
+    </row>
+    <row r="1430" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1430" s="279"/>
+      <c r="D1430" s="279"/>
+      <c r="F1430" s="282"/>
+    </row>
+    <row r="1431" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1431" s="279"/>
+      <c r="D1431" s="279"/>
+      <c r="F1431" s="282"/>
+    </row>
+    <row r="1432" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1432" s="279"/>
+      <c r="D1432" s="279"/>
+      <c r="F1432" s="282"/>
+    </row>
+    <row r="1433" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1433" s="279"/>
+      <c r="D1433" s="279"/>
+      <c r="F1433" s="282"/>
+    </row>
+    <row r="1434" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1434" s="279"/>
+      <c r="D1434" s="279"/>
+      <c r="F1434" s="282"/>
+    </row>
+    <row r="1435" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1435" s="279"/>
+      <c r="D1435" s="279"/>
+      <c r="F1435" s="282"/>
+    </row>
+    <row r="1436" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1436" s="279"/>
+      <c r="D1436" s="279"/>
+      <c r="F1436" s="282"/>
+    </row>
+    <row r="1437" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1437" s="279"/>
+      <c r="D1437" s="279"/>
+      <c r="F1437" s="282"/>
+    </row>
+    <row r="1438" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1438" s="279"/>
+      <c r="D1438" s="279"/>
+      <c r="F1438" s="282"/>
+    </row>
+    <row r="1439" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1439" s="279"/>
+      <c r="D1439" s="279"/>
+      <c r="F1439" s="282"/>
+    </row>
+    <row r="1440" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1440" s="279"/>
+      <c r="D1440" s="279"/>
+      <c r="F1440" s="282"/>
+    </row>
+    <row r="1441" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1441" s="279"/>
+      <c r="D1441" s="279"/>
+      <c r="F1441" s="282"/>
+    </row>
+    <row r="1442" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1442" s="279"/>
+      <c r="D1442" s="279"/>
+      <c r="F1442" s="282"/>
+    </row>
+    <row r="1443" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1443" s="279"/>
+      <c r="D1443" s="279"/>
+      <c r="F1443" s="282"/>
+    </row>
+    <row r="1444" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1444" s="279"/>
+      <c r="D1444" s="279"/>
+      <c r="F1444" s="282"/>
+    </row>
+    <row r="1445" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1445" s="279"/>
+      <c r="D1445" s="279"/>
+      <c r="F1445" s="282"/>
+    </row>
+    <row r="1446" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1446" s="279"/>
+      <c r="D1446" s="279"/>
+      <c r="F1446" s="282"/>
+    </row>
+    <row r="1447" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1447" s="279"/>
+      <c r="D1447" s="279"/>
+      <c r="F1447" s="282"/>
+    </row>
+    <row r="1448" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1448" s="279"/>
+      <c r="D1448" s="279"/>
+      <c r="F1448" s="282"/>
+    </row>
+    <row r="1449" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1449" s="279"/>
+      <c r="D1449" s="279"/>
+      <c r="F1449" s="282"/>
+    </row>
+    <row r="1450" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1450" s="279"/>
+      <c r="D1450" s="279"/>
+      <c r="F1450" s="282"/>
+    </row>
+    <row r="1451" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1451" s="279"/>
+      <c r="D1451" s="279"/>
+      <c r="F1451" s="282"/>
+    </row>
+    <row r="1452" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1452" s="279"/>
+      <c r="D1452" s="279"/>
+      <c r="F1452" s="282"/>
+    </row>
+    <row r="1453" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1453" s="279"/>
+      <c r="D1453" s="279"/>
+      <c r="F1453" s="282"/>
+    </row>
+    <row r="1454" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1454" s="279"/>
+      <c r="D1454" s="279"/>
+      <c r="F1454" s="282"/>
+    </row>
+    <row r="1455" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1455" s="279"/>
+      <c r="D1455" s="279"/>
+      <c r="F1455" s="282"/>
+    </row>
+    <row r="1456" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1456" s="279"/>
+      <c r="D1456" s="279"/>
+      <c r="F1456" s="282"/>
+    </row>
+    <row r="1457" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1457" s="279"/>
+      <c r="D1457" s="279"/>
+      <c r="F1457" s="282"/>
+    </row>
+    <row r="1458" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1458" s="279"/>
+      <c r="D1458" s="279"/>
+      <c r="F1458" s="282"/>
+    </row>
+    <row r="1459" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1459" s="279"/>
+      <c r="D1459" s="279"/>
+      <c r="F1459" s="282"/>
+    </row>
+    <row r="1460" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1460" s="279"/>
+      <c r="D1460" s="279"/>
+      <c r="F1460" s="282"/>
+    </row>
+    <row r="1461" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1461" s="279"/>
+      <c r="D1461" s="279"/>
+      <c r="F1461" s="282"/>
+    </row>
+    <row r="1462" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1462" s="279"/>
+      <c r="D1462" s="279"/>
+      <c r="F1462" s="282"/>
+    </row>
+    <row r="1463" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1463" s="279"/>
+      <c r="D1463" s="279"/>
+      <c r="F1463" s="282"/>
+    </row>
+    <row r="1464" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1464" s="279"/>
+      <c r="D1464" s="279"/>
+      <c r="F1464" s="282"/>
+    </row>
+    <row r="1465" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1465" s="279"/>
+      <c r="D1465" s="279"/>
+      <c r="F1465" s="282"/>
+    </row>
+    <row r="1466" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1466" s="279"/>
+      <c r="D1466" s="279"/>
+      <c r="F1466" s="282"/>
+    </row>
+    <row r="1467" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1467" s="279"/>
+      <c r="D1467" s="279"/>
+      <c r="F1467" s="282"/>
+    </row>
+    <row r="1468" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1468" s="279"/>
+      <c r="D1468" s="279"/>
+      <c r="F1468" s="282"/>
+    </row>
+    <row r="1469" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1469" s="279"/>
+      <c r="D1469" s="279"/>
+      <c r="F1469" s="282"/>
+    </row>
+    <row r="1470" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1470" s="279"/>
+      <c r="D1470" s="279"/>
+      <c r="F1470" s="282"/>
+    </row>
+    <row r="1471" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1471" s="279"/>
+      <c r="D1471" s="279"/>
+      <c r="F1471" s="282"/>
+    </row>
+    <row r="1472" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1472" s="279"/>
+      <c r="D1472" s="279"/>
+      <c r="F1472" s="282"/>
+    </row>
+    <row r="1473" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1473" s="279"/>
+      <c r="D1473" s="279"/>
+      <c r="F1473" s="282"/>
+    </row>
+    <row r="1474" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1474" s="279"/>
+      <c r="D1474" s="279"/>
+      <c r="F1474" s="282"/>
+    </row>
+    <row r="1475" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1475" s="279"/>
+      <c r="D1475" s="279"/>
+      <c r="F1475" s="282"/>
+    </row>
+    <row r="1476" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1476" s="279"/>
+      <c r="D1476" s="279"/>
+      <c r="F1476" s="282"/>
+    </row>
+    <row r="1477" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1477" s="279"/>
+      <c r="D1477" s="279"/>
+      <c r="F1477" s="282"/>
+    </row>
+    <row r="1478" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1478" s="279"/>
+      <c r="D1478" s="279"/>
+      <c r="F1478" s="282"/>
+    </row>
+    <row r="1479" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1479" s="279"/>
+      <c r="D1479" s="279"/>
+      <c r="F1479" s="282"/>
+    </row>
+    <row r="1480" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1480" s="279"/>
+      <c r="D1480" s="279"/>
+      <c r="F1480" s="282"/>
+    </row>
+    <row r="1481" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1481" s="279"/>
+      <c r="D1481" s="279"/>
+      <c r="F1481" s="282"/>
+    </row>
+    <row r="1482" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1482" s="279"/>
+      <c r="D1482" s="279"/>
+      <c r="F1482" s="282"/>
+    </row>
+    <row r="1483" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1483" s="279"/>
+      <c r="D1483" s="279"/>
+      <c r="F1483" s="282"/>
+    </row>
+    <row r="1484" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1484" s="279"/>
+      <c r="D1484" s="279"/>
+      <c r="F1484" s="282"/>
+    </row>
+    <row r="1485" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1485" s="279"/>
+      <c r="D1485" s="279"/>
+      <c r="F1485" s="282"/>
+    </row>
+    <row r="1486" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1486" s="279"/>
+      <c r="D1486" s="279"/>
+      <c r="F1486" s="282"/>
+    </row>
+    <row r="1487" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1487" s="279"/>
+      <c r="D1487" s="279"/>
+      <c r="F1487" s="282"/>
+    </row>
+    <row r="1488" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1488" s="279"/>
+      <c r="D1488" s="279"/>
+      <c r="F1488" s="282"/>
+    </row>
+    <row r="1489" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1489" s="279"/>
+      <c r="D1489" s="279"/>
+      <c r="F1489" s="282"/>
+    </row>
+    <row r="1490" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1490" s="279"/>
+      <c r="D1490" s="279"/>
+      <c r="F1490" s="282"/>
+    </row>
+    <row r="1491" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1491" s="279"/>
+      <c r="D1491" s="279"/>
+      <c r="F1491" s="282"/>
+    </row>
+    <row r="1492" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1492" s="279"/>
+      <c r="D1492" s="279"/>
+      <c r="F1492" s="282"/>
+    </row>
+    <row r="1493" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1493" s="279"/>
+      <c r="D1493" s="279"/>
+      <c r="F1493" s="282"/>
+    </row>
+    <row r="1494" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1494" s="279"/>
+      <c r="D1494" s="279"/>
+      <c r="F1494" s="282"/>
+    </row>
+    <row r="1495" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1495" s="279"/>
+      <c r="D1495" s="279"/>
+      <c r="F1495" s="282"/>
+    </row>
+    <row r="1496" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1496" s="279"/>
+      <c r="D1496" s="279"/>
+      <c r="F1496" s="282"/>
+    </row>
+    <row r="1497" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1497" s="279"/>
+      <c r="D1497" s="279"/>
+      <c r="F1497" s="282"/>
+    </row>
+    <row r="1498" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1498" s="279"/>
+      <c r="D1498" s="279"/>
+      <c r="F1498" s="282"/>
+    </row>
+    <row r="1499" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1499" s="279"/>
+      <c r="D1499" s="279"/>
+      <c r="F1499" s="282"/>
+    </row>
+    <row r="1500" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1500" s="279"/>
+      <c r="D1500" s="279"/>
+      <c r="F1500" s="282"/>
+    </row>
+    <row r="1501" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1501" s="279"/>
+      <c r="D1501" s="279"/>
+      <c r="F1501" s="282"/>
+    </row>
+    <row r="1502" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1502" s="279"/>
+      <c r="D1502" s="279"/>
+      <c r="F1502" s="282"/>
+    </row>
+    <row r="1503" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1503" s="279"/>
+      <c r="D1503" s="279"/>
+      <c r="F1503" s="282"/>
+    </row>
+    <row r="1504" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1504" s="279"/>
+      <c r="D1504" s="279"/>
+      <c r="F1504" s="282"/>
+    </row>
+    <row r="1505" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1505" s="279"/>
+      <c r="D1505" s="279"/>
+      <c r="F1505" s="282"/>
+    </row>
+    <row r="1506" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1506" s="279"/>
+      <c r="D1506" s="279"/>
+      <c r="F1506" s="282"/>
+    </row>
+    <row r="1507" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1507" s="279"/>
+      <c r="D1507" s="279"/>
+      <c r="F1507" s="282"/>
+    </row>
+    <row r="1508" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1508" s="279"/>
+      <c r="D1508" s="279"/>
+      <c r="F1508" s="282"/>
+    </row>
+    <row r="1509" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1509" s="279"/>
+      <c r="D1509" s="279"/>
+      <c r="F1509" s="282"/>
+    </row>
+    <row r="1510" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1510" s="279"/>
+      <c r="D1510" s="279"/>
+      <c r="F1510" s="282"/>
+    </row>
+    <row r="1511" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1511" s="279"/>
+      <c r="D1511" s="279"/>
+      <c r="F1511" s="282"/>
+    </row>
+    <row r="1512" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1512" s="279"/>
+      <c r="D1512" s="279"/>
+      <c r="F1512" s="282"/>
+    </row>
+    <row r="1513" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1513" s="279"/>
+      <c r="D1513" s="279"/>
+      <c r="F1513" s="282"/>
+    </row>
+    <row r="1514" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1514" s="279"/>
+      <c r="D1514" s="279"/>
+      <c r="F1514" s="282"/>
+    </row>
+    <row r="1515" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1515" s="279"/>
+      <c r="D1515" s="279"/>
+      <c r="F1515" s="282"/>
+    </row>
+    <row r="1516" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1516" s="279"/>
+      <c r="D1516" s="279"/>
+      <c r="F1516" s="282"/>
+    </row>
+    <row r="1517" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1517" s="279"/>
+      <c r="D1517" s="279"/>
+      <c r="F1517" s="282"/>
+    </row>
+    <row r="1518" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1518" s="279"/>
+      <c r="D1518" s="279"/>
+      <c r="F1518" s="282"/>
+    </row>
+    <row r="1519" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1519" s="279"/>
+      <c r="D1519" s="279"/>
+      <c r="F1519" s="282"/>
+    </row>
+    <row r="1520" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1520" s="279"/>
+      <c r="D1520" s="279"/>
+      <c r="F1520" s="282"/>
+    </row>
+    <row r="1521" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1521" s="279"/>
+      <c r="D1521" s="279"/>
+      <c r="F1521" s="282"/>
+    </row>
+    <row r="1522" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1522" s="279"/>
+      <c r="D1522" s="279"/>
+      <c r="F1522" s="282"/>
+    </row>
+    <row r="1523" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1523" s="279"/>
+      <c r="D1523" s="279"/>
+      <c r="F1523" s="282"/>
+    </row>
+    <row r="1524" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1524" s="279"/>
+      <c r="D1524" s="279"/>
+      <c r="F1524" s="282"/>
+    </row>
+    <row r="1525" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1525" s="279"/>
+      <c r="D1525" s="279"/>
+      <c r="F1525" s="282"/>
+    </row>
+    <row r="1526" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1526" s="279"/>
+      <c r="D1526" s="279"/>
+      <c r="F1526" s="282"/>
+    </row>
+    <row r="1527" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1527" s="279"/>
+      <c r="D1527" s="279"/>
+      <c r="F1527" s="282"/>
+    </row>
+    <row r="1528" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1528" s="279"/>
+      <c r="D1528" s="279"/>
+      <c r="F1528" s="282"/>
+    </row>
+    <row r="1529" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1529" s="279"/>
+      <c r="D1529" s="279"/>
+      <c r="F1529" s="282"/>
+    </row>
+    <row r="1530" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1530" s="279"/>
+      <c r="D1530" s="279"/>
+      <c r="F1530" s="282"/>
+    </row>
+    <row r="1531" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1531" s="279"/>
+      <c r="D1531" s="279"/>
+      <c r="F1531" s="282"/>
+    </row>
+    <row r="1532" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1532" s="279"/>
+      <c r="D1532" s="279"/>
+      <c r="F1532" s="282"/>
+    </row>
+    <row r="1533" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1533" s="279"/>
+      <c r="D1533" s="279"/>
+      <c r="F1533" s="282"/>
+    </row>
+    <row r="1534" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1534" s="279"/>
+      <c r="D1534" s="279"/>
+      <c r="F1534" s="282"/>
+    </row>
+    <row r="1535" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1535" s="279"/>
+      <c r="D1535" s="279"/>
+      <c r="F1535" s="282"/>
+    </row>
+    <row r="1536" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1536" s="279"/>
+      <c r="D1536" s="279"/>
+      <c r="F1536" s="282"/>
+    </row>
+    <row r="1537" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1537" s="279"/>
+      <c r="D1537" s="279"/>
+      <c r="F1537" s="282"/>
+    </row>
+    <row r="1538" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1538" s="279"/>
+      <c r="D1538" s="279"/>
+      <c r="F1538" s="282"/>
+    </row>
+    <row r="1539" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1539" s="279"/>
+      <c r="D1539" s="279"/>
+      <c r="F1539" s="282"/>
+    </row>
+    <row r="1540" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1540" s="279"/>
+      <c r="D1540" s="279"/>
+      <c r="F1540" s="282"/>
+    </row>
+    <row r="1541" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1541" s="279"/>
+      <c r="D1541" s="279"/>
+      <c r="F1541" s="282"/>
+    </row>
+    <row r="1542" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1542" s="279"/>
+      <c r="D1542" s="279"/>
+      <c r="F1542" s="282"/>
+    </row>
+    <row r="1543" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1543" s="279"/>
+      <c r="D1543" s="279"/>
+      <c r="F1543" s="282"/>
+    </row>
+    <row r="1544" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1544" s="279"/>
+      <c r="D1544" s="279"/>
+      <c r="F1544" s="282"/>
+    </row>
+    <row r="1545" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1545" s="279"/>
+      <c r="D1545" s="279"/>
+      <c r="F1545" s="282"/>
+    </row>
+    <row r="1546" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1546" s="279"/>
+      <c r="D1546" s="279"/>
+      <c r="F1546" s="282"/>
+    </row>
+    <row r="1547" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1547" s="279"/>
+      <c r="D1547" s="279"/>
+      <c r="F1547" s="282"/>
+    </row>
+    <row r="1548" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1548" s="279"/>
+      <c r="D1548" s="279"/>
+      <c r="F1548" s="282"/>
+    </row>
+    <row r="1549" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1549" s="279"/>
+      <c r="D1549" s="279"/>
+      <c r="F1549" s="282"/>
+    </row>
+    <row r="1550" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1550" s="279"/>
+      <c r="D1550" s="279"/>
+      <c r="F1550" s="282"/>
+    </row>
+    <row r="1551" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1551" s="279"/>
+      <c r="D1551" s="279"/>
+      <c r="F1551" s="282"/>
+    </row>
+    <row r="1552" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1552" s="279"/>
+      <c r="D1552" s="279"/>
+      <c r="F1552" s="282"/>
+    </row>
+    <row r="1553" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1553" s="279"/>
+      <c r="D1553" s="279"/>
+      <c r="F1553" s="282"/>
+    </row>
+    <row r="1554" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1554" s="279"/>
+      <c r="D1554" s="279"/>
+      <c r="F1554" s="282"/>
+    </row>
+    <row r="1555" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1555" s="279"/>
+      <c r="D1555" s="279"/>
+      <c r="F1555" s="282"/>
+    </row>
+    <row r="1556" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1556" s="279"/>
+      <c r="D1556" s="279"/>
+      <c r="F1556" s="282"/>
+    </row>
+    <row r="1557" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1557" s="279"/>
+      <c r="D1557" s="279"/>
+      <c r="F1557" s="282"/>
+    </row>
+    <row r="1558" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1558" s="279"/>
+      <c r="D1558" s="279"/>
+      <c r="F1558" s="282"/>
+    </row>
+    <row r="1559" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1559" s="279"/>
+      <c r="D1559" s="279"/>
+      <c r="F1559" s="282"/>
+    </row>
+    <row r="1560" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1560" s="279"/>
+      <c r="D1560" s="279"/>
+      <c r="F1560" s="282"/>
+    </row>
+    <row r="1561" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1561" s="279"/>
+      <c r="D1561" s="279"/>
+      <c r="F1561" s="282"/>
+    </row>
+    <row r="1562" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1562" s="279"/>
+      <c r="D1562" s="279"/>
+      <c r="F1562" s="282"/>
+    </row>
+    <row r="1563" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1563" s="279"/>
+      <c r="D1563" s="279"/>
+      <c r="F1563" s="282"/>
+    </row>
+    <row r="1564" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1564" s="279"/>
+      <c r="D1564" s="279"/>
+      <c r="F1564" s="282"/>
+    </row>
+    <row r="1565" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1565" s="279"/>
+      <c r="D1565" s="279"/>
+      <c r="F1565" s="282"/>
+    </row>
+    <row r="1566" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1566" s="279"/>
+      <c r="D1566" s="279"/>
+      <c r="F1566" s="282"/>
+    </row>
+    <row r="1567" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1567" s="279"/>
+      <c r="D1567" s="279"/>
+      <c r="F1567" s="282"/>
+    </row>
+    <row r="1568" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1568" s="279"/>
+      <c r="D1568" s="279"/>
+      <c r="F1568" s="282"/>
+    </row>
+    <row r="1569" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1569" s="279"/>
+      <c r="D1569" s="279"/>
+      <c r="F1569" s="282"/>
+    </row>
+    <row r="1570" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1570" s="279"/>
+      <c r="D1570" s="279"/>
+      <c r="F1570" s="282"/>
+    </row>
+    <row r="1571" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1571" s="279"/>
+      <c r="D1571" s="279"/>
+      <c r="F1571" s="282"/>
+    </row>
+    <row r="1572" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1572" s="279"/>
+      <c r="D1572" s="279"/>
+      <c r="F1572" s="282"/>
+    </row>
+    <row r="1573" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1573" s="279"/>
+      <c r="D1573" s="279"/>
+      <c r="F1573" s="282"/>
+    </row>
+    <row r="1574" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1574" s="279"/>
+      <c r="D1574" s="279"/>
+      <c r="F1574" s="282"/>
+    </row>
+    <row r="1575" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1575" s="279"/>
+      <c r="D1575" s="279"/>
+      <c r="F1575" s="282"/>
+    </row>
+    <row r="1576" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1576" s="279"/>
+      <c r="D1576" s="279"/>
+      <c r="F1576" s="282"/>
+    </row>
+    <row r="1577" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1577" s="279"/>
+      <c r="D1577" s="279"/>
+      <c r="F1577" s="282"/>
+    </row>
+    <row r="1578" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1578" s="279"/>
+      <c r="D1578" s="279"/>
+      <c r="F1578" s="282"/>
+    </row>
+    <row r="1579" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1579" s="279"/>
+      <c r="D1579" s="279"/>
+      <c r="F1579" s="282"/>
+    </row>
+    <row r="1580" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1580" s="279"/>
+      <c r="D1580" s="279"/>
+      <c r="F1580" s="282"/>
+    </row>
+    <row r="1581" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1581" s="279"/>
+      <c r="D1581" s="279"/>
+      <c r="F1581" s="282"/>
+    </row>
+    <row r="1582" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1582" s="279"/>
+      <c r="D1582" s="279"/>
+      <c r="F1582" s="282"/>
+    </row>
+    <row r="1583" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1583" s="279"/>
+      <c r="D1583" s="279"/>
+      <c r="F1583" s="282"/>
+    </row>
+    <row r="1584" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1584" s="279"/>
+      <c r="D1584" s="279"/>
+      <c r="F1584" s="282"/>
+    </row>
+    <row r="1585" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1585" s="279"/>
+      <c r="D1585" s="279"/>
+      <c r="F1585" s="282"/>
+    </row>
+    <row r="1586" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1586" s="279"/>
+      <c r="D1586" s="279"/>
+      <c r="F1586" s="282"/>
+    </row>
+    <row r="1587" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1587" s="279"/>
+      <c r="D1587" s="279"/>
+      <c r="F1587" s="282"/>
+    </row>
+    <row r="1588" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1588" s="279"/>
+      <c r="D1588" s="279"/>
+      <c r="F1588" s="282"/>
+    </row>
+    <row r="1589" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1589" s="279"/>
+      <c r="D1589" s="279"/>
+      <c r="F1589" s="282"/>
+    </row>
+    <row r="1590" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1590" s="279"/>
+      <c r="D1590" s="279"/>
+      <c r="F1590" s="282"/>
+    </row>
+    <row r="1591" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1591" s="279"/>
+      <c r="D1591" s="279"/>
+      <c r="F1591" s="282"/>
+    </row>
+    <row r="1592" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1592" s="279"/>
+      <c r="D1592" s="279"/>
+      <c r="F1592" s="282"/>
+    </row>
+    <row r="1593" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1593" s="279"/>
+      <c r="D1593" s="279"/>
+      <c r="F1593" s="282"/>
+    </row>
+    <row r="1594" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1594" s="279"/>
+      <c r="D1594" s="279"/>
+      <c r="F1594" s="282"/>
+    </row>
+    <row r="1595" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1595" s="279"/>
+      <c r="D1595" s="279"/>
+      <c r="F1595" s="282"/>
+    </row>
+    <row r="1596" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1596" s="279"/>
+      <c r="D1596" s="279"/>
+      <c r="F1596" s="282"/>
+    </row>
+    <row r="1597" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1597" s="279"/>
+      <c r="D1597" s="279"/>
+      <c r="F1597" s="282"/>
+    </row>
+    <row r="1598" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1598" s="279"/>
+      <c r="D1598" s="279"/>
+      <c r="F1598" s="282"/>
+    </row>
+    <row r="1599" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1599" s="279"/>
+      <c r="D1599" s="279"/>
+      <c r="F1599" s="282"/>
+    </row>
+    <row r="1600" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1600" s="279"/>
+      <c r="D1600" s="279"/>
+      <c r="F1600" s="282"/>
+    </row>
+    <row r="1601" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1601" s="279"/>
+      <c r="D1601" s="279"/>
+      <c r="F1601" s="282"/>
+    </row>
+    <row r="1602" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1602" s="279"/>
+      <c r="D1602" s="279"/>
+      <c r="F1602" s="282"/>
+    </row>
+    <row r="1603" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1603" s="279"/>
+      <c r="D1603" s="279"/>
+      <c r="F1603" s="282"/>
+    </row>
+    <row r="1604" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1604" s="279"/>
+      <c r="D1604" s="279"/>
+      <c r="F1604" s="282"/>
+    </row>
+    <row r="1605" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1605" s="279"/>
+      <c r="D1605" s="279"/>
+      <c r="F1605" s="282"/>
+    </row>
+    <row r="1606" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1606" s="279"/>
+      <c r="D1606" s="279"/>
+      <c r="F1606" s="282"/>
+    </row>
+    <row r="1607" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1607" s="279"/>
+      <c r="D1607" s="279"/>
+      <c r="F1607" s="282"/>
+    </row>
+    <row r="1608" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1608" s="279"/>
+      <c r="D1608" s="279"/>
+      <c r="F1608" s="282"/>
+    </row>
+    <row r="1609" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1609" s="279"/>
+      <c r="D1609" s="279"/>
+      <c r="F1609" s="282"/>
+    </row>
+    <row r="1610" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1610" s="279"/>
+      <c r="D1610" s="279"/>
+      <c r="F1610" s="282"/>
+    </row>
+    <row r="1611" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1611" s="279"/>
+      <c r="D1611" s="279"/>
+      <c r="F1611" s="282"/>
+    </row>
+    <row r="1612" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1612" s="279"/>
+      <c r="D1612" s="279"/>
+      <c r="F1612" s="282"/>
+    </row>
+    <row r="1613" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1613" s="279"/>
+      <c r="D1613" s="279"/>
+      <c r="F1613" s="282"/>
+    </row>
+    <row r="1614" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1614" s="279"/>
+      <c r="D1614" s="279"/>
+      <c r="F1614" s="282"/>
+    </row>
+    <row r="1615" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1615" s="279"/>
+      <c r="D1615" s="279"/>
+      <c r="F1615" s="282"/>
+    </row>
+    <row r="1616" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1616" s="279"/>
+      <c r="D1616" s="279"/>
+      <c r="F1616" s="282"/>
+    </row>
+    <row r="1617" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1617" s="279"/>
+      <c r="D1617" s="279"/>
+      <c r="F1617" s="282"/>
+    </row>
+    <row r="1618" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1618" s="279"/>
+      <c r="D1618" s="279"/>
+      <c r="F1618" s="282"/>
+    </row>
+    <row r="1619" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1619" s="279"/>
+      <c r="D1619" s="279"/>
+      <c r="F1619" s="282"/>
+    </row>
+    <row r="1620" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1620" s="279"/>
+      <c r="D1620" s="279"/>
+      <c r="F1620" s="282"/>
+    </row>
+    <row r="1621" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1621" s="279"/>
+      <c r="D1621" s="279"/>
+      <c r="F1621" s="282"/>
+    </row>
+    <row r="1622" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1622" s="279"/>
+      <c r="D1622" s="279"/>
+      <c r="F1622" s="282"/>
+    </row>
+    <row r="1623" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1623" s="279"/>
+      <c r="D1623" s="279"/>
+      <c r="F1623" s="282"/>
+    </row>
+    <row r="1624" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1624" s="279"/>
+      <c r="D1624" s="279"/>
+      <c r="F1624" s="282"/>
+    </row>
+    <row r="1625" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1625" s="279"/>
+      <c r="D1625" s="279"/>
+      <c r="F1625" s="282"/>
+    </row>
+    <row r="1626" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1626" s="279"/>
+      <c r="D1626" s="279"/>
+      <c r="F1626" s="282"/>
+    </row>
+    <row r="1627" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1627" s="279"/>
+      <c r="D1627" s="279"/>
+      <c r="F1627" s="282"/>
+    </row>
+    <row r="1628" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1628" s="279"/>
+      <c r="D1628" s="279"/>
+      <c r="F1628" s="282"/>
+    </row>
+    <row r="1629" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1629" s="279"/>
+      <c r="D1629" s="279"/>
+      <c r="F1629" s="282"/>
+    </row>
+    <row r="1630" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1630" s="279"/>
+      <c r="D1630" s="279"/>
+      <c r="F1630" s="282"/>
+    </row>
+    <row r="1631" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1631" s="279"/>
+      <c r="D1631" s="279"/>
+      <c r="F1631" s="282"/>
+    </row>
+    <row r="1632" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1632" s="279"/>
+      <c r="D1632" s="279"/>
+      <c r="F1632" s="282"/>
+    </row>
+    <row r="1633" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1633" s="279"/>
+      <c r="D1633" s="279"/>
+      <c r="F1633" s="282"/>
+    </row>
+    <row r="1634" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1634" s="279"/>
+      <c r="D1634" s="279"/>
+      <c r="F1634" s="282"/>
+    </row>
+    <row r="1635" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1635" s="279"/>
+      <c r="D1635" s="279"/>
+      <c r="F1635" s="282"/>
+    </row>
+    <row r="1636" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1636" s="279"/>
+      <c r="D1636" s="279"/>
+      <c r="F1636" s="282"/>
+    </row>
+    <row r="1637" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1637" s="279"/>
+      <c r="D1637" s="279"/>
+      <c r="F1637" s="282"/>
+    </row>
+    <row r="1638" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1638" s="279"/>
+      <c r="D1638" s="279"/>
+      <c r="F1638" s="282"/>
+    </row>
+    <row r="1639" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1639" s="279"/>
+      <c r="D1639" s="279"/>
+      <c r="F1639" s="282"/>
+    </row>
+    <row r="1640" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1640" s="279"/>
+      <c r="D1640" s="279"/>
+      <c r="F1640" s="282"/>
+    </row>
+    <row r="1641" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1641" s="279"/>
+      <c r="D1641" s="279"/>
+      <c r="F1641" s="282"/>
+    </row>
+    <row r="1642" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1642" s="279"/>
+      <c r="D1642" s="279"/>
+      <c r="F1642" s="282"/>
+    </row>
+    <row r="1643" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1643" s="279"/>
+      <c r="D1643" s="279"/>
+      <c r="F1643" s="282"/>
+    </row>
+    <row r="1644" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1644" s="279"/>
+      <c r="D1644" s="279"/>
+      <c r="F1644" s="282"/>
+    </row>
+    <row r="1645" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1645" s="279"/>
+      <c r="D1645" s="279"/>
+      <c r="F1645" s="282"/>
+    </row>
+    <row r="1646" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1646" s="279"/>
+      <c r="D1646" s="279"/>
+      <c r="F1646" s="282"/>
+    </row>
+    <row r="1647" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1647" s="279"/>
+      <c r="D1647" s="279"/>
+      <c r="F1647" s="282"/>
+    </row>
+    <row r="1648" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1648" s="279"/>
+      <c r="D1648" s="279"/>
+      <c r="F1648" s="282"/>
+    </row>
+    <row r="1649" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1649" s="279"/>
+      <c r="D1649" s="279"/>
+      <c r="F1649" s="282"/>
+    </row>
+    <row r="1650" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1650" s="279"/>
+      <c r="D1650" s="279"/>
+      <c r="F1650" s="282"/>
+    </row>
+    <row r="1651" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1651" s="279"/>
+      <c r="D1651" s="279"/>
+      <c r="F1651" s="282"/>
+    </row>
+    <row r="1652" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1652" s="279"/>
+      <c r="D1652" s="279"/>
+      <c r="F1652" s="282"/>
+    </row>
+    <row r="1653" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1653" s="279"/>
+      <c r="D1653" s="279"/>
+      <c r="F1653" s="282"/>
+    </row>
+    <row r="1654" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1654" s="279"/>
+      <c r="D1654" s="279"/>
+      <c r="F1654" s="282"/>
+    </row>
+    <row r="1655" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1655" s="279"/>
+      <c r="D1655" s="279"/>
+      <c r="F1655" s="282"/>
+    </row>
+    <row r="1656" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1656" s="279"/>
+      <c r="D1656" s="279"/>
+      <c r="F1656" s="282"/>
+    </row>
+    <row r="1657" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1657" s="279"/>
+      <c r="D1657" s="279"/>
+      <c r="F1657" s="282"/>
+    </row>
+    <row r="1658" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1658" s="279"/>
+      <c r="D1658" s="279"/>
+      <c r="F1658" s="282"/>
+    </row>
+    <row r="1659" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1659" s="279"/>
+      <c r="D1659" s="279"/>
+      <c r="F1659" s="282"/>
+    </row>
+    <row r="1660" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1660" s="279"/>
+      <c r="D1660" s="279"/>
+      <c r="F1660" s="282"/>
+    </row>
+    <row r="1661" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1661" s="279"/>
+      <c r="D1661" s="279"/>
+      <c r="F1661" s="282"/>
+    </row>
+    <row r="1662" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1662" s="279"/>
+      <c r="D1662" s="279"/>
+      <c r="F1662" s="282"/>
+    </row>
+    <row r="1663" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1663" s="279"/>
+      <c r="D1663" s="279"/>
+      <c r="F1663" s="282"/>
+    </row>
+    <row r="1664" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1664" s="279"/>
+      <c r="D1664" s="279"/>
+      <c r="F1664" s="282"/>
+    </row>
+    <row r="1665" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1665" s="279"/>
+      <c r="D1665" s="279"/>
+      <c r="F1665" s="282"/>
+    </row>
+    <row r="1666" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1666" s="279"/>
+      <c r="D1666" s="279"/>
+      <c r="F1666" s="282"/>
+    </row>
+    <row r="1667" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1667" s="279"/>
+      <c r="D1667" s="279"/>
+      <c r="F1667" s="282"/>
+    </row>
+    <row r="1668" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1668" s="279"/>
+      <c r="D1668" s="279"/>
+      <c r="F1668" s="282"/>
+    </row>
+    <row r="1669" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1669" s="279"/>
+      <c r="D1669" s="279"/>
+      <c r="F1669" s="282"/>
+    </row>
+    <row r="1670" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1670" s="279"/>
+      <c r="D1670" s="279"/>
+      <c r="F1670" s="282"/>
+    </row>
+    <row r="1671" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1671" s="279"/>
+      <c r="D1671" s="279"/>
+      <c r="F1671" s="282"/>
+    </row>
+    <row r="1672" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1672" s="279"/>
+      <c r="D1672" s="279"/>
+      <c r="F1672" s="282"/>
+    </row>
+    <row r="1673" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1673" s="279"/>
+      <c r="D1673" s="279"/>
+      <c r="F1673" s="282"/>
+    </row>
+    <row r="1674" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1674" s="279"/>
+      <c r="D1674" s="279"/>
+      <c r="F1674" s="282"/>
+    </row>
+    <row r="1675" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1675" s="279"/>
+      <c r="D1675" s="279"/>
+      <c r="F1675" s="282"/>
+    </row>
+    <row r="1676" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1676" s="279"/>
+      <c r="D1676" s="279"/>
+      <c r="F1676" s="282"/>
+    </row>
+    <row r="1677" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1677" s="279"/>
+      <c r="D1677" s="279"/>
+      <c r="F1677" s="282"/>
+    </row>
+    <row r="1678" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1678" s="279"/>
+      <c r="D1678" s="279"/>
+      <c r="F1678" s="282"/>
+    </row>
+    <row r="1679" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1679" s="279"/>
+      <c r="D1679" s="279"/>
+      <c r="F1679" s="282"/>
+    </row>
+    <row r="1680" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1680" s="279"/>
+      <c r="D1680" s="279"/>
+      <c r="F1680" s="282"/>
+    </row>
+    <row r="1681" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1681" s="279"/>
+      <c r="D1681" s="279"/>
+      <c r="F1681" s="282"/>
+    </row>
+    <row r="1682" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1682" s="279"/>
+      <c r="D1682" s="279"/>
+      <c r="F1682" s="282"/>
+    </row>
+    <row r="1683" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1683" s="279"/>
+      <c r="D1683" s="279"/>
+      <c r="F1683" s="282"/>
+    </row>
+    <row r="1684" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1684" s="279"/>
+      <c r="D1684" s="279"/>
+      <c r="F1684" s="282"/>
+    </row>
+    <row r="1685" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1685" s="279"/>
+      <c r="D1685" s="279"/>
+      <c r="F1685" s="282"/>
+    </row>
+    <row r="1686" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1686" s="279"/>
+      <c r="D1686" s="279"/>
+      <c r="F1686" s="282"/>
+    </row>
+    <row r="1687" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1687" s="279"/>
+      <c r="D1687" s="279"/>
+      <c r="F1687" s="282"/>
+    </row>
+    <row r="1688" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1688" s="279"/>
+      <c r="D1688" s="279"/>
+      <c r="F1688" s="282"/>
+    </row>
+    <row r="1689" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1689" s="279"/>
+      <c r="D1689" s="279"/>
+      <c r="F1689" s="282"/>
+    </row>
+    <row r="1690" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1690" s="279"/>
+      <c r="D1690" s="279"/>
+      <c r="F1690" s="282"/>
+    </row>
+    <row r="1691" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1691" s="279"/>
+      <c r="D1691" s="279"/>
+      <c r="F1691" s="282"/>
+    </row>
+    <row r="1692" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1692" s="279"/>
+      <c r="D1692" s="279"/>
+      <c r="F1692" s="282"/>
+    </row>
+    <row r="1693" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1693" s="279"/>
+      <c r="D1693" s="279"/>
+      <c r="F1693" s="282"/>
+    </row>
+    <row r="1694" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1694" s="279"/>
+      <c r="D1694" s="279"/>
+      <c r="F1694" s="282"/>
+    </row>
+    <row r="1695" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1695" s="279"/>
+      <c r="D1695" s="279"/>
+      <c r="F1695" s="282"/>
+    </row>
+    <row r="1696" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1696" s="279"/>
+      <c r="D1696" s="279"/>
+      <c r="F1696" s="282"/>
+    </row>
+    <row r="1697" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1697" s="279"/>
+      <c r="D1697" s="279"/>
+      <c r="F1697" s="282"/>
+    </row>
+    <row r="1698" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1698" s="279"/>
+      <c r="D1698" s="279"/>
+      <c r="F1698" s="282"/>
+    </row>
+    <row r="1699" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1699" s="279"/>
+      <c r="D1699" s="279"/>
+      <c r="F1699" s="282"/>
+    </row>
+    <row r="1700" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1700" s="279"/>
+      <c r="D1700" s="279"/>
+      <c r="F1700" s="282"/>
+    </row>
+    <row r="1701" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1701" s="279"/>
+      <c r="D1701" s="279"/>
+      <c r="F1701" s="282"/>
+    </row>
+    <row r="1702" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1702" s="279"/>
+      <c r="D1702" s="279"/>
+      <c r="F1702" s="282"/>
+    </row>
+    <row r="1703" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1703" s="279"/>
+      <c r="D1703" s="279"/>
+      <c r="F1703" s="282"/>
+    </row>
+    <row r="1704" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1704" s="279"/>
+      <c r="D1704" s="279"/>
+      <c r="F1704" s="282"/>
+    </row>
+    <row r="1705" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1705" s="279"/>
+      <c r="D1705" s="279"/>
+      <c r="F1705" s="282"/>
+    </row>
+    <row r="1706" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1706" s="279"/>
+      <c r="D1706" s="279"/>
+      <c r="F1706" s="282"/>
+    </row>
+    <row r="1707" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1707" s="279"/>
+      <c r="D1707" s="279"/>
+      <c r="F1707" s="282"/>
+    </row>
+    <row r="1708" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1708" s="279"/>
+      <c r="D1708" s="279"/>
+      <c r="F1708" s="282"/>
+    </row>
+    <row r="1709" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1709" s="279"/>
+      <c r="D1709" s="279"/>
+      <c r="F1709" s="282"/>
+    </row>
+    <row r="1710" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1710" s="279"/>
+      <c r="D1710" s="279"/>
+      <c r="F1710" s="282"/>
+    </row>
+    <row r="1711" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1711" s="279"/>
+      <c r="D1711" s="279"/>
+      <c r="F1711" s="282"/>
+    </row>
+    <row r="1712" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1712" s="279"/>
+      <c r="D1712" s="279"/>
+      <c r="F1712" s="282"/>
+    </row>
+    <row r="1713" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1713" s="279"/>
+      <c r="D1713" s="279"/>
+      <c r="F1713" s="282"/>
+    </row>
+    <row r="1714" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1714" s="279"/>
+      <c r="D1714" s="279"/>
+      <c r="F1714" s="282"/>
+    </row>
+    <row r="1715" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1715" s="279"/>
+      <c r="D1715" s="279"/>
+      <c r="F1715" s="282"/>
+    </row>
+    <row r="1716" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1716" s="279"/>
+      <c r="D1716" s="279"/>
+      <c r="F1716" s="282"/>
+    </row>
+    <row r="1717" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1717" s="279"/>
+      <c r="D1717" s="279"/>
+      <c r="F1717" s="282"/>
+    </row>
+    <row r="1718" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1718" s="279"/>
+      <c r="D1718" s="279"/>
+      <c r="F1718" s="282"/>
+    </row>
+    <row r="1719" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1719" s="279"/>
+      <c r="D1719" s="279"/>
+      <c r="F1719" s="282"/>
+    </row>
+    <row r="1720" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1720" s="279"/>
+      <c r="D1720" s="279"/>
+      <c r="F1720" s="282"/>
+    </row>
+    <row r="1721" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1721" s="279"/>
+      <c r="D1721" s="279"/>
+      <c r="F1721" s="282"/>
+    </row>
+    <row r="1722" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1722" s="279"/>
+      <c r="D1722" s="279"/>
+      <c r="F1722" s="282"/>
+    </row>
+    <row r="1723" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1723" s="279"/>
+      <c r="D1723" s="279"/>
+      <c r="F1723" s="282"/>
+    </row>
+    <row r="1724" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1724" s="279"/>
+      <c r="D1724" s="279"/>
+      <c r="F1724" s="282"/>
+    </row>
+    <row r="1725" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1725" s="279"/>
+      <c r="D1725" s="279"/>
+      <c r="F1725" s="282"/>
+    </row>
+    <row r="1726" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1726" s="279"/>
+      <c r="D1726" s="279"/>
+      <c r="F1726" s="282"/>
+    </row>
+    <row r="1727" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1727" s="279"/>
+      <c r="D1727" s="279"/>
+      <c r="F1727" s="282"/>
+    </row>
+    <row r="1728" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1728" s="279"/>
+      <c r="D1728" s="279"/>
+      <c r="F1728" s="282"/>
+    </row>
+    <row r="1729" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1729" s="279"/>
+      <c r="D1729" s="279"/>
+      <c r="F1729" s="282"/>
+    </row>
+    <row r="1730" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1730" s="279"/>
+      <c r="D1730" s="279"/>
+      <c r="F1730" s="282"/>
+    </row>
+    <row r="1731" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1731" s="279"/>
+      <c r="D1731" s="279"/>
+      <c r="F1731" s="282"/>
+    </row>
+    <row r="1732" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1732" s="279"/>
+      <c r="D1732" s="279"/>
+      <c r="F1732" s="282"/>
+    </row>
+    <row r="1733" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1733" s="279"/>
+      <c r="D1733" s="279"/>
+      <c r="F1733" s="282"/>
+    </row>
+    <row r="1734" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1734" s="279"/>
+      <c r="D1734" s="279"/>
+      <c r="F1734" s="282"/>
+    </row>
+    <row r="1735" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1735" s="279"/>
+      <c r="D1735" s="279"/>
+      <c r="F1735" s="282"/>
+    </row>
+    <row r="1736" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1736" s="279"/>
+      <c r="D1736" s="279"/>
+      <c r="F1736" s="282"/>
+    </row>
+    <row r="1737" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1737" s="279"/>
+      <c r="D1737" s="279"/>
+      <c r="F1737" s="282"/>
+    </row>
+    <row r="1738" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1738" s="279"/>
+      <c r="D1738" s="279"/>
+      <c r="F1738" s="282"/>
+    </row>
+    <row r="1739" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1739" s="279"/>
+      <c r="D1739" s="279"/>
+      <c r="F1739" s="282"/>
+    </row>
+    <row r="1740" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1740" s="279"/>
+      <c r="D1740" s="279"/>
+      <c r="F1740" s="282"/>
+    </row>
+    <row r="1741" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1741" s="279"/>
+      <c r="D1741" s="279"/>
+      <c r="F1741" s="282"/>
+    </row>
+    <row r="1742" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1742" s="279"/>
+      <c r="D1742" s="279"/>
+      <c r="F1742" s="282"/>
+    </row>
+    <row r="1743" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1743" s="279"/>
+      <c r="D1743" s="279"/>
+      <c r="F1743" s="282"/>
+    </row>
+    <row r="1744" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1744" s="279"/>
+      <c r="D1744" s="279"/>
+      <c r="F1744" s="282"/>
+    </row>
+    <row r="1745" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1745" s="279"/>
+      <c r="D1745" s="279"/>
+      <c r="F1745" s="282"/>
+    </row>
+    <row r="1746" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1746" s="279"/>
+      <c r="D1746" s="279"/>
+      <c r="F1746" s="282"/>
+    </row>
+    <row r="1747" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1747" s="279"/>
+      <c r="D1747" s="279"/>
+      <c r="F1747" s="282"/>
+    </row>
+    <row r="1748" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1748" s="279"/>
+      <c r="D1748" s="279"/>
+      <c r="F1748" s="282"/>
+    </row>
+    <row r="1749" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1749" s="279"/>
+      <c r="D1749" s="279"/>
+      <c r="F1749" s="282"/>
+    </row>
+    <row r="1750" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1750" s="279"/>
+      <c r="D1750" s="279"/>
+      <c r="F1750" s="282"/>
+    </row>
+    <row r="1751" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1751" s="279"/>
+      <c r="D1751" s="279"/>
+      <c r="F1751" s="282"/>
+    </row>
+    <row r="1752" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1752" s="279"/>
+      <c r="D1752" s="279"/>
+      <c r="F1752" s="282"/>
+    </row>
+    <row r="1753" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1753" s="279"/>
+      <c r="D1753" s="279"/>
+      <c r="F1753" s="282"/>
+    </row>
+    <row r="1754" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1754" s="279"/>
+      <c r="D1754" s="279"/>
+      <c r="F1754" s="282"/>
+    </row>
+    <row r="1755" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1755" s="279"/>
+      <c r="D1755" s="279"/>
+      <c r="F1755" s="282"/>
+    </row>
+    <row r="1756" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1756" s="279"/>
+      <c r="D1756" s="279"/>
+      <c r="F1756" s="282"/>
+    </row>
+    <row r="1757" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1757" s="279"/>
+      <c r="D1757" s="279"/>
+      <c r="F1757" s="282"/>
+    </row>
+    <row r="1758" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1758" s="279"/>
+      <c r="D1758" s="279"/>
+      <c r="F1758" s="282"/>
+    </row>
+    <row r="1759" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1759" s="279"/>
+      <c r="D1759" s="279"/>
+      <c r="F1759" s="282"/>
+    </row>
+    <row r="1760" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1760" s="279"/>
+      <c r="D1760" s="279"/>
+      <c r="F1760" s="282"/>
+    </row>
+    <row r="1761" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1761" s="279"/>
+      <c r="D1761" s="279"/>
+      <c r="F1761" s="282"/>
+    </row>
+    <row r="1762" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1762" s="279"/>
+      <c r="D1762" s="279"/>
+      <c r="F1762" s="282"/>
+    </row>
+    <row r="1763" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1763" s="279"/>
+      <c r="D1763" s="279"/>
+      <c r="F1763" s="282"/>
+    </row>
+    <row r="1764" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1764" s="279"/>
+      <c r="D1764" s="279"/>
+      <c r="F1764" s="282"/>
+    </row>
+    <row r="1765" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1765" s="279"/>
+      <c r="D1765" s="279"/>
+      <c r="F1765" s="282"/>
+    </row>
+    <row r="1766" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1766" s="279"/>
+      <c r="D1766" s="279"/>
+      <c r="F1766" s="282"/>
+    </row>
+    <row r="1767" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1767" s="279"/>
+      <c r="D1767" s="279"/>
+      <c r="F1767" s="282"/>
+    </row>
+    <row r="1768" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1768" s="279"/>
+      <c r="D1768" s="279"/>
+      <c r="F1768" s="282"/>
+    </row>
+    <row r="1769" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1769" s="279"/>
+      <c r="D1769" s="279"/>
+      <c r="F1769" s="282"/>
+    </row>
+    <row r="1770" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1770" s="279"/>
+      <c r="D1770" s="279"/>
+      <c r="F1770" s="282"/>
+    </row>
+    <row r="1771" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1771" s="279"/>
+      <c r="D1771" s="279"/>
+      <c r="F1771" s="282"/>
+    </row>
+    <row r="1772" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1772" s="279"/>
+      <c r="D1772" s="279"/>
+      <c r="F1772" s="282"/>
+    </row>
+    <row r="1773" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1773" s="279"/>
+      <c r="D1773" s="279"/>
+      <c r="F1773" s="282"/>
+    </row>
+    <row r="1774" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1774" s="279"/>
+      <c r="D1774" s="279"/>
+      <c r="F1774" s="282"/>
+    </row>
+    <row r="1775" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1775" s="279"/>
+      <c r="D1775" s="279"/>
+      <c r="F1775" s="282"/>
+    </row>
+    <row r="1776" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1776" s="279"/>
+      <c r="D1776" s="279"/>
+      <c r="F1776" s="282"/>
+    </row>
+    <row r="1777" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1777" s="279"/>
+      <c r="D1777" s="279"/>
+      <c r="F1777" s="282"/>
+    </row>
+    <row r="1778" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1778" s="279"/>
+      <c r="D1778" s="279"/>
+      <c r="F1778" s="282"/>
+    </row>
+    <row r="1779" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1779" s="279"/>
+      <c r="D1779" s="279"/>
+      <c r="F1779" s="282"/>
+    </row>
+    <row r="1780" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1780" s="279"/>
+      <c r="D1780" s="279"/>
+      <c r="F1780" s="282"/>
+    </row>
+    <row r="1781" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1781" s="279"/>
+      <c r="D1781" s="279"/>
+      <c r="F1781" s="282"/>
+    </row>
+    <row r="1782" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1782" s="279"/>
+      <c r="D1782" s="279"/>
+      <c r="F1782" s="282"/>
+    </row>
+    <row r="1783" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1783" s="279"/>
+      <c r="D1783" s="279"/>
+      <c r="F1783" s="282"/>
+    </row>
+    <row r="1784" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1784" s="279"/>
+      <c r="D1784" s="279"/>
+      <c r="F1784" s="282"/>
+    </row>
+    <row r="1785" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1785" s="279"/>
+      <c r="D1785" s="279"/>
+      <c r="F1785" s="282"/>
+    </row>
+    <row r="1786" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1786" s="279"/>
+      <c r="D1786" s="279"/>
+      <c r="F1786" s="282"/>
+    </row>
+    <row r="1787" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1787" s="279"/>
+      <c r="D1787" s="279"/>
+      <c r="F1787" s="282"/>
+    </row>
+    <row r="1788" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1788" s="279"/>
+      <c r="D1788" s="279"/>
+      <c r="F1788" s="282"/>
+    </row>
+    <row r="1789" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1789" s="279"/>
+      <c r="D1789" s="279"/>
+      <c r="F1789" s="282"/>
+    </row>
+    <row r="1790" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1790" s="279"/>
+      <c r="D1790" s="279"/>
+      <c r="F1790" s="282"/>
+    </row>
+    <row r="1791" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1791" s="279"/>
+      <c r="D1791" s="279"/>
+      <c r="F1791" s="282"/>
+    </row>
+    <row r="1792" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1792" s="279"/>
+      <c r="D1792" s="279"/>
+      <c r="F1792" s="282"/>
+    </row>
+    <row r="1793" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1793" s="279"/>
+      <c r="D1793" s="279"/>
+      <c r="F1793" s="282"/>
+    </row>
+    <row r="1794" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1794" s="279"/>
+      <c r="D1794" s="279"/>
+      <c r="F1794" s="282"/>
+    </row>
+    <row r="1795" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1795" s="279"/>
+      <c r="D1795" s="279"/>
+      <c r="F1795" s="282"/>
+    </row>
+    <row r="1796" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1796" s="279"/>
+      <c r="D1796" s="279"/>
+      <c r="F1796" s="282"/>
+    </row>
+    <row r="1797" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1797" s="279"/>
+      <c r="D1797" s="279"/>
+      <c r="F1797" s="282"/>
+    </row>
+    <row r="1798" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1798" s="279"/>
+      <c r="D1798" s="279"/>
+      <c r="F1798" s="282"/>
+    </row>
+    <row r="1799" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1799" s="279"/>
+      <c r="D1799" s="279"/>
+      <c r="F1799" s="282"/>
+    </row>
+    <row r="1800" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1800" s="279"/>
+      <c r="D1800" s="279"/>
+      <c r="F1800" s="282"/>
+    </row>
+    <row r="1801" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1801" s="279"/>
+      <c r="D1801" s="279"/>
+      <c r="F1801" s="282"/>
+    </row>
+    <row r="1802" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1802" s="279"/>
+      <c r="D1802" s="279"/>
+      <c r="F1802" s="282"/>
+    </row>
+    <row r="1803" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1803" s="279"/>
+      <c r="D1803" s="279"/>
+      <c r="F1803" s="282"/>
+    </row>
+    <row r="1804" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1804" s="279"/>
+      <c r="D1804" s="279"/>
+      <c r="F1804" s="282"/>
+    </row>
+    <row r="1805" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1805" s="279"/>
+      <c r="D1805" s="279"/>
+      <c r="F1805" s="282"/>
+    </row>
+    <row r="1806" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1806" s="279"/>
+      <c r="D1806" s="279"/>
+      <c r="F1806" s="282"/>
+    </row>
+    <row r="1807" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1807" s="279"/>
+      <c r="D1807" s="279"/>
+      <c r="F1807" s="282"/>
+    </row>
+    <row r="1808" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1808" s="279"/>
+      <c r="D1808" s="279"/>
+      <c r="F1808" s="282"/>
+    </row>
+    <row r="1809" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1809" s="279"/>
+      <c r="D1809" s="279"/>
+      <c r="F1809" s="282"/>
+    </row>
+    <row r="1810" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1810" s="279"/>
+      <c r="D1810" s="279"/>
+      <c r="F1810" s="282"/>
+    </row>
+    <row r="1811" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1811" s="279"/>
+      <c r="D1811" s="279"/>
+      <c r="F1811" s="282"/>
+    </row>
+    <row r="1812" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1812" s="279"/>
+      <c r="D1812" s="279"/>
+      <c r="F1812" s="282"/>
+    </row>
+    <row r="1813" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1813" s="279"/>
+      <c r="D1813" s="279"/>
+      <c r="F1813" s="282"/>
+    </row>
+    <row r="1814" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1814" s="279"/>
+      <c r="D1814" s="279"/>
+      <c r="F1814" s="282"/>
+    </row>
+    <row r="1815" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1815" s="279"/>
+      <c r="D1815" s="279"/>
+      <c r="F1815" s="282"/>
+    </row>
+    <row r="1816" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1816" s="279"/>
+      <c r="D1816" s="279"/>
+      <c r="F1816" s="282"/>
+    </row>
+    <row r="1817" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1817" s="279"/>
+      <c r="D1817" s="279"/>
+      <c r="F1817" s="282"/>
+    </row>
+    <row r="1818" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1818" s="279"/>
+      <c r="D1818" s="279"/>
+      <c r="F1818" s="282"/>
+    </row>
+    <row r="1819" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1819" s="279"/>
+      <c r="D1819" s="279"/>
+      <c r="F1819" s="282"/>
+    </row>
+    <row r="1820" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1820" s="279"/>
+      <c r="D1820" s="279"/>
+      <c r="F1820" s="282"/>
+    </row>
+    <row r="1821" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1821" s="279"/>
+      <c r="D1821" s="279"/>
+      <c r="F1821" s="282"/>
+    </row>
+    <row r="1822" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1822" s="279"/>
+      <c r="D1822" s="279"/>
+      <c r="F1822" s="282"/>
+    </row>
+    <row r="1823" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1823" s="279"/>
+      <c r="D1823" s="279"/>
+      <c r="F1823" s="282"/>
+    </row>
+    <row r="1824" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1824" s="279"/>
+      <c r="D1824" s="279"/>
+      <c r="F1824" s="282"/>
+    </row>
+    <row r="1825" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1825" s="279"/>
+      <c r="D1825" s="279"/>
+      <c r="F1825" s="282"/>
+    </row>
+    <row r="1826" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1826" s="279"/>
+      <c r="D1826" s="279"/>
+      <c r="F1826" s="282"/>
+    </row>
+    <row r="1827" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1827" s="279"/>
+      <c r="D1827" s="279"/>
+      <c r="F1827" s="282"/>
+    </row>
+    <row r="1828" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1828" s="279"/>
+      <c r="D1828" s="279"/>
+      <c r="F1828" s="282"/>
+    </row>
+    <row r="1829" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1829" s="279"/>
+      <c r="D1829" s="279"/>
+      <c r="F1829" s="282"/>
+    </row>
+    <row r="1830" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1830" s="279"/>
+      <c r="D1830" s="279"/>
+      <c r="F1830" s="282"/>
+    </row>
+    <row r="1831" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1831" s="279"/>
+      <c r="D1831" s="279"/>
+      <c r="F1831" s="282"/>
+    </row>
+    <row r="1832" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1832" s="279"/>
+      <c r="D1832" s="279"/>
+      <c r="F1832" s="282"/>
+    </row>
+    <row r="1833" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1833" s="279"/>
+      <c r="D1833" s="279"/>
+      <c r="F1833" s="282"/>
+    </row>
+    <row r="1834" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1834" s="279"/>
+      <c r="D1834" s="279"/>
+      <c r="F1834" s="282"/>
+    </row>
+    <row r="1835" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1835" s="279"/>
+      <c r="D1835" s="279"/>
+      <c r="F1835" s="282"/>
+    </row>
+    <row r="1836" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1836" s="279"/>
+      <c r="D1836" s="279"/>
+      <c r="F1836" s="282"/>
+    </row>
+    <row r="1837" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1837" s="279"/>
+      <c r="D1837" s="279"/>
+      <c r="F1837" s="282"/>
+    </row>
+    <row r="1838" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1838" s="279"/>
+      <c r="D1838" s="279"/>
+      <c r="F1838" s="282"/>
+    </row>
+    <row r="1839" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1839" s="279"/>
+      <c r="D1839" s="279"/>
+      <c r="F1839" s="282"/>
+    </row>
+    <row r="1840" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1840" s="279"/>
+      <c r="D1840" s="279"/>
+      <c r="F1840" s="282"/>
+    </row>
+    <row r="1841" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1841" s="279"/>
+      <c r="D1841" s="279"/>
+      <c r="F1841" s="282"/>
+    </row>
+    <row r="1842" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1842" s="279"/>
+      <c r="D1842" s="279"/>
+      <c r="F1842" s="282"/>
+    </row>
+    <row r="1843" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1843" s="279"/>
+      <c r="D1843" s="279"/>
+      <c r="F1843" s="282"/>
+    </row>
+    <row r="1844" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1844" s="279"/>
+      <c r="D1844" s="279"/>
+      <c r="F1844" s="282"/>
+    </row>
+    <row r="1845" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1845" s="279"/>
+      <c r="D1845" s="279"/>
+      <c r="F1845" s="282"/>
+    </row>
+    <row r="1846" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1846" s="279"/>
+      <c r="D1846" s="279"/>
+      <c r="F1846" s="282"/>
+    </row>
+    <row r="1847" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1847" s="279"/>
+      <c r="D1847" s="279"/>
+      <c r="F1847" s="282"/>
+    </row>
+    <row r="1848" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1848" s="279"/>
+      <c r="D1848" s="279"/>
+      <c r="F1848" s="282"/>
+    </row>
+    <row r="1849" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1849" s="279"/>
+      <c r="D1849" s="279"/>
+      <c r="F1849" s="282"/>
+    </row>
+    <row r="1850" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1850" s="279"/>
+      <c r="D1850" s="279"/>
+      <c r="F1850" s="282"/>
+    </row>
+    <row r="1851" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1851" s="279"/>
+      <c r="D1851" s="279"/>
+      <c r="F1851" s="282"/>
+    </row>
+    <row r="1852" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1852" s="279"/>
+      <c r="D1852" s="279"/>
+      <c r="F1852" s="282"/>
+    </row>
+    <row r="1853" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1853" s="279"/>
+      <c r="D1853" s="279"/>
+      <c r="F1853" s="282"/>
+    </row>
+    <row r="1854" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1854" s="279"/>
+      <c r="D1854" s="279"/>
+      <c r="F1854" s="282"/>
+    </row>
+    <row r="1855" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1855" s="279"/>
+      <c r="D1855" s="279"/>
+      <c r="F1855" s="282"/>
+    </row>
+    <row r="1856" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1856" s="279"/>
+      <c r="D1856" s="279"/>
+      <c r="F1856" s="282"/>
+    </row>
+    <row r="1857" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1857" s="279"/>
+      <c r="D1857" s="279"/>
+      <c r="F1857" s="282"/>
+    </row>
+    <row r="1858" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1858" s="279"/>
+      <c r="D1858" s="279"/>
+      <c r="F1858" s="282"/>
+    </row>
+    <row r="1859" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1859" s="279"/>
+      <c r="D1859" s="279"/>
+      <c r="F1859" s="282"/>
+    </row>
+    <row r="1860" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1860" s="279"/>
+      <c r="D1860" s="279"/>
+      <c r="F1860" s="282"/>
+    </row>
+    <row r="1861" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1861" s="279"/>
+      <c r="D1861" s="279"/>
+      <c r="F1861" s="282"/>
+    </row>
+    <row r="1862" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1862" s="279"/>
+      <c r="D1862" s="279"/>
+      <c r="F1862" s="282"/>
+    </row>
+    <row r="1863" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1863" s="279"/>
+      <c r="D1863" s="279"/>
+      <c r="F1863" s="282"/>
+    </row>
+    <row r="1864" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1864" s="279"/>
+      <c r="D1864" s="279"/>
+      <c r="F1864" s="282"/>
+    </row>
+    <row r="1865" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1865" s="279"/>
+      <c r="D1865" s="279"/>
+      <c r="F1865" s="282"/>
+    </row>
+    <row r="1866" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1866" s="279"/>
+      <c r="D1866" s="279"/>
+      <c r="F1866" s="282"/>
+    </row>
+    <row r="1867" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1867" s="279"/>
+      <c r="D1867" s="279"/>
+      <c r="F1867" s="282"/>
+    </row>
+    <row r="1868" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1868" s="279"/>
+      <c r="D1868" s="279"/>
+      <c r="F1868" s="282"/>
+    </row>
+    <row r="1869" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1869" s="279"/>
+      <c r="D1869" s="279"/>
+      <c r="F1869" s="282"/>
+    </row>
+    <row r="1870" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1870" s="279"/>
+      <c r="D1870" s="279"/>
+      <c r="F1870" s="282"/>
+    </row>
+    <row r="1871" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1871" s="279"/>
+      <c r="D1871" s="279"/>
+      <c r="F1871" s="282"/>
+    </row>
+    <row r="1872" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1872" s="279"/>
+      <c r="D1872" s="279"/>
+      <c r="F1872" s="282"/>
+    </row>
+    <row r="1873" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1873" s="279"/>
+      <c r="D1873" s="279"/>
+      <c r="F1873" s="282"/>
+    </row>
+    <row r="1874" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1874" s="279"/>
+      <c r="D1874" s="279"/>
+      <c r="F1874" s="282"/>
+    </row>
+    <row r="1875" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1875" s="279"/>
+      <c r="D1875" s="279"/>
+      <c r="F1875" s="282"/>
+    </row>
+    <row r="1876" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1876" s="279"/>
+      <c r="D1876" s="279"/>
+      <c r="F1876" s="282"/>
+    </row>
+    <row r="1877" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1877" s="279"/>
+      <c r="D1877" s="279"/>
+      <c r="F1877" s="282"/>
+    </row>
+    <row r="1878" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1878" s="279"/>
+      <c r="D1878" s="279"/>
+      <c r="F1878" s="282"/>
+    </row>
+    <row r="1879" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1879" s="279"/>
+      <c r="D1879" s="279"/>
+      <c r="F1879" s="282"/>
+    </row>
+    <row r="1880" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1880" s="279"/>
+      <c r="D1880" s="279"/>
+      <c r="F1880" s="282"/>
+    </row>
+    <row r="1881" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1881" s="279"/>
+      <c r="D1881" s="279"/>
+      <c r="F1881" s="282"/>
+    </row>
+    <row r="1882" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1882" s="279"/>
+      <c r="D1882" s="279"/>
+      <c r="F1882" s="282"/>
+    </row>
+    <row r="1883" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1883" s="279"/>
+      <c r="D1883" s="279"/>
+      <c r="F1883" s="282"/>
+    </row>
+    <row r="1884" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1884" s="279"/>
+      <c r="D1884" s="279"/>
+      <c r="F1884" s="282"/>
+    </row>
+    <row r="1885" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1885" s="279"/>
+      <c r="D1885" s="279"/>
+      <c r="F1885" s="282"/>
+    </row>
+    <row r="1886" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1886" s="279"/>
+      <c r="D1886" s="279"/>
+      <c r="F1886" s="282"/>
+    </row>
+    <row r="1887" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1887" s="279"/>
+      <c r="D1887" s="279"/>
+      <c r="F1887" s="282"/>
+    </row>
+    <row r="1888" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1888" s="279"/>
+      <c r="D1888" s="279"/>
+      <c r="F1888" s="282"/>
+    </row>
+    <row r="1889" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1889" s="279"/>
+      <c r="D1889" s="279"/>
+      <c r="F1889" s="282"/>
+    </row>
+    <row r="1890" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1890" s="279"/>
+      <c r="D1890" s="279"/>
+      <c r="F1890" s="282"/>
+    </row>
+    <row r="1891" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1891" s="279"/>
+      <c r="D1891" s="279"/>
+      <c r="F1891" s="282"/>
+    </row>
+    <row r="1892" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1892" s="279"/>
+      <c r="D1892" s="279"/>
+      <c r="F1892" s="282"/>
+    </row>
+    <row r="1893" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1893" s="279"/>
+      <c r="D1893" s="279"/>
+      <c r="F1893" s="282"/>
+    </row>
+    <row r="1894" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1894" s="279"/>
+      <c r="D1894" s="279"/>
+      <c r="F1894" s="282"/>
+    </row>
+    <row r="1895" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1895" s="279"/>
+      <c r="D1895" s="279"/>
+      <c r="F1895" s="282"/>
+    </row>
+    <row r="1896" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1896" s="279"/>
+      <c r="D1896" s="279"/>
+      <c r="F1896" s="282"/>
+    </row>
+    <row r="1897" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1897" s="279"/>
+      <c r="D1897" s="279"/>
+      <c r="F1897" s="282"/>
+    </row>
+    <row r="1898" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1898" s="279"/>
+      <c r="D1898" s="279"/>
+      <c r="F1898" s="282"/>
+    </row>
+    <row r="1899" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1899" s="279"/>
+      <c r="D1899" s="279"/>
+      <c r="F1899" s="282"/>
+    </row>
+    <row r="1900" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1900" s="279"/>
+      <c r="D1900" s="279"/>
+      <c r="F1900" s="282"/>
+    </row>
+    <row r="1901" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1901" s="279"/>
+      <c r="D1901" s="279"/>
+      <c r="F1901" s="282"/>
+    </row>
+    <row r="1902" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1902" s="279"/>
+      <c r="D1902" s="279"/>
+      <c r="F1902" s="282"/>
+    </row>
+    <row r="1903" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1903" s="279"/>
+      <c r="D1903" s="279"/>
+      <c r="F1903" s="282"/>
+    </row>
+    <row r="1904" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1904" s="279"/>
+      <c r="D1904" s="279"/>
+      <c r="F1904" s="282"/>
+    </row>
+    <row r="1905" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1905" s="279"/>
+      <c r="D1905" s="279"/>
+      <c r="F1905" s="282"/>
+    </row>
+    <row r="1906" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1906" s="279"/>
+      <c r="D1906" s="279"/>
+      <c r="F1906" s="282"/>
+    </row>
+    <row r="1907" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1907" s="279"/>
+      <c r="D1907" s="279"/>
+      <c r="F1907" s="282"/>
+    </row>
+    <row r="1908" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1908" s="279"/>
+      <c r="D1908" s="279"/>
+      <c r="F1908" s="282"/>
+    </row>
+    <row r="1909" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1909" s="279"/>
+      <c r="D1909" s="279"/>
+      <c r="F1909" s="282"/>
+    </row>
+    <row r="1910" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1910" s="279"/>
+      <c r="D1910" s="279"/>
+      <c r="F1910" s="282"/>
+    </row>
+    <row r="1911" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1911" s="279"/>
+      <c r="D1911" s="279"/>
+      <c r="F1911" s="282"/>
+    </row>
+    <row r="1912" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1912" s="279"/>
+      <c r="D1912" s="279"/>
+      <c r="F1912" s="282"/>
+    </row>
+    <row r="1913" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1913" s="279"/>
+      <c r="D1913" s="279"/>
+      <c r="F1913" s="282"/>
+    </row>
+    <row r="1914" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1914" s="279"/>
+      <c r="D1914" s="279"/>
+      <c r="F1914" s="282"/>
+    </row>
+    <row r="1915" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1915" s="279"/>
+      <c r="D1915" s="279"/>
+      <c r="F1915" s="282"/>
+    </row>
+    <row r="1916" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1916" s="279"/>
+      <c r="D1916" s="279"/>
+      <c r="F1916" s="282"/>
+    </row>
+    <row r="1917" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1917" s="279"/>
+      <c r="D1917" s="279"/>
+      <c r="F1917" s="282"/>
+    </row>
+    <row r="1918" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1918" s="279"/>
+      <c r="D1918" s="279"/>
+      <c r="F1918" s="282"/>
+    </row>
+    <row r="1919" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1919" s="279"/>
+      <c r="D1919" s="279"/>
+      <c r="F1919" s="282"/>
+    </row>
+    <row r="1920" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1920" s="279"/>
+      <c r="D1920" s="279"/>
+      <c r="F1920" s="282"/>
+    </row>
+    <row r="1921" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1921" s="279"/>
+      <c r="D1921" s="279"/>
+      <c r="F1921" s="282"/>
+    </row>
+    <row r="1922" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1922" s="279"/>
+      <c r="D1922" s="279"/>
+      <c r="F1922" s="282"/>
+    </row>
+    <row r="1923" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1923" s="279"/>
+      <c r="D1923" s="279"/>
+      <c r="F1923" s="282"/>
+    </row>
+    <row r="1924" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1924" s="279"/>
+      <c r="D1924" s="279"/>
+      <c r="F1924" s="282"/>
+    </row>
+    <row r="1925" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1925" s="279"/>
+      <c r="D1925" s="279"/>
+      <c r="F1925" s="282"/>
+    </row>
+    <row r="1926" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1926" s="279"/>
+      <c r="D1926" s="279"/>
+      <c r="F1926" s="282"/>
+    </row>
+    <row r="1927" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1927" s="279"/>
+      <c r="D1927" s="279"/>
+      <c r="F1927" s="282"/>
+    </row>
+    <row r="1928" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1928" s="279"/>
+      <c r="D1928" s="279"/>
+      <c r="F1928" s="282"/>
+    </row>
+    <row r="1929" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1929" s="279"/>
+      <c r="D1929" s="279"/>
+      <c r="F1929" s="282"/>
+    </row>
+    <row r="1930" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1930" s="279"/>
+      <c r="D1930" s="279"/>
+      <c r="F1930" s="282"/>
+    </row>
+    <row r="1931" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1931" s="279"/>
+      <c r="D1931" s="279"/>
+      <c r="F1931" s="282"/>
+    </row>
+    <row r="1932" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1932" s="279"/>
+      <c r="D1932" s="279"/>
+      <c r="F1932" s="282"/>
+    </row>
+    <row r="1933" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1933" s="279"/>
+      <c r="D1933" s="279"/>
+      <c r="F1933" s="282"/>
+    </row>
+    <row r="1934" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1934" s="279"/>
+      <c r="D1934" s="279"/>
+      <c r="F1934" s="282"/>
+    </row>
+    <row r="1935" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1935" s="279"/>
+      <c r="D1935" s="279"/>
+      <c r="F1935" s="282"/>
+    </row>
+    <row r="1936" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1936" s="279"/>
+      <c r="D1936" s="279"/>
+      <c r="F1936" s="282"/>
+    </row>
+    <row r="1937" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1937" s="279"/>
+      <c r="D1937" s="279"/>
+      <c r="F1937" s="282"/>
+    </row>
+    <row r="1938" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1938" s="279"/>
+      <c r="D1938" s="279"/>
+      <c r="F1938" s="282"/>
+    </row>
+    <row r="1939" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1939" s="279"/>
+      <c r="D1939" s="279"/>
+      <c r="F1939" s="282"/>
+    </row>
+    <row r="1940" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1940" s="279"/>
+      <c r="D1940" s="279"/>
+      <c r="F1940" s="282"/>
+    </row>
+    <row r="1941" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1941" s="279"/>
+      <c r="D1941" s="279"/>
+      <c r="F1941" s="282"/>
+    </row>
+    <row r="1942" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1942" s="279"/>
+      <c r="D1942" s="279"/>
+      <c r="F1942" s="282"/>
+    </row>
+    <row r="1943" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1943" s="279"/>
+      <c r="D1943" s="279"/>
+      <c r="F1943" s="282"/>
+    </row>
+    <row r="1944" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1944" s="279"/>
+      <c r="D1944" s="279"/>
+      <c r="F1944" s="282"/>
+    </row>
+    <row r="1945" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1945" s="279"/>
+      <c r="D1945" s="279"/>
+      <c r="F1945" s="282"/>
+    </row>
+    <row r="1946" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1946" s="279"/>
+      <c r="D1946" s="279"/>
+      <c r="F1946" s="282"/>
+    </row>
+    <row r="1947" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1947" s="279"/>
+      <c r="D1947" s="279"/>
+      <c r="F1947" s="282"/>
+    </row>
+    <row r="1948" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1948" s="279"/>
+      <c r="D1948" s="279"/>
+      <c r="F1948" s="282"/>
+    </row>
+    <row r="1949" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1949" s="279"/>
+      <c r="D1949" s="279"/>
+      <c r="F1949" s="282"/>
+    </row>
+    <row r="1950" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1950" s="279"/>
+      <c r="D1950" s="279"/>
+      <c r="F1950" s="282"/>
+    </row>
+    <row r="1951" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1951" s="279"/>
+      <c r="D1951" s="279"/>
+      <c r="F1951" s="282"/>
+    </row>
+    <row r="1952" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1952" s="279"/>
+      <c r="D1952" s="279"/>
+      <c r="F1952" s="282"/>
+    </row>
+    <row r="1953" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1953" s="279"/>
+      <c r="D1953" s="279"/>
+      <c r="F1953" s="282"/>
+    </row>
+    <row r="1954" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1954" s="279"/>
+      <c r="D1954" s="279"/>
+      <c r="F1954" s="282"/>
+    </row>
+    <row r="1955" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1955" s="279"/>
+      <c r="D1955" s="279"/>
+      <c r="F1955" s="282"/>
+    </row>
+    <row r="1956" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1956" s="279"/>
+      <c r="D1956" s="279"/>
+      <c r="F1956" s="282"/>
+    </row>
+    <row r="1957" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1957" s="279"/>
+      <c r="D1957" s="279"/>
+      <c r="F1957" s="282"/>
+    </row>
+    <row r="1958" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1958" s="279"/>
+      <c r="D1958" s="279"/>
+      <c r="F1958" s="282"/>
+    </row>
+    <row r="1959" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1959" s="279"/>
+      <c r="D1959" s="279"/>
+      <c r="F1959" s="282"/>
+    </row>
+    <row r="1960" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1960" s="279"/>
+      <c r="D1960" s="279"/>
+      <c r="F1960" s="282"/>
+    </row>
+    <row r="1961" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1961" s="279"/>
+      <c r="D1961" s="279"/>
+      <c r="F1961" s="282"/>
+    </row>
+    <row r="1962" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1962" s="279"/>
+      <c r="D1962" s="279"/>
+      <c r="F1962" s="282"/>
+    </row>
+    <row r="1963" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1963" s="279"/>
+      <c r="D1963" s="279"/>
+      <c r="F1963" s="282"/>
+    </row>
+    <row r="1964" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1964" s="279"/>
+      <c r="D1964" s="279"/>
+      <c r="F1964" s="282"/>
+    </row>
+    <row r="1965" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1965" s="279"/>
+      <c r="D1965" s="279"/>
+      <c r="F1965" s="282"/>
+    </row>
+    <row r="1966" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1966" s="279"/>
+      <c r="D1966" s="279"/>
+      <c r="F1966" s="282"/>
+    </row>
+    <row r="1967" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1967" s="279"/>
+      <c r="D1967" s="279"/>
+      <c r="F1967" s="282"/>
+    </row>
+    <row r="1968" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1968" s="279"/>
+      <c r="D1968" s="279"/>
+      <c r="F1968" s="282"/>
+    </row>
+    <row r="1969" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1969" s="279"/>
+      <c r="D1969" s="279"/>
+      <c r="F1969" s="282"/>
+    </row>
+    <row r="1970" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1970" s="279"/>
+      <c r="D1970" s="279"/>
+      <c r="F1970" s="282"/>
+    </row>
+    <row r="1971" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1971" s="279"/>
+      <c r="D1971" s="279"/>
+      <c r="F1971" s="282"/>
+    </row>
+    <row r="1972" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1972" s="279"/>
+      <c r="D1972" s="279"/>
+      <c r="F1972" s="282"/>
+    </row>
+    <row r="1973" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1973" s="279"/>
+      <c r="D1973" s="279"/>
+      <c r="F1973" s="282"/>
+    </row>
+    <row r="1974" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1974" s="279"/>
+      <c r="D1974" s="279"/>
+      <c r="F1974" s="282"/>
+    </row>
+    <row r="1975" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1975" s="279"/>
+      <c r="D1975" s="279"/>
+      <c r="F1975" s="282"/>
+    </row>
+    <row r="1976" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1976" s="279"/>
+      <c r="D1976" s="279"/>
+      <c r="F1976" s="282"/>
+    </row>
+    <row r="1977" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1977" s="279"/>
+      <c r="D1977" s="279"/>
+      <c r="F1977" s="282"/>
+    </row>
+    <row r="1978" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1978" s="279"/>
+      <c r="D1978" s="279"/>
+      <c r="F1978" s="282"/>
+    </row>
+    <row r="1979" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1979" s="279"/>
+      <c r="D1979" s="279"/>
+      <c r="F1979" s="282"/>
+    </row>
+    <row r="1980" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1980" s="279"/>
+      <c r="D1980" s="279"/>
+      <c r="F1980" s="282"/>
+    </row>
+    <row r="1981" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1981" s="279"/>
+      <c r="D1981" s="279"/>
+      <c r="F1981" s="282"/>
+    </row>
+    <row r="1982" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1982" s="279"/>
+      <c r="D1982" s="279"/>
+      <c r="F1982" s="282"/>
+    </row>
+    <row r="1983" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1983" s="279"/>
+      <c r="D1983" s="279"/>
+      <c r="F1983" s="282"/>
+    </row>
+    <row r="1984" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1984" s="279"/>
+      <c r="D1984" s="279"/>
+      <c r="F1984" s="282"/>
+    </row>
+    <row r="1985" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1985" s="279"/>
+      <c r="D1985" s="279"/>
+      <c r="F1985" s="282"/>
+    </row>
+    <row r="1986" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1986" s="279"/>
+      <c r="D1986" s="279"/>
+      <c r="F1986" s="282"/>
+    </row>
+    <row r="1987" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1987" s="279"/>
+      <c r="D1987" s="279"/>
+      <c r="F1987" s="282"/>
+    </row>
+    <row r="1988" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1988" s="279"/>
+      <c r="D1988" s="279"/>
+      <c r="F1988" s="282"/>
+    </row>
+    <row r="1989" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1989" s="279"/>
+      <c r="D1989" s="279"/>
+      <c r="F1989" s="282"/>
+    </row>
+    <row r="1990" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1990" s="279"/>
+      <c r="D1990" s="279"/>
+      <c r="F1990" s="282"/>
+    </row>
+    <row r="1991" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1991" s="279"/>
+      <c r="D1991" s="279"/>
+      <c r="F1991" s="282"/>
+    </row>
+    <row r="1992" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1992" s="279"/>
+      <c r="D1992" s="279"/>
+      <c r="F1992" s="282"/>
+    </row>
+    <row r="1993" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1993" s="279"/>
+      <c r="D1993" s="279"/>
+      <c r="F1993" s="282"/>
+    </row>
+    <row r="1994" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1994" s="279"/>
+      <c r="D1994" s="279"/>
+      <c r="F1994" s="282"/>
+    </row>
+    <row r="1995" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1995" s="279"/>
+      <c r="D1995" s="279"/>
+      <c r="F1995" s="282"/>
+    </row>
+    <row r="1996" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1996" s="279"/>
+      <c r="D1996" s="279"/>
+      <c r="F1996" s="282"/>
+    </row>
+    <row r="1997" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1997" s="279"/>
+      <c r="D1997" s="279"/>
+      <c r="F1997" s="282"/>
+    </row>
+    <row r="1998" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1998" s="279"/>
+      <c r="D1998" s="279"/>
+      <c r="F1998" s="282"/>
+    </row>
+    <row r="1999" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B1999" s="279"/>
+      <c r="D1999" s="279"/>
+      <c r="F1999" s="282"/>
+    </row>
+    <row r="2000" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2000" s="279"/>
+      <c r="D2000" s="279"/>
+      <c r="F2000" s="282"/>
+    </row>
+    <row r="2001" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2001" s="279"/>
+      <c r="D2001" s="279"/>
+      <c r="F2001" s="282"/>
+    </row>
+    <row r="2002" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2002" s="279"/>
+      <c r="D2002" s="279"/>
+      <c r="F2002" s="282"/>
+    </row>
+    <row r="2003" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2003" s="279"/>
+      <c r="D2003" s="279"/>
+      <c r="F2003" s="282"/>
+    </row>
+    <row r="2004" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2004" s="279"/>
+      <c r="D2004" s="279"/>
+      <c r="F2004" s="282"/>
+    </row>
+    <row r="2005" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2005" s="279"/>
+      <c r="D2005" s="279"/>
+      <c r="F2005" s="282"/>
+    </row>
+    <row r="2006" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2006" s="279"/>
+      <c r="D2006" s="279"/>
+      <c r="F2006" s="282"/>
+    </row>
+    <row r="2007" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2007" s="279"/>
+      <c r="D2007" s="279"/>
+      <c r="F2007" s="282"/>
+    </row>
+    <row r="2008" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2008" s="279"/>
+      <c r="D2008" s="279"/>
+      <c r="F2008" s="282"/>
+    </row>
+    <row r="2009" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2009" s="279"/>
+      <c r="D2009" s="279"/>
+      <c r="F2009" s="282"/>
+    </row>
+    <row r="2010" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2010" s="279"/>
+      <c r="D2010" s="279"/>
+      <c r="F2010" s="282"/>
+    </row>
+    <row r="2011" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2011" s="279"/>
+      <c r="D2011" s="279"/>
+      <c r="F2011" s="282"/>
+    </row>
+    <row r="2012" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2012" s="279"/>
+      <c r="D2012" s="279"/>
+      <c r="F2012" s="282"/>
+    </row>
+    <row r="2013" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2013" s="279"/>
+      <c r="D2013" s="279"/>
+      <c r="F2013" s="282"/>
+    </row>
+    <row r="2014" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2014" s="279"/>
+      <c r="D2014" s="279"/>
+      <c r="F2014" s="282"/>
+    </row>
+    <row r="2015" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2015" s="279"/>
+      <c r="D2015" s="279"/>
+      <c r="F2015" s="282"/>
+    </row>
+    <row r="2016" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2016" s="279"/>
+      <c r="D2016" s="279"/>
+      <c r="F2016" s="282"/>
+    </row>
+    <row r="2017" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2017" s="279"/>
+      <c r="D2017" s="279"/>
+      <c r="F2017" s="282"/>
+    </row>
+    <row r="2018" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2018" s="279"/>
+      <c r="D2018" s="279"/>
+      <c r="F2018" s="282"/>
+    </row>
+    <row r="2019" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2019" s="279"/>
+      <c r="D2019" s="279"/>
+      <c r="F2019" s="282"/>
+    </row>
+    <row r="2020" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2020" s="279"/>
+      <c r="D2020" s="279"/>
+      <c r="F2020" s="282"/>
+    </row>
+    <row r="2021" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2021" s="279"/>
+      <c r="D2021" s="279"/>
+      <c r="F2021" s="282"/>
+    </row>
+    <row r="2022" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2022" s="279"/>
+      <c r="D2022" s="279"/>
+      <c r="F2022" s="282"/>
+    </row>
+    <row r="2023" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2023" s="279"/>
+      <c r="D2023" s="279"/>
+      <c r="F2023" s="282"/>
+    </row>
+    <row r="2024" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2024" s="279"/>
+      <c r="D2024" s="279"/>
+      <c r="F2024" s="282"/>
+    </row>
+    <row r="2025" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2025" s="279"/>
+      <c r="D2025" s="279"/>
+      <c r="F2025" s="282"/>
+    </row>
+    <row r="2026" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2026" s="279"/>
+      <c r="D2026" s="279"/>
+      <c r="F2026" s="282"/>
+    </row>
+    <row r="2027" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2027" s="279"/>
+      <c r="D2027" s="279"/>
+      <c r="F2027" s="282"/>
+    </row>
+    <row r="2028" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2028" s="279"/>
+      <c r="D2028" s="279"/>
+      <c r="F2028" s="282"/>
+    </row>
+    <row r="2029" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2029" s="279"/>
+      <c r="D2029" s="279"/>
+      <c r="F2029" s="282"/>
+    </row>
+    <row r="2030" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2030" s="279"/>
+      <c r="D2030" s="279"/>
+      <c r="F2030" s="282"/>
+    </row>
+    <row r="2031" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2031" s="279"/>
+      <c r="D2031" s="279"/>
+      <c r="F2031" s="282"/>
+    </row>
+    <row r="2032" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2032" s="279"/>
+      <c r="D2032" s="279"/>
+      <c r="F2032" s="282"/>
+    </row>
+    <row r="2033" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2033" s="279"/>
+      <c r="D2033" s="279"/>
+      <c r="F2033" s="282"/>
+    </row>
+    <row r="2034" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2034" s="279"/>
+      <c r="D2034" s="279"/>
+      <c r="F2034" s="282"/>
+    </row>
+    <row r="2035" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2035" s="279"/>
+      <c r="D2035" s="279"/>
+      <c r="F2035" s="282"/>
+    </row>
+    <row r="2036" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2036" s="279"/>
+      <c r="D2036" s="279"/>
+      <c r="F2036" s="282"/>
+    </row>
+    <row r="2037" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2037" s="279"/>
+      <c r="D2037" s="279"/>
+      <c r="F2037" s="282"/>
+    </row>
+    <row r="2038" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2038" s="279"/>
+      <c r="D2038" s="279"/>
+      <c r="F2038" s="282"/>
+    </row>
+    <row r="2039" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2039" s="279"/>
+      <c r="D2039" s="279"/>
+      <c r="F2039" s="282"/>
+    </row>
+    <row r="2040" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2040" s="279"/>
+      <c r="D2040" s="279"/>
+      <c r="F2040" s="282"/>
+    </row>
+    <row r="2041" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2041" s="279"/>
+      <c r="D2041" s="279"/>
+      <c r="F2041" s="282"/>
+    </row>
+    <row r="2042" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2042" s="279"/>
+      <c r="D2042" s="279"/>
+      <c r="F2042" s="282"/>
+    </row>
+    <row r="2043" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2043" s="279"/>
+      <c r="D2043" s="279"/>
+      <c r="F2043" s="282"/>
+    </row>
+    <row r="2044" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2044" s="279"/>
+      <c r="D2044" s="279"/>
+      <c r="F2044" s="282"/>
+    </row>
+    <row r="2045" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2045" s="279"/>
+      <c r="D2045" s="279"/>
+      <c r="F2045" s="282"/>
+    </row>
+    <row r="2046" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2046" s="279"/>
+      <c r="D2046" s="279"/>
+      <c r="F2046" s="282"/>
+    </row>
+    <row r="2047" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2047" s="279"/>
+      <c r="D2047" s="279"/>
+      <c r="F2047" s="282"/>
+    </row>
+    <row r="2048" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2048" s="279"/>
+      <c r="D2048" s="279"/>
+      <c r="F2048" s="282"/>
+    </row>
+    <row r="2049" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2049" s="279"/>
+      <c r="D2049" s="279"/>
+      <c r="F2049" s="282"/>
+    </row>
+    <row r="2050" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2050" s="279"/>
+      <c r="D2050" s="279"/>
+      <c r="F2050" s="282"/>
+    </row>
+    <row r="2051" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2051" s="279"/>
+      <c r="D2051" s="279"/>
+      <c r="F2051" s="282"/>
+    </row>
+    <row r="2052" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2052" s="279"/>
+      <c r="D2052" s="279"/>
+      <c r="F2052" s="282"/>
+    </row>
+    <row r="2053" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2053" s="279"/>
+      <c r="D2053" s="279"/>
+      <c r="F2053" s="282"/>
+    </row>
+    <row r="2054" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2054" s="279"/>
+      <c r="D2054" s="279"/>
+      <c r="F2054" s="282"/>
+    </row>
+    <row r="2055" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2055" s="279"/>
+      <c r="D2055" s="279"/>
+      <c r="F2055" s="282"/>
+    </row>
+    <row r="2056" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2056" s="279"/>
+      <c r="D2056" s="279"/>
+      <c r="F2056" s="282"/>
+    </row>
+    <row r="2057" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2057" s="279"/>
+      <c r="D2057" s="279"/>
+      <c r="F2057" s="282"/>
+    </row>
+    <row r="2058" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2058" s="279"/>
+      <c r="D2058" s="279"/>
+      <c r="F2058" s="282"/>
+    </row>
+    <row r="2059" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2059" s="279"/>
+      <c r="D2059" s="279"/>
+      <c r="F2059" s="282"/>
+    </row>
+    <row r="2060" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2060" s="279"/>
+      <c r="D2060" s="279"/>
+      <c r="F2060" s="282"/>
+    </row>
+    <row r="2061" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2061" s="279"/>
+      <c r="D2061" s="279"/>
+      <c r="F2061" s="282"/>
+    </row>
+    <row r="2062" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2062" s="279"/>
+      <c r="D2062" s="279"/>
+      <c r="F2062" s="282"/>
+    </row>
+    <row r="2063" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2063" s="279"/>
+      <c r="D2063" s="279"/>
+      <c r="F2063" s="282"/>
+    </row>
+    <row r="2064" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2064" s="279"/>
+      <c r="D2064" s="279"/>
+      <c r="F2064" s="282"/>
+    </row>
+    <row r="2065" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2065" s="279"/>
+      <c r="D2065" s="279"/>
+      <c r="F2065" s="282"/>
+    </row>
+    <row r="2066" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2066" s="279"/>
+      <c r="D2066" s="279"/>
+      <c r="F2066" s="282"/>
+    </row>
+    <row r="2067" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2067" s="279"/>
+      <c r="D2067" s="279"/>
+      <c r="F2067" s="282"/>
+    </row>
+    <row r="2068" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2068" s="279"/>
+      <c r="D2068" s="279"/>
+      <c r="F2068" s="282"/>
+    </row>
+    <row r="2069" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2069" s="279"/>
+      <c r="D2069" s="279"/>
+      <c r="F2069" s="282"/>
+    </row>
+    <row r="2070" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2070" s="279"/>
+      <c r="D2070" s="279"/>
+      <c r="F2070" s="282"/>
+    </row>
+    <row r="2071" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2071" s="279"/>
+      <c r="D2071" s="279"/>
+      <c r="F2071" s="282"/>
+    </row>
+    <row r="2072" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2072" s="279"/>
+      <c r="D2072" s="279"/>
+      <c r="F2072" s="282"/>
+    </row>
+    <row r="2073" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2073" s="279"/>
+      <c r="D2073" s="279"/>
+      <c r="F2073" s="282"/>
+    </row>
+    <row r="2074" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2074" s="279"/>
+      <c r="D2074" s="279"/>
+      <c r="F2074" s="282"/>
+    </row>
+    <row r="2075" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2075" s="279"/>
+      <c r="D2075" s="279"/>
+      <c r="F2075" s="282"/>
+    </row>
+    <row r="2076" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2076" s="279"/>
+      <c r="D2076" s="279"/>
+      <c r="F2076" s="282"/>
+    </row>
+    <row r="2077" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2077" s="279"/>
+      <c r="D2077" s="279"/>
+      <c r="F2077" s="282"/>
+    </row>
+    <row r="2078" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2078" s="279"/>
+      <c r="D2078" s="279"/>
+      <c r="F2078" s="282"/>
+    </row>
+    <row r="2079" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2079" s="279"/>
+      <c r="D2079" s="279"/>
+      <c r="F2079" s="282"/>
+    </row>
+    <row r="2080" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2080" s="279"/>
+      <c r="D2080" s="279"/>
+      <c r="F2080" s="282"/>
+    </row>
+    <row r="2081" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2081" s="279"/>
+      <c r="D2081" s="279"/>
+      <c r="F2081" s="282"/>
+    </row>
+    <row r="2082" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2082" s="279"/>
+      <c r="D2082" s="279"/>
+      <c r="F2082" s="282"/>
+    </row>
+    <row r="2083" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2083" s="279"/>
+      <c r="D2083" s="279"/>
+      <c r="F2083" s="282"/>
+    </row>
+    <row r="2084" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2084" s="279"/>
+      <c r="D2084" s="279"/>
+      <c r="F2084" s="282"/>
+    </row>
+    <row r="2085" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2085" s="279"/>
+      <c r="D2085" s="279"/>
+      <c r="F2085" s="282"/>
+    </row>
+    <row r="2086" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2086" s="279"/>
+      <c r="D2086" s="279"/>
+      <c r="F2086" s="282"/>
+    </row>
+    <row r="2087" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2087" s="279"/>
+      <c r="D2087" s="279"/>
+      <c r="F2087" s="282"/>
+    </row>
+    <row r="2088" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2088" s="279"/>
+      <c r="D2088" s="279"/>
+      <c r="F2088" s="282"/>
+    </row>
+    <row r="2089" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2089" s="279"/>
+      <c r="D2089" s="279"/>
+      <c r="F2089" s="282"/>
+    </row>
+    <row r="2090" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2090" s="279"/>
+      <c r="D2090" s="279"/>
+      <c r="F2090" s="282"/>
+    </row>
+    <row r="2091" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2091" s="279"/>
+      <c r="D2091" s="279"/>
+      <c r="F2091" s="282"/>
+    </row>
+    <row r="2092" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2092" s="279"/>
+      <c r="D2092" s="279"/>
+      <c r="F2092" s="282"/>
+    </row>
+    <row r="2093" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2093" s="279"/>
+      <c r="D2093" s="279"/>
+      <c r="F2093" s="282"/>
+    </row>
+    <row r="2094" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2094" s="279"/>
+      <c r="D2094" s="279"/>
+      <c r="F2094" s="282"/>
+    </row>
+    <row r="2095" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2095" s="279"/>
+      <c r="D2095" s="279"/>
+      <c r="F2095" s="282"/>
+    </row>
+    <row r="2096" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2096" s="279"/>
+      <c r="D2096" s="279"/>
+      <c r="F2096" s="282"/>
+    </row>
+    <row r="2097" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2097" s="279"/>
+      <c r="D2097" s="279"/>
+      <c r="F2097" s="282"/>
+    </row>
+    <row r="2098" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2098" s="279"/>
+      <c r="D2098" s="279"/>
+      <c r="F2098" s="282"/>
+    </row>
+    <row r="2099" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2099" s="279"/>
+      <c r="D2099" s="279"/>
+      <c r="F2099" s="282"/>
+    </row>
+    <row r="2100" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2100" s="279"/>
+      <c r="D2100" s="279"/>
+      <c r="F2100" s="282"/>
+    </row>
+    <row r="2101" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2101" s="279"/>
+      <c r="D2101" s="279"/>
+      <c r="F2101" s="282"/>
+    </row>
+    <row r="2102" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2102" s="279"/>
+      <c r="D2102" s="279"/>
+      <c r="F2102" s="282"/>
+    </row>
+    <row r="2103" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2103" s="279"/>
+      <c r="D2103" s="279"/>
+      <c r="F2103" s="282"/>
+    </row>
+    <row r="2104" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2104" s="279"/>
+      <c r="D2104" s="279"/>
+      <c r="F2104" s="282"/>
+    </row>
+    <row r="2105" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2105" s="279"/>
+      <c r="D2105" s="279"/>
+      <c r="F2105" s="282"/>
+    </row>
+    <row r="2106" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2106" s="279"/>
+      <c r="D2106" s="279"/>
+      <c r="F2106" s="282"/>
+    </row>
+    <row r="2107" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2107" s="279"/>
+      <c r="D2107" s="279"/>
+      <c r="F2107" s="282"/>
+    </row>
+    <row r="2108" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2108" s="279"/>
+      <c r="D2108" s="279"/>
+      <c r="F2108" s="282"/>
+    </row>
+    <row r="2109" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2109" s="279"/>
+      <c r="D2109" s="279"/>
+      <c r="F2109" s="282"/>
+    </row>
+    <row r="2110" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2110" s="279"/>
+      <c r="D2110" s="279"/>
+      <c r="F2110" s="282"/>
+    </row>
+    <row r="2111" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2111" s="279"/>
+      <c r="D2111" s="279"/>
+      <c r="F2111" s="282"/>
+    </row>
+    <row r="2112" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2112" s="279"/>
+      <c r="D2112" s="279"/>
+      <c r="F2112" s="282"/>
+    </row>
+    <row r="2113" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2113" s="279"/>
+      <c r="D2113" s="279"/>
+      <c r="F2113" s="282"/>
+    </row>
+    <row r="2114" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2114" s="279"/>
+      <c r="D2114" s="279"/>
+      <c r="F2114" s="282"/>
+    </row>
+    <row r="2115" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2115" s="279"/>
+      <c r="D2115" s="279"/>
+      <c r="F2115" s="282"/>
+    </row>
+    <row r="2116" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2116" s="279"/>
+      <c r="D2116" s="279"/>
+      <c r="F2116" s="282"/>
+    </row>
+    <row r="2117" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2117" s="279"/>
+      <c r="D2117" s="279"/>
+      <c r="F2117" s="282"/>
+    </row>
+    <row r="2118" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2118" s="279"/>
+      <c r="D2118" s="279"/>
+      <c r="F2118" s="282"/>
+    </row>
+    <row r="2119" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2119" s="279"/>
+      <c r="D2119" s="279"/>
+      <c r="F2119" s="282"/>
+    </row>
+    <row r="2120" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2120" s="279"/>
+      <c r="D2120" s="279"/>
+      <c r="F2120" s="282"/>
+    </row>
+    <row r="2121" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2121" s="279"/>
+      <c r="D2121" s="279"/>
+      <c r="F2121" s="282"/>
+    </row>
+    <row r="2122" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2122" s="279"/>
+      <c r="D2122" s="279"/>
+      <c r="F2122" s="282"/>
+    </row>
+    <row r="2123" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2123" s="279"/>
+      <c r="D2123" s="279"/>
+      <c r="F2123" s="282"/>
+    </row>
+    <row r="2124" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2124" s="279"/>
+      <c r="D2124" s="279"/>
+      <c r="F2124" s="282"/>
+    </row>
+    <row r="2125" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2125" s="279"/>
+      <c r="D2125" s="279"/>
+      <c r="F2125" s="282"/>
+    </row>
+    <row r="2126" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2126" s="279"/>
+      <c r="D2126" s="279"/>
+      <c r="F2126" s="282"/>
+    </row>
+    <row r="2127" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2127" s="279"/>
+      <c r="D2127" s="279"/>
+      <c r="F2127" s="282"/>
+    </row>
+    <row r="2128" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2128" s="279"/>
+      <c r="D2128" s="279"/>
+      <c r="F2128" s="282"/>
+    </row>
+    <row r="2129" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2129" s="279"/>
+      <c r="D2129" s="279"/>
+      <c r="F2129" s="282"/>
+    </row>
+    <row r="2130" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2130" s="279"/>
+      <c r="D2130" s="279"/>
+      <c r="F2130" s="282"/>
+    </row>
+    <row r="2131" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2131" s="279"/>
+      <c r="D2131" s="279"/>
+      <c r="F2131" s="282"/>
+    </row>
+    <row r="2132" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2132" s="279"/>
+      <c r="D2132" s="279"/>
+      <c r="F2132" s="282"/>
+    </row>
+    <row r="2133" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2133" s="279"/>
+      <c r="D2133" s="279"/>
+      <c r="F2133" s="282"/>
+    </row>
+    <row r="2134" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2134" s="279"/>
+      <c r="D2134" s="279"/>
+      <c r="F2134" s="282"/>
+    </row>
+    <row r="2135" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2135" s="279"/>
+      <c r="D2135" s="279"/>
+      <c r="F2135" s="282"/>
+    </row>
+    <row r="2136" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2136" s="279"/>
+      <c r="D2136" s="279"/>
+      <c r="F2136" s="282"/>
+    </row>
+    <row r="2137" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2137" s="279"/>
+      <c r="D2137" s="279"/>
+      <c r="F2137" s="282"/>
+    </row>
+    <row r="2138" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2138" s="279"/>
+      <c r="D2138" s="279"/>
+      <c r="F2138" s="282"/>
+    </row>
+    <row r="2139" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2139" s="279"/>
+      <c r="D2139" s="279"/>
+      <c r="F2139" s="282"/>
+    </row>
+    <row r="2140" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2140" s="279"/>
+      <c r="D2140" s="279"/>
+      <c r="F2140" s="282"/>
+    </row>
+    <row r="2141" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2141" s="279"/>
+      <c r="D2141" s="279"/>
+      <c r="F2141" s="282"/>
+    </row>
+    <row r="2142" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2142" s="279"/>
+      <c r="D2142" s="279"/>
+      <c r="F2142" s="282"/>
+    </row>
+    <row r="2143" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2143" s="279"/>
+      <c r="D2143" s="279"/>
+      <c r="F2143" s="282"/>
+    </row>
+    <row r="2144" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2144" s="279"/>
+      <c r="D2144" s="279"/>
+      <c r="F2144" s="282"/>
+    </row>
+    <row r="2145" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2145" s="279"/>
+      <c r="D2145" s="279"/>
+      <c r="F2145" s="282"/>
+    </row>
+    <row r="2146" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2146" s="279"/>
+      <c r="D2146" s="279"/>
+      <c r="F2146" s="282"/>
+    </row>
+    <row r="2147" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2147" s="279"/>
+      <c r="D2147" s="279"/>
+      <c r="F2147" s="282"/>
+    </row>
+    <row r="2148" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2148" s="279"/>
+      <c r="D2148" s="279"/>
+      <c r="F2148" s="282"/>
+    </row>
+    <row r="2149" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2149" s="279"/>
+      <c r="D2149" s="279"/>
+      <c r="F2149" s="282"/>
+    </row>
+    <row r="2150" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2150" s="279"/>
+      <c r="D2150" s="279"/>
+      <c r="F2150" s="282"/>
+    </row>
+    <row r="2151" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2151" s="279"/>
+      <c r="D2151" s="279"/>
+      <c r="F2151" s="282"/>
+    </row>
+    <row r="2152" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2152" s="279"/>
+      <c r="D2152" s="279"/>
+      <c r="F2152" s="282"/>
+    </row>
+    <row r="2153" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2153" s="279"/>
+      <c r="D2153" s="279"/>
+      <c r="F2153" s="282"/>
+    </row>
+    <row r="2154" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2154" s="279"/>
+      <c r="D2154" s="279"/>
+      <c r="F2154" s="282"/>
+    </row>
+    <row r="2155" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2155" s="279"/>
+      <c r="D2155" s="279"/>
+      <c r="F2155" s="282"/>
+    </row>
+    <row r="2156" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2156" s="279"/>
+      <c r="D2156" s="279"/>
+      <c r="F2156" s="282"/>
+    </row>
+    <row r="2157" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2157" s="279"/>
+      <c r="D2157" s="279"/>
+      <c r="F2157" s="282"/>
+    </row>
+    <row r="2158" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2158" s="279"/>
+      <c r="D2158" s="279"/>
+      <c r="F2158" s="282"/>
+    </row>
+    <row r="2159" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2159" s="279"/>
+      <c r="D2159" s="279"/>
+      <c r="F2159" s="282"/>
+    </row>
+    <row r="2160" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2160" s="279"/>
+      <c r="D2160" s="279"/>
+      <c r="F2160" s="282"/>
+    </row>
+    <row r="2161" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2161" s="279"/>
+      <c r="D2161" s="279"/>
+      <c r="F2161" s="282"/>
+    </row>
+    <row r="2162" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2162" s="279"/>
+      <c r="D2162" s="279"/>
+      <c r="F2162" s="282"/>
+    </row>
+    <row r="2163" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2163" s="279"/>
+      <c r="D2163" s="279"/>
+      <c r="F2163" s="282"/>
+    </row>
+    <row r="2164" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2164" s="279"/>
+      <c r="D2164" s="279"/>
+      <c r="F2164" s="282"/>
+    </row>
+    <row r="2165" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2165" s="279"/>
+      <c r="D2165" s="279"/>
+      <c r="F2165" s="282"/>
+    </row>
+    <row r="2166" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2166" s="279"/>
+      <c r="D2166" s="279"/>
+      <c r="F2166" s="282"/>
+    </row>
+    <row r="2167" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2167" s="279"/>
+      <c r="D2167" s="279"/>
+      <c r="F2167" s="282"/>
+    </row>
+    <row r="2168" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2168" s="279"/>
+      <c r="D2168" s="279"/>
+      <c r="F2168" s="282"/>
+    </row>
+    <row r="2169" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2169" s="279"/>
+      <c r="D2169" s="279"/>
+      <c r="F2169" s="282"/>
+    </row>
+    <row r="2170" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2170" s="279"/>
+      <c r="D2170" s="279"/>
+      <c r="F2170" s="282"/>
+    </row>
+    <row r="2171" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2171" s="279"/>
+      <c r="D2171" s="279"/>
+      <c r="F2171" s="282"/>
+    </row>
+    <row r="2172" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2172" s="279"/>
+      <c r="D2172" s="279"/>
+      <c r="F2172" s="282"/>
+    </row>
+    <row r="2173" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2173" s="279"/>
+      <c r="D2173" s="279"/>
+      <c r="F2173" s="282"/>
+    </row>
+    <row r="2174" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2174" s="279"/>
+      <c r="D2174" s="279"/>
+      <c r="F2174" s="282"/>
+    </row>
+    <row r="2175" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2175" s="279"/>
+      <c r="D2175" s="279"/>
+      <c r="F2175" s="282"/>
+    </row>
+    <row r="2176" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2176" s="279"/>
+      <c r="D2176" s="279"/>
+      <c r="F2176" s="282"/>
+    </row>
+    <row r="2177" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2177" s="279"/>
+      <c r="D2177" s="279"/>
+      <c r="F2177" s="282"/>
+    </row>
+    <row r="2178" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2178" s="279"/>
+      <c r="D2178" s="279"/>
+      <c r="F2178" s="282"/>
+    </row>
+    <row r="2179" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2179" s="279"/>
+      <c r="D2179" s="279"/>
+      <c r="F2179" s="282"/>
+    </row>
+    <row r="2180" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2180" s="279"/>
+      <c r="D2180" s="279"/>
+      <c r="F2180" s="282"/>
+    </row>
+    <row r="2181" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2181" s="279"/>
+      <c r="D2181" s="279"/>
+      <c r="F2181" s="282"/>
+    </row>
+    <row r="2182" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2182" s="279"/>
+      <c r="D2182" s="279"/>
+      <c r="F2182" s="282"/>
+    </row>
+    <row r="2183" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2183" s="279"/>
+      <c r="D2183" s="279"/>
+      <c r="F2183" s="282"/>
+    </row>
+    <row r="2184" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2184" s="279"/>
+      <c r="D2184" s="279"/>
+      <c r="F2184" s="282"/>
+    </row>
+    <row r="2185" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2185" s="279"/>
+      <c r="D2185" s="279"/>
+      <c r="F2185" s="282"/>
+    </row>
+    <row r="2186" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2186" s="279"/>
+      <c r="D2186" s="279"/>
+      <c r="F2186" s="282"/>
+    </row>
+    <row r="2187" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2187" s="279"/>
+      <c r="D2187" s="279"/>
+      <c r="F2187" s="282"/>
+    </row>
+    <row r="2188" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2188" s="279"/>
+      <c r="D2188" s="279"/>
+      <c r="F2188" s="282"/>
+    </row>
+    <row r="2189" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2189" s="279"/>
+      <c r="D2189" s="279"/>
+      <c r="F2189" s="282"/>
+    </row>
+    <row r="2190" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2190" s="279"/>
+      <c r="D2190" s="279"/>
+      <c r="F2190" s="282"/>
+    </row>
+    <row r="2191" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2191" s="279"/>
+      <c r="D2191" s="279"/>
+      <c r="F2191" s="282"/>
+    </row>
+    <row r="2192" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2192" s="279"/>
+      <c r="D2192" s="279"/>
+      <c r="F2192" s="282"/>
+    </row>
+    <row r="2193" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2193" s="279"/>
+      <c r="D2193" s="279"/>
+      <c r="F2193" s="282"/>
+    </row>
+    <row r="2194" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2194" s="279"/>
+      <c r="D2194" s="279"/>
+      <c r="F2194" s="282"/>
+    </row>
+    <row r="2195" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2195" s="279"/>
+      <c r="D2195" s="279"/>
+      <c r="F2195" s="282"/>
+    </row>
+    <row r="2196" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2196" s="279"/>
+      <c r="D2196" s="279"/>
+      <c r="F2196" s="282"/>
+    </row>
+    <row r="2197" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2197" s="279"/>
+      <c r="D2197" s="279"/>
+      <c r="F2197" s="282"/>
+    </row>
+    <row r="2198" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2198" s="279"/>
+      <c r="D2198" s="279"/>
+      <c r="F2198" s="282"/>
+    </row>
+    <row r="2199" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2199" s="279"/>
+      <c r="D2199" s="279"/>
+      <c r="F2199" s="282"/>
+    </row>
+    <row r="2200" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2200" s="279"/>
+      <c r="D2200" s="279"/>
+      <c r="F2200" s="282"/>
+    </row>
+    <row r="2201" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2201" s="279"/>
+      <c r="D2201" s="279"/>
+      <c r="F2201" s="282"/>
+    </row>
+    <row r="2202" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2202" s="279"/>
+      <c r="D2202" s="279"/>
+      <c r="F2202" s="282"/>
+    </row>
+    <row r="2203" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2203" s="279"/>
+      <c r="D2203" s="279"/>
+      <c r="F2203" s="282"/>
+    </row>
+    <row r="2204" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2204" s="279"/>
+      <c r="D2204" s="279"/>
+      <c r="F2204" s="282"/>
+    </row>
+    <row r="2205" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2205" s="279"/>
+      <c r="D2205" s="279"/>
+      <c r="F2205" s="282"/>
+    </row>
+    <row r="2206" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2206" s="279"/>
+      <c r="D2206" s="279"/>
+      <c r="F2206" s="282"/>
+    </row>
+    <row r="2207" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2207" s="279"/>
+      <c r="D2207" s="279"/>
+      <c r="F2207" s="282"/>
+    </row>
+    <row r="2208" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2208" s="279"/>
+      <c r="D2208" s="279"/>
+      <c r="F2208" s="282"/>
+    </row>
+    <row r="2209" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2209" s="279"/>
+      <c r="D2209" s="279"/>
+      <c r="F2209" s="282"/>
+    </row>
+    <row r="2210" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2210" s="279"/>
+      <c r="D2210" s="279"/>
+      <c r="F2210" s="282"/>
+    </row>
+    <row r="2211" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2211" s="279"/>
+      <c r="D2211" s="279"/>
+      <c r="F2211" s="282"/>
+    </row>
+    <row r="2212" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2212" s="279"/>
+      <c r="D2212" s="279"/>
+      <c r="F2212" s="282"/>
+    </row>
+    <row r="2213" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2213" s="279"/>
+      <c r="D2213" s="279"/>
+      <c r="F2213" s="282"/>
+    </row>
+    <row r="2214" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2214" s="279"/>
+      <c r="D2214" s="279"/>
+      <c r="F2214" s="282"/>
+    </row>
+    <row r="2215" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2215" s="279"/>
+      <c r="D2215" s="279"/>
+      <c r="F2215" s="282"/>
+    </row>
+    <row r="2216" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2216" s="279"/>
+      <c r="D2216" s="279"/>
+      <c r="F2216" s="282"/>
+    </row>
+    <row r="2217" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2217" s="279"/>
+      <c r="D2217" s="279"/>
+      <c r="F2217" s="282"/>
+    </row>
+    <row r="2218" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2218" s="279"/>
+      <c r="D2218" s="279"/>
+      <c r="F2218" s="282"/>
+    </row>
+    <row r="2219" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2219" s="279"/>
+      <c r="D2219" s="279"/>
+      <c r="F2219" s="282"/>
+    </row>
+    <row r="2220" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2220" s="279"/>
+      <c r="D2220" s="279"/>
+      <c r="F2220" s="282"/>
+    </row>
+    <row r="2221" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2221" s="279"/>
+      <c r="D2221" s="279"/>
+      <c r="F2221" s="282"/>
+    </row>
+    <row r="2222" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2222" s="279"/>
+      <c r="D2222" s="279"/>
+      <c r="F2222" s="282"/>
+    </row>
+    <row r="2223" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2223" s="279"/>
+      <c r="D2223" s="279"/>
+      <c r="F2223" s="282"/>
+    </row>
+    <row r="2224" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2224" s="279"/>
+      <c r="D2224" s="279"/>
+      <c r="F2224" s="282"/>
+    </row>
+    <row r="2225" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2225" s="279"/>
+      <c r="D2225" s="279"/>
+      <c r="F2225" s="282"/>
+    </row>
+    <row r="2226" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2226" s="279"/>
+      <c r="D2226" s="279"/>
+      <c r="F2226" s="282"/>
+    </row>
+    <row r="2227" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2227" s="279"/>
+      <c r="D2227" s="279"/>
+      <c r="F2227" s="282"/>
+    </row>
+    <row r="2228" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2228" s="279"/>
+      <c r="D2228" s="279"/>
+      <c r="F2228" s="282"/>
+    </row>
+    <row r="2229" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2229" s="279"/>
+      <c r="D2229" s="279"/>
+      <c r="F2229" s="282"/>
+    </row>
+    <row r="2230" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2230" s="279"/>
+      <c r="D2230" s="279"/>
+      <c r="F2230" s="282"/>
+    </row>
+    <row r="2231" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2231" s="279"/>
+      <c r="D2231" s="279"/>
+      <c r="F2231" s="282"/>
+    </row>
+    <row r="2232" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2232" s="279"/>
+      <c r="D2232" s="279"/>
+      <c r="F2232" s="282"/>
+    </row>
+    <row r="2233" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2233" s="279"/>
+      <c r="D2233" s="279"/>
+      <c r="F2233" s="282"/>
+    </row>
+    <row r="2234" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2234" s="279"/>
+      <c r="D2234" s="279"/>
+      <c r="F2234" s="282"/>
+    </row>
+    <row r="2235" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2235" s="279"/>
+      <c r="D2235" s="279"/>
+      <c r="F2235" s="282"/>
+    </row>
+    <row r="2236" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2236" s="279"/>
+      <c r="D2236" s="279"/>
+      <c r="F2236" s="282"/>
+    </row>
+    <row r="2237" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2237" s="279"/>
+      <c r="D2237" s="279"/>
+      <c r="F2237" s="282"/>
+    </row>
+    <row r="2238" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2238" s="279"/>
+      <c r="D2238" s="279"/>
+      <c r="F2238" s="282"/>
+    </row>
+    <row r="2239" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2239" s="279"/>
+      <c r="D2239" s="279"/>
+      <c r="F2239" s="282"/>
+    </row>
+    <row r="2240" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2240" s="279"/>
+      <c r="D2240" s="279"/>
+      <c r="F2240" s="282"/>
+    </row>
+    <row r="2241" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2241" s="279"/>
+      <c r="D2241" s="279"/>
+      <c r="F2241" s="282"/>
+    </row>
+    <row r="2242" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2242" s="279"/>
+      <c r="D2242" s="279"/>
+      <c r="F2242" s="282"/>
+    </row>
+    <row r="2243" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2243" s="279"/>
+      <c r="D2243" s="279"/>
+      <c r="F2243" s="282"/>
+    </row>
+    <row r="2244" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2244" s="279"/>
+      <c r="D2244" s="279"/>
+      <c r="F2244" s="282"/>
+    </row>
+    <row r="2245" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2245" s="279"/>
+      <c r="D2245" s="279"/>
+      <c r="F2245" s="282"/>
+    </row>
+    <row r="2246" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2246" s="279"/>
+      <c r="D2246" s="279"/>
+      <c r="F2246" s="282"/>
+    </row>
+    <row r="2247" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2247" s="279"/>
+      <c r="D2247" s="279"/>
+      <c r="F2247" s="282"/>
+    </row>
+    <row r="2248" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2248" s="279"/>
+      <c r="D2248" s="279"/>
+      <c r="F2248" s="282"/>
+    </row>
+    <row r="2249" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2249" s="279"/>
+      <c r="D2249" s="279"/>
+      <c r="F2249" s="282"/>
+    </row>
+    <row r="2250" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2250" s="279"/>
+      <c r="D2250" s="279"/>
+      <c r="F2250" s="282"/>
+    </row>
+    <row r="2251" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2251" s="279"/>
+      <c r="D2251" s="279"/>
+      <c r="F2251" s="282"/>
+    </row>
+    <row r="2252" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2252" s="279"/>
+      <c r="D2252" s="279"/>
+      <c r="F2252" s="282"/>
+    </row>
+    <row r="2253" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2253" s="279"/>
+      <c r="D2253" s="279"/>
+      <c r="F2253" s="282"/>
+    </row>
+    <row r="2254" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2254" s="279"/>
+      <c r="D2254" s="279"/>
+      <c r="F2254" s="282"/>
+    </row>
+    <row r="2255" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2255" s="279"/>
+      <c r="D2255" s="279"/>
+      <c r="F2255" s="282"/>
+    </row>
+    <row r="2256" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2256" s="279"/>
+      <c r="D2256" s="279"/>
+      <c r="F2256" s="282"/>
+    </row>
+    <row r="2257" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2257" s="279"/>
+      <c r="D2257" s="279"/>
+      <c r="F2257" s="282"/>
+    </row>
+    <row r="2258" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2258" s="279"/>
+      <c r="D2258" s="279"/>
+      <c r="F2258" s="282"/>
+    </row>
+    <row r="2259" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2259" s="279"/>
+      <c r="D2259" s="279"/>
+      <c r="F2259" s="282"/>
+    </row>
+    <row r="2260" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2260" s="279"/>
+      <c r="D2260" s="279"/>
+      <c r="F2260" s="282"/>
+    </row>
+    <row r="2261" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2261" s="279"/>
+      <c r="D2261" s="279"/>
+      <c r="F2261" s="282"/>
+    </row>
+    <row r="2262" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2262" s="279"/>
+      <c r="D2262" s="279"/>
+      <c r="F2262" s="282"/>
+    </row>
+    <row r="2263" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2263" s="279"/>
+      <c r="D2263" s="279"/>
+      <c r="F2263" s="282"/>
+    </row>
+    <row r="2264" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2264" s="279"/>
+      <c r="D2264" s="279"/>
+      <c r="F2264" s="282"/>
+    </row>
+    <row r="2265" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2265" s="279"/>
+      <c r="D2265" s="279"/>
+      <c r="F2265" s="282"/>
+    </row>
+    <row r="2266" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2266" s="279"/>
+      <c r="D2266" s="279"/>
+      <c r="F2266" s="282"/>
+    </row>
+    <row r="2267" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2267" s="279"/>
+      <c r="D2267" s="279"/>
+      <c r="F2267" s="282"/>
+    </row>
+    <row r="2268" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2268" s="279"/>
+      <c r="D2268" s="279"/>
+      <c r="F2268" s="282"/>
+    </row>
+    <row r="2269" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2269" s="279"/>
+      <c r="D2269" s="279"/>
+      <c r="F2269" s="282"/>
+    </row>
+    <row r="2270" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2270" s="279"/>
+      <c r="D2270" s="279"/>
+      <c r="F2270" s="282"/>
+    </row>
+    <row r="2271" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2271" s="279"/>
+      <c r="D2271" s="279"/>
+      <c r="F2271" s="282"/>
+    </row>
+    <row r="2272" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2272" s="279"/>
+      <c r="D2272" s="279"/>
+      <c r="F2272" s="282"/>
+    </row>
+    <row r="2273" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2273" s="279"/>
+      <c r="D2273" s="279"/>
+      <c r="F2273" s="282"/>
+    </row>
+    <row r="2274" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2274" s="279"/>
+      <c r="D2274" s="279"/>
+      <c r="F2274" s="282"/>
+    </row>
+    <row r="2275" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2275" s="279"/>
+      <c r="D2275" s="279"/>
+      <c r="F2275" s="282"/>
+    </row>
+    <row r="2276" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2276" s="279"/>
+      <c r="D2276" s="279"/>
+      <c r="F2276" s="282"/>
+    </row>
+    <row r="2277" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2277" s="279"/>
+      <c r="D2277" s="279"/>
+      <c r="F2277" s="282"/>
+    </row>
+    <row r="2278" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2278" s="279"/>
+      <c r="D2278" s="279"/>
+      <c r="F2278" s="282"/>
+    </row>
+    <row r="2279" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2279" s="279"/>
+      <c r="D2279" s="279"/>
+      <c r="F2279" s="282"/>
+    </row>
+    <row r="2280" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2280" s="279"/>
+      <c r="D2280" s="279"/>
+      <c r="F2280" s="282"/>
+    </row>
+    <row r="2281" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2281" s="279"/>
+      <c r="D2281" s="279"/>
+      <c r="F2281" s="282"/>
+    </row>
+    <row r="2282" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2282" s="279"/>
+      <c r="D2282" s="279"/>
+      <c r="F2282" s="282"/>
+    </row>
+    <row r="2283" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2283" s="279"/>
+      <c r="D2283" s="279"/>
+      <c r="F2283" s="282"/>
+    </row>
+    <row r="2284" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2284" s="279"/>
+      <c r="D2284" s="279"/>
+      <c r="F2284" s="282"/>
+    </row>
+    <row r="2285" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2285" s="279"/>
+      <c r="D2285" s="279"/>
+      <c r="F2285" s="282"/>
+    </row>
+    <row r="2286" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2286" s="279"/>
+      <c r="D2286" s="279"/>
+      <c r="F2286" s="282"/>
+    </row>
+    <row r="2287" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2287" s="279"/>
+      <c r="D2287" s="279"/>
+      <c r="F2287" s="282"/>
+    </row>
+    <row r="2288" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2288" s="279"/>
+      <c r="D2288" s="279"/>
+      <c r="F2288" s="282"/>
+    </row>
+    <row r="2289" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2289" s="279"/>
+      <c r="D2289" s="279"/>
+      <c r="F2289" s="282"/>
+    </row>
+    <row r="2290" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2290" s="279"/>
+      <c r="D2290" s="279"/>
+      <c r="F2290" s="282"/>
+    </row>
+    <row r="2291" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2291" s="279"/>
+      <c r="D2291" s="279"/>
+      <c r="F2291" s="282"/>
+    </row>
+    <row r="2292" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2292" s="279"/>
+      <c r="D2292" s="279"/>
+      <c r="F2292" s="282"/>
+    </row>
+    <row r="2293" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2293" s="279"/>
+      <c r="D2293" s="279"/>
+      <c r="F2293" s="282"/>
+    </row>
+    <row r="2294" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2294" s="279"/>
+      <c r="D2294" s="279"/>
+      <c r="F2294" s="282"/>
+    </row>
+    <row r="2295" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2295" s="279"/>
+      <c r="D2295" s="279"/>
+      <c r="F2295" s="282"/>
+    </row>
+    <row r="2296" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2296" s="279"/>
+      <c r="D2296" s="279"/>
+      <c r="F2296" s="282"/>
+    </row>
+    <row r="2297" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2297" s="279"/>
+      <c r="D2297" s="279"/>
+      <c r="F2297" s="282"/>
+    </row>
+    <row r="2298" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2298" s="279"/>
+      <c r="D2298" s="279"/>
+      <c r="F2298" s="282"/>
+    </row>
+    <row r="2299" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2299" s="279"/>
+      <c r="D2299" s="279"/>
+      <c r="F2299" s="282"/>
+    </row>
+    <row r="2300" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2300" s="279"/>
+      <c r="D2300" s="279"/>
+      <c r="F2300" s="282"/>
+    </row>
+    <row r="2301" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2301" s="279"/>
+      <c r="D2301" s="279"/>
+      <c r="F2301" s="282"/>
+    </row>
+    <row r="2302" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2302" s="279"/>
+      <c r="D2302" s="279"/>
+      <c r="F2302" s="282"/>
+    </row>
+    <row r="2303" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2303" s="279"/>
+      <c r="D2303" s="279"/>
+      <c r="F2303" s="282"/>
+    </row>
+    <row r="2304" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2304" s="279"/>
+      <c r="D2304" s="279"/>
+      <c r="F2304" s="282"/>
+    </row>
+    <row r="2305" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2305" s="279"/>
+      <c r="D2305" s="279"/>
+      <c r="F2305" s="282"/>
+    </row>
+    <row r="2306" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2306" s="279"/>
+      <c r="D2306" s="279"/>
+      <c r="F2306" s="282"/>
+    </row>
+    <row r="2307" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2307" s="279"/>
+      <c r="D2307" s="279"/>
+      <c r="F2307" s="282"/>
+    </row>
+    <row r="2308" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2308" s="279"/>
+      <c r="D2308" s="279"/>
+      <c r="F2308" s="282"/>
+    </row>
+    <row r="2309" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2309" s="279"/>
+      <c r="D2309" s="279"/>
+      <c r="F2309" s="282"/>
+    </row>
+    <row r="2310" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2310" s="279"/>
+      <c r="D2310" s="279"/>
+      <c r="F2310" s="282"/>
+    </row>
+    <row r="2311" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2311" s="279"/>
+      <c r="D2311" s="279"/>
+      <c r="F2311" s="282"/>
+    </row>
+    <row r="2312" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2312" s="279"/>
+      <c r="D2312" s="279"/>
+      <c r="F2312" s="282"/>
+    </row>
+    <row r="2313" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2313" s="279"/>
+      <c r="D2313" s="279"/>
+      <c r="F2313" s="282"/>
+    </row>
+    <row r="2314" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2314" s="279"/>
+      <c r="D2314" s="279"/>
+      <c r="F2314" s="282"/>
+    </row>
+    <row r="2315" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2315" s="279"/>
+      <c r="D2315" s="279"/>
+      <c r="F2315" s="282"/>
+    </row>
+    <row r="2316" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2316" s="279"/>
+      <c r="D2316" s="279"/>
+      <c r="F2316" s="282"/>
+    </row>
+    <row r="2317" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2317" s="279"/>
+      <c r="D2317" s="279"/>
+      <c r="F2317" s="282"/>
+    </row>
+    <row r="2318" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2318" s="279"/>
+      <c r="D2318" s="279"/>
+      <c r="F2318" s="282"/>
+    </row>
+    <row r="2319" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2319" s="279"/>
+      <c r="D2319" s="279"/>
+      <c r="F2319" s="282"/>
+    </row>
+    <row r="2320" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2320" s="279"/>
+      <c r="D2320" s="279"/>
+      <c r="F2320" s="282"/>
+    </row>
+    <row r="2321" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2321" s="279"/>
+      <c r="D2321" s="279"/>
+      <c r="F2321" s="282"/>
+    </row>
+    <row r="2322" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2322" s="279"/>
+      <c r="D2322" s="279"/>
+      <c r="F2322" s="282"/>
+    </row>
+    <row r="2323" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2323" s="279"/>
+      <c r="D2323" s="279"/>
+      <c r="F2323" s="282"/>
+    </row>
+    <row r="2324" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2324" s="279"/>
+      <c r="D2324" s="279"/>
+      <c r="F2324" s="282"/>
+    </row>
+    <row r="2325" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2325" s="279"/>
+      <c r="D2325" s="279"/>
+      <c r="F2325" s="282"/>
+    </row>
+    <row r="2326" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2326" s="279"/>
+      <c r="D2326" s="279"/>
+      <c r="F2326" s="282"/>
+    </row>
+    <row r="2327" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2327" s="279"/>
+      <c r="D2327" s="279"/>
+      <c r="F2327" s="282"/>
+    </row>
+    <row r="2328" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2328" s="279"/>
+      <c r="D2328" s="279"/>
+      <c r="F2328" s="282"/>
+    </row>
+    <row r="2329" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2329" s="279"/>
+      <c r="D2329" s="279"/>
+      <c r="F2329" s="282"/>
+    </row>
+    <row r="2330" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2330" s="279"/>
+      <c r="D2330" s="279"/>
+      <c r="F2330" s="282"/>
+    </row>
+    <row r="2331" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2331" s="279"/>
+      <c r="D2331" s="279"/>
+      <c r="F2331" s="282"/>
+    </row>
+    <row r="2332" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2332" s="279"/>
+      <c r="D2332" s="279"/>
+      <c r="F2332" s="282"/>
+    </row>
+    <row r="2333" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2333" s="279"/>
+      <c r="D2333" s="279"/>
+      <c r="F2333" s="282"/>
+    </row>
+    <row r="2334" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2334" s="279"/>
+      <c r="D2334" s="279"/>
+      <c r="F2334" s="282"/>
+    </row>
+    <row r="2335" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2335" s="279"/>
+      <c r="D2335" s="279"/>
+      <c r="F2335" s="282"/>
+    </row>
+    <row r="2336" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2336" s="279"/>
+      <c r="D2336" s="279"/>
+      <c r="F2336" s="282"/>
+    </row>
+    <row r="2337" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2337" s="279"/>
+      <c r="D2337" s="279"/>
+      <c r="F2337" s="282"/>
+    </row>
+    <row r="2338" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2338" s="279"/>
+      <c r="D2338" s="279"/>
+      <c r="F2338" s="282"/>
+    </row>
+    <row r="2339" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2339" s="279"/>
+      <c r="D2339" s="279"/>
+      <c r="F2339" s="282"/>
+    </row>
+    <row r="2340" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2340" s="279"/>
+      <c r="D2340" s="279"/>
+      <c r="F2340" s="282"/>
+    </row>
+    <row r="2341" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2341" s="279"/>
+      <c r="D2341" s="279"/>
+      <c r="F2341" s="282"/>
+    </row>
+    <row r="2342" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2342" s="279"/>
+      <c r="D2342" s="279"/>
+      <c r="F2342" s="282"/>
+    </row>
+    <row r="2343" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2343" s="279"/>
+      <c r="D2343" s="279"/>
+      <c r="F2343" s="282"/>
+    </row>
+    <row r="2344" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2344" s="279"/>
+      <c r="D2344" s="279"/>
+      <c r="F2344" s="282"/>
+    </row>
+    <row r="2345" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2345" s="279"/>
+      <c r="D2345" s="279"/>
+      <c r="F2345" s="282"/>
+    </row>
+    <row r="2346" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2346" s="279"/>
+      <c r="D2346" s="279"/>
+      <c r="F2346" s="282"/>
+    </row>
+    <row r="2347" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2347" s="279"/>
+      <c r="D2347" s="279"/>
+      <c r="F2347" s="282"/>
+    </row>
+    <row r="2348" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2348" s="279"/>
+      <c r="D2348" s="279"/>
+      <c r="F2348" s="282"/>
+    </row>
+    <row r="2349" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2349" s="279"/>
+      <c r="D2349" s="279"/>
+      <c r="F2349" s="282"/>
+    </row>
+    <row r="2350" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2350" s="279"/>
+      <c r="D2350" s="279"/>
+      <c r="F2350" s="282"/>
+    </row>
+    <row r="2351" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2351" s="279"/>
+      <c r="D2351" s="279"/>
+      <c r="F2351" s="282"/>
+    </row>
+    <row r="2352" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2352" s="279"/>
+      <c r="D2352" s="279"/>
+      <c r="F2352" s="282"/>
+    </row>
+    <row r="2353" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2353" s="279"/>
+      <c r="D2353" s="279"/>
+      <c r="F2353" s="282"/>
+    </row>
+    <row r="2354" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2354" s="279"/>
+      <c r="D2354" s="279"/>
+      <c r="F2354" s="282"/>
+    </row>
+    <row r="2355" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2355" s="279"/>
+      <c r="D2355" s="279"/>
+      <c r="F2355" s="282"/>
+    </row>
+    <row r="2356" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2356" s="279"/>
+      <c r="D2356" s="279"/>
+      <c r="F2356" s="282"/>
+    </row>
+    <row r="2357" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2357" s="279"/>
+      <c r="D2357" s="279"/>
+      <c r="F2357" s="282"/>
+    </row>
+    <row r="2358" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2358" s="279"/>
+      <c r="D2358" s="279"/>
+      <c r="F2358" s="282"/>
+    </row>
+    <row r="2359" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2359" s="279"/>
+      <c r="D2359" s="279"/>
+      <c r="F2359" s="282"/>
+    </row>
+    <row r="2360" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2360" s="279"/>
+      <c r="D2360" s="279"/>
+      <c r="F2360" s="282"/>
+    </row>
+    <row r="2361" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2361" s="279"/>
+      <c r="D2361" s="279"/>
+      <c r="F2361" s="282"/>
+    </row>
+    <row r="2362" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2362" s="279"/>
+      <c r="D2362" s="279"/>
+      <c r="F2362" s="282"/>
+    </row>
+    <row r="2363" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2363" s="279"/>
+      <c r="D2363" s="279"/>
+      <c r="F2363" s="282"/>
+    </row>
+    <row r="2364" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2364" s="279"/>
+      <c r="D2364" s="279"/>
+      <c r="F2364" s="282"/>
+    </row>
+    <row r="2365" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2365" s="279"/>
+      <c r="D2365" s="279"/>
+      <c r="F2365" s="282"/>
+    </row>
+    <row r="2366" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2366" s="279"/>
+      <c r="D2366" s="279"/>
+      <c r="F2366" s="282"/>
+    </row>
+    <row r="2367" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2367" s="279"/>
+      <c r="D2367" s="279"/>
+      <c r="F2367" s="282"/>
+    </row>
+    <row r="2368" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2368" s="279"/>
+      <c r="D2368" s="279"/>
+      <c r="F2368" s="282"/>
+    </row>
+    <row r="2369" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2369" s="279"/>
+      <c r="D2369" s="279"/>
+      <c r="F2369" s="282"/>
+    </row>
+    <row r="2370" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2370" s="279"/>
+      <c r="D2370" s="279"/>
+      <c r="F2370" s="282"/>
+    </row>
+    <row r="2371" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2371" s="279"/>
+      <c r="D2371" s="279"/>
+      <c r="F2371" s="282"/>
+    </row>
+    <row r="2372" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2372" s="279"/>
+      <c r="D2372" s="279"/>
+      <c r="F2372" s="282"/>
+    </row>
+    <row r="2373" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2373" s="279"/>
+      <c r="D2373" s="279"/>
+      <c r="F2373" s="282"/>
+    </row>
+    <row r="2374" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2374" s="279"/>
+      <c r="D2374" s="279"/>
+      <c r="F2374" s="282"/>
+    </row>
+    <row r="2375" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2375" s="279"/>
+      <c r="D2375" s="279"/>
+      <c r="F2375" s="282"/>
+    </row>
+    <row r="2376" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2376" s="279"/>
+      <c r="D2376" s="279"/>
+      <c r="F2376" s="282"/>
+    </row>
+    <row r="2377" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2377" s="279"/>
+      <c r="D2377" s="279"/>
+      <c r="F2377" s="282"/>
+    </row>
+    <row r="2378" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2378" s="279"/>
+      <c r="D2378" s="279"/>
+      <c r="F2378" s="282"/>
+    </row>
+    <row r="2379" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2379" s="279"/>
+      <c r="D2379" s="279"/>
+      <c r="F2379" s="282"/>
+    </row>
+    <row r="2380" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2380" s="279"/>
+      <c r="D2380" s="279"/>
+      <c r="F2380" s="282"/>
+    </row>
+    <row r="2381" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2381" s="279"/>
+      <c r="D2381" s="279"/>
+      <c r="F2381" s="282"/>
+    </row>
+    <row r="2382" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2382" s="279"/>
+      <c r="D2382" s="279"/>
+      <c r="F2382" s="282"/>
+    </row>
+    <row r="2383" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2383" s="279"/>
+      <c r="D2383" s="279"/>
+      <c r="F2383" s="282"/>
+    </row>
+    <row r="2384" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2384" s="279"/>
+      <c r="D2384" s="279"/>
+      <c r="F2384" s="282"/>
+    </row>
+    <row r="2385" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2385" s="279"/>
+      <c r="D2385" s="279"/>
+      <c r="F2385" s="282"/>
+    </row>
+    <row r="2386" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2386" s="279"/>
+      <c r="D2386" s="279"/>
+      <c r="F2386" s="282"/>
+    </row>
+    <row r="2387" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2387" s="279"/>
+      <c r="D2387" s="279"/>
+      <c r="F2387" s="282"/>
+    </row>
+    <row r="2388" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2388" s="279"/>
+      <c r="D2388" s="279"/>
+      <c r="F2388" s="282"/>
+    </row>
+    <row r="2389" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2389" s="279"/>
+      <c r="D2389" s="279"/>
+      <c r="F2389" s="282"/>
+    </row>
+    <row r="2390" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2390" s="279"/>
+      <c r="D2390" s="279"/>
+      <c r="F2390" s="282"/>
+    </row>
+    <row r="2391" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2391" s="279"/>
+      <c r="D2391" s="279"/>
+      <c r="F2391" s="282"/>
+    </row>
+    <row r="2392" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2392" s="279"/>
+      <c r="D2392" s="279"/>
+      <c r="F2392" s="282"/>
+    </row>
+    <row r="2393" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2393" s="279"/>
+      <c r="D2393" s="279"/>
+      <c r="F2393" s="282"/>
+    </row>
+    <row r="2394" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2394" s="279"/>
+      <c r="D2394" s="279"/>
+      <c r="F2394" s="282"/>
+    </row>
+    <row r="2395" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2395" s="279"/>
+      <c r="D2395" s="279"/>
+      <c r="F2395" s="282"/>
+    </row>
+    <row r="2396" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2396" s="279"/>
+      <c r="D2396" s="279"/>
+      <c r="F2396" s="282"/>
+    </row>
+    <row r="2397" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2397" s="279"/>
+      <c r="D2397" s="279"/>
+      <c r="F2397" s="282"/>
+    </row>
+    <row r="2398" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2398" s="279"/>
+      <c r="D2398" s="279"/>
+      <c r="F2398" s="282"/>
+    </row>
+    <row r="2399" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2399" s="279"/>
+      <c r="D2399" s="279"/>
+      <c r="F2399" s="282"/>
+    </row>
+    <row r="2400" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2400" s="279"/>
+      <c r="D2400" s="279"/>
+      <c r="F2400" s="282"/>
+    </row>
+    <row r="2401" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2401" s="279"/>
+      <c r="D2401" s="279"/>
+      <c r="F2401" s="282"/>
+    </row>
+    <row r="2402" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2402" s="279"/>
+      <c r="D2402" s="279"/>
+      <c r="F2402" s="282"/>
+    </row>
+    <row r="2403" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2403" s="279"/>
+      <c r="D2403" s="279"/>
+      <c r="F2403" s="282"/>
+    </row>
+    <row r="2404" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2404" s="279"/>
+      <c r="D2404" s="279"/>
+      <c r="F2404" s="282"/>
+    </row>
+    <row r="2405" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2405" s="279"/>
+      <c r="D2405" s="279"/>
+      <c r="F2405" s="282"/>
+    </row>
+    <row r="2406" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2406" s="279"/>
+      <c r="D2406" s="279"/>
+      <c r="F2406" s="282"/>
+    </row>
+    <row r="2407" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2407" s="279"/>
+      <c r="D2407" s="279"/>
+      <c r="F2407" s="282"/>
+    </row>
+    <row r="2408" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2408" s="279"/>
+      <c r="D2408" s="279"/>
+      <c r="F2408" s="282"/>
+    </row>
+    <row r="2409" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2409" s="279"/>
+      <c r="D2409" s="279"/>
+      <c r="F2409" s="282"/>
+    </row>
+    <row r="2410" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2410" s="279"/>
+      <c r="D2410" s="279"/>
+      <c r="F2410" s="282"/>
+    </row>
+    <row r="2411" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2411" s="279"/>
+      <c r="D2411" s="279"/>
+      <c r="F2411" s="282"/>
+    </row>
+    <row r="2412" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2412" s="279"/>
+      <c r="D2412" s="279"/>
+      <c r="F2412" s="282"/>
+    </row>
+    <row r="2413" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2413" s="279"/>
+      <c r="D2413" s="279"/>
+      <c r="F2413" s="282"/>
+    </row>
+    <row r="2414" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2414" s="279"/>
+      <c r="D2414" s="279"/>
+      <c r="F2414" s="282"/>
+    </row>
+    <row r="2415" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2415" s="279"/>
+      <c r="D2415" s="279"/>
+      <c r="F2415" s="282"/>
+    </row>
+    <row r="2416" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2416" s="279"/>
+      <c r="D2416" s="279"/>
+      <c r="F2416" s="282"/>
+    </row>
+    <row r="2417" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2417" s="279"/>
+      <c r="D2417" s="279"/>
+      <c r="F2417" s="282"/>
+    </row>
+    <row r="2418" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2418" s="279"/>
+      <c r="D2418" s="279"/>
+      <c r="F2418" s="282"/>
+    </row>
+    <row r="2419" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2419" s="279"/>
+      <c r="D2419" s="279"/>
+      <c r="F2419" s="282"/>
+    </row>
+    <row r="2420" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2420" s="279"/>
+      <c r="D2420" s="279"/>
+      <c r="F2420" s="282"/>
+    </row>
+    <row r="2421" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2421" s="279"/>
+      <c r="D2421" s="279"/>
+      <c r="F2421" s="282"/>
+    </row>
+    <row r="2422" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2422" s="279"/>
+      <c r="D2422" s="279"/>
+      <c r="F2422" s="282"/>
+    </row>
+    <row r="2423" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2423" s="279"/>
+      <c r="D2423" s="279"/>
+      <c r="F2423" s="282"/>
+    </row>
+    <row r="2424" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2424" s="279"/>
+      <c r="D2424" s="279"/>
+      <c r="F2424" s="282"/>
+    </row>
+    <row r="2425" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2425" s="279"/>
+      <c r="D2425" s="279"/>
+      <c r="F2425" s="282"/>
+    </row>
+    <row r="2426" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2426" s="279"/>
+      <c r="D2426" s="279"/>
+      <c r="F2426" s="282"/>
+    </row>
+    <row r="2427" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2427" s="279"/>
+      <c r="D2427" s="279"/>
+      <c r="F2427" s="282"/>
+    </row>
+    <row r="2428" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2428" s="279"/>
+      <c r="D2428" s="279"/>
+      <c r="F2428" s="282"/>
+    </row>
+    <row r="2429" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2429" s="279"/>
+      <c r="D2429" s="279"/>
+      <c r="F2429" s="282"/>
+    </row>
+    <row r="2430" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2430" s="279"/>
+      <c r="D2430" s="279"/>
+      <c r="F2430" s="282"/>
+    </row>
+    <row r="2431" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2431" s="279"/>
+      <c r="D2431" s="279"/>
+      <c r="F2431" s="282"/>
+    </row>
+    <row r="2432" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2432" s="279"/>
+      <c r="D2432" s="279"/>
+      <c r="F2432" s="282"/>
+    </row>
+    <row r="2433" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2433" s="279"/>
+      <c r="D2433" s="279"/>
+      <c r="F2433" s="282"/>
+    </row>
+    <row r="2434" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2434" s="279"/>
+      <c r="D2434" s="279"/>
+      <c r="F2434" s="282"/>
+    </row>
+    <row r="2435" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2435" s="279"/>
+      <c r="D2435" s="279"/>
+      <c r="F2435" s="282"/>
+    </row>
+    <row r="2436" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2436" s="279"/>
+      <c r="D2436" s="279"/>
+      <c r="F2436" s="282"/>
+    </row>
+    <row r="2437" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2437" s="279"/>
+      <c r="D2437" s="279"/>
+      <c r="F2437" s="282"/>
+    </row>
+    <row r="2438" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2438" s="279"/>
+      <c r="D2438" s="279"/>
+      <c r="F2438" s="282"/>
+    </row>
+    <row r="2439" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2439" s="279"/>
+      <c r="D2439" s="279"/>
+      <c r="F2439" s="282"/>
+    </row>
+    <row r="2440" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2440" s="279"/>
+      <c r="D2440" s="279"/>
+      <c r="F2440" s="282"/>
+    </row>
+    <row r="2441" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2441" s="279"/>
+      <c r="D2441" s="279"/>
+      <c r="F2441" s="282"/>
+    </row>
+    <row r="2442" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2442" s="279"/>
+      <c r="D2442" s="279"/>
+      <c r="F2442" s="282"/>
+    </row>
+    <row r="2443" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2443" s="279"/>
+      <c r="D2443" s="279"/>
+      <c r="F2443" s="282"/>
+    </row>
+    <row r="2444" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2444" s="279"/>
+      <c r="D2444" s="279"/>
+      <c r="F2444" s="282"/>
+    </row>
+    <row r="2445" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2445" s="279"/>
+      <c r="D2445" s="279"/>
+      <c r="F2445" s="282"/>
+    </row>
+    <row r="2446" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2446" s="279"/>
+      <c r="D2446" s="279"/>
+      <c r="F2446" s="282"/>
+    </row>
+    <row r="2447" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2447" s="279"/>
+      <c r="D2447" s="279"/>
+      <c r="F2447" s="282"/>
+    </row>
+    <row r="2448" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2448" s="279"/>
+      <c r="D2448" s="279"/>
+      <c r="F2448" s="282"/>
+    </row>
+    <row r="2449" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2449" s="279"/>
+      <c r="D2449" s="279"/>
+      <c r="F2449" s="282"/>
+    </row>
+    <row r="2450" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2450" s="279"/>
+      <c r="D2450" s="279"/>
+      <c r="F2450" s="282"/>
+    </row>
+    <row r="2451" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2451" s="279"/>
+      <c r="D2451" s="279"/>
+      <c r="F2451" s="282"/>
+    </row>
+    <row r="2452" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2452" s="279"/>
+      <c r="D2452" s="279"/>
+      <c r="F2452" s="282"/>
+    </row>
+    <row r="2453" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2453" s="279"/>
+      <c r="D2453" s="279"/>
+      <c r="F2453" s="282"/>
+    </row>
+    <row r="2454" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2454" s="279"/>
+      <c r="D2454" s="279"/>
+      <c r="F2454" s="282"/>
+    </row>
+    <row r="2455" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2455" s="279"/>
+      <c r="D2455" s="279"/>
+      <c r="F2455" s="282"/>
+    </row>
+    <row r="2456" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2456" s="279"/>
+      <c r="D2456" s="279"/>
+      <c r="F2456" s="282"/>
+    </row>
+    <row r="2457" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2457" s="279"/>
+      <c r="D2457" s="279"/>
+      <c r="F2457" s="282"/>
+    </row>
+    <row r="2458" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2458" s="279"/>
+      <c r="D2458" s="279"/>
+      <c r="F2458" s="282"/>
+    </row>
+    <row r="2459" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2459" s="279"/>
+      <c r="D2459" s="279"/>
+      <c r="F2459" s="282"/>
+    </row>
+    <row r="2460" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2460" s="279"/>
+      <c r="D2460" s="279"/>
+      <c r="F2460" s="282"/>
+    </row>
+    <row r="2461" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2461" s="279"/>
+      <c r="D2461" s="279"/>
+      <c r="F2461" s="282"/>
+    </row>
+    <row r="2462" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2462" s="279"/>
+      <c r="D2462" s="279"/>
+      <c r="F2462" s="282"/>
+    </row>
+    <row r="2463" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2463" s="279"/>
+      <c r="D2463" s="279"/>
+      <c r="F2463" s="282"/>
+    </row>
+    <row r="2464" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2464" s="279"/>
+      <c r="D2464" s="279"/>
+      <c r="F2464" s="282"/>
+    </row>
+    <row r="2465" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2465" s="279"/>
+      <c r="D2465" s="279"/>
+      <c r="F2465" s="282"/>
+    </row>
+    <row r="2466" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2466" s="279"/>
+      <c r="D2466" s="279"/>
+      <c r="F2466" s="282"/>
+    </row>
+    <row r="2467" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2467" s="279"/>
+      <c r="D2467" s="279"/>
+      <c r="F2467" s="282"/>
+    </row>
+    <row r="2468" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2468" s="279"/>
+      <c r="D2468" s="279"/>
+      <c r="F2468" s="282"/>
+    </row>
+    <row r="2469" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2469" s="279"/>
+      <c r="D2469" s="279"/>
+      <c r="F2469" s="282"/>
+    </row>
+    <row r="2470" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2470" s="279"/>
+      <c r="D2470" s="279"/>
+      <c r="F2470" s="282"/>
+    </row>
+    <row r="2471" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2471" s="279"/>
+      <c r="D2471" s="279"/>
+      <c r="F2471" s="282"/>
+    </row>
+    <row r="2472" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2472" s="279"/>
+      <c r="D2472" s="279"/>
+      <c r="F2472" s="282"/>
+    </row>
+    <row r="2473" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2473" s="279"/>
+      <c r="D2473" s="279"/>
+      <c r="F2473" s="282"/>
+    </row>
+    <row r="2474" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2474" s="279"/>
+      <c r="D2474" s="279"/>
+      <c r="F2474" s="282"/>
+    </row>
+    <row r="2475" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2475" s="279"/>
+      <c r="D2475" s="279"/>
+      <c r="F2475" s="282"/>
+    </row>
+    <row r="2476" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2476" s="279"/>
+      <c r="D2476" s="279"/>
+      <c r="F2476" s="282"/>
+    </row>
+    <row r="2477" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2477" s="279"/>
+      <c r="D2477" s="279"/>
+      <c r="F2477" s="282"/>
+    </row>
+    <row r="2478" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2478" s="279"/>
+      <c r="D2478" s="279"/>
+      <c r="F2478" s="282"/>
+    </row>
+    <row r="2479" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2479" s="279"/>
+      <c r="D2479" s="279"/>
+      <c r="F2479" s="282"/>
+    </row>
+    <row r="2480" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2480" s="279"/>
+      <c r="D2480" s="279"/>
+      <c r="F2480" s="282"/>
+    </row>
+    <row r="2481" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2481" s="279"/>
+      <c r="D2481" s="279"/>
+      <c r="F2481" s="282"/>
+    </row>
+    <row r="2482" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2482" s="279"/>
+      <c r="D2482" s="279"/>
+      <c r="F2482" s="282"/>
+    </row>
+    <row r="2483" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2483" s="279"/>
+      <c r="D2483" s="279"/>
+      <c r="F2483" s="282"/>
+    </row>
+    <row r="2484" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2484" s="279"/>
+      <c r="D2484" s="279"/>
+      <c r="F2484" s="282"/>
+    </row>
+    <row r="2485" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2485" s="279"/>
+      <c r="D2485" s="279"/>
+      <c r="F2485" s="282"/>
+    </row>
+    <row r="2486" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2486" s="279"/>
+      <c r="D2486" s="279"/>
+      <c r="F2486" s="282"/>
+    </row>
+    <row r="2487" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2487" s="279"/>
+      <c r="D2487" s="279"/>
+      <c r="F2487" s="282"/>
+    </row>
+    <row r="2488" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2488" s="279"/>
+      <c r="D2488" s="279"/>
+      <c r="F2488" s="282"/>
+    </row>
+    <row r="2489" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2489" s="279"/>
+      <c r="D2489" s="279"/>
+      <c r="F2489" s="282"/>
+    </row>
+    <row r="2490" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2490" s="279"/>
+      <c r="D2490" s="279"/>
+      <c r="F2490" s="282"/>
+    </row>
+    <row r="2491" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2491" s="279"/>
+      <c r="D2491" s="279"/>
+      <c r="F2491" s="282"/>
+    </row>
+    <row r="2492" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2492" s="279"/>
+      <c r="D2492" s="279"/>
+      <c r="F2492" s="282"/>
+    </row>
+    <row r="2493" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2493" s="279"/>
+      <c r="D2493" s="279"/>
+      <c r="F2493" s="282"/>
+    </row>
+    <row r="2494" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2494" s="279"/>
+      <c r="D2494" s="279"/>
+      <c r="F2494" s="282"/>
+    </row>
+    <row r="2495" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2495" s="279"/>
+      <c r="D2495" s="279"/>
+      <c r="F2495" s="282"/>
+    </row>
+    <row r="2496" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2496" s="279"/>
+      <c r="D2496" s="279"/>
+      <c r="F2496" s="282"/>
+    </row>
+    <row r="2497" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2497" s="279"/>
+      <c r="D2497" s="279"/>
+      <c r="F2497" s="282"/>
+    </row>
+    <row r="2498" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2498" s="279"/>
+      <c r="D2498" s="279"/>
+      <c r="F2498" s="282"/>
+    </row>
+    <row r="2499" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2499" s="279"/>
+      <c r="D2499" s="279"/>
+      <c r="F2499" s="282"/>
+    </row>
+    <row r="2500" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2500" s="279"/>
+      <c r="D2500" s="279"/>
+      <c r="F2500" s="282"/>
+    </row>
+    <row r="2501" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2501" s="279"/>
+      <c r="D2501" s="279"/>
+      <c r="F2501" s="282"/>
+    </row>
+    <row r="2502" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2502" s="279"/>
+      <c r="D2502" s="279"/>
+      <c r="F2502" s="282"/>
+    </row>
+    <row r="2503" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2503" s="279"/>
+      <c r="D2503" s="279"/>
+      <c r="F2503" s="282"/>
+    </row>
+    <row r="2504" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2504" s="279"/>
+      <c r="D2504" s="279"/>
+      <c r="F2504" s="282"/>
+    </row>
+    <row r="2505" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2505" s="279"/>
+      <c r="D2505" s="279"/>
+      <c r="F2505" s="282"/>
+    </row>
+    <row r="2506" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2506" s="279"/>
+      <c r="D2506" s="279"/>
+      <c r="F2506" s="282"/>
+    </row>
+    <row r="2507" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2507" s="279"/>
+      <c r="D2507" s="279"/>
+      <c r="F2507" s="282"/>
+    </row>
+    <row r="2508" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2508" s="279"/>
+      <c r="D2508" s="279"/>
+      <c r="F2508" s="282"/>
+    </row>
+    <row r="2509" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2509" s="279"/>
+      <c r="D2509" s="279"/>
+      <c r="F2509" s="282"/>
+    </row>
+    <row r="2510" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2510" s="279"/>
+      <c r="D2510" s="279"/>
+      <c r="F2510" s="282"/>
+    </row>
+    <row r="2511" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2511" s="279"/>
+      <c r="D2511" s="279"/>
+      <c r="F2511" s="282"/>
+    </row>
+    <row r="2512" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2512" s="279"/>
+      <c r="D2512" s="279"/>
+      <c r="F2512" s="282"/>
+    </row>
+    <row r="2513" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2513" s="279"/>
+      <c r="D2513" s="279"/>
+      <c r="F2513" s="282"/>
+    </row>
+    <row r="2514" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2514" s="279"/>
+      <c r="D2514" s="279"/>
+      <c r="F2514" s="282"/>
+    </row>
+    <row r="2515" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2515" s="279"/>
+      <c r="D2515" s="279"/>
+      <c r="F2515" s="282"/>
+    </row>
+    <row r="2516" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2516" s="279"/>
+      <c r="D2516" s="279"/>
+      <c r="F2516" s="282"/>
+    </row>
+    <row r="2517" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2517" s="279"/>
+      <c r="D2517" s="279"/>
+      <c r="F2517" s="282"/>
+    </row>
+    <row r="2518" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2518" s="279"/>
+      <c r="D2518" s="279"/>
+      <c r="F2518" s="282"/>
+    </row>
+    <row r="2519" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2519" s="279"/>
+      <c r="D2519" s="279"/>
+      <c r="F2519" s="282"/>
+    </row>
+    <row r="2520" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2520" s="279"/>
+      <c r="D2520" s="279"/>
+      <c r="F2520" s="282"/>
+    </row>
+    <row r="2521" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2521" s="279"/>
+      <c r="D2521" s="279"/>
+      <c r="F2521" s="282"/>
+    </row>
+    <row r="2522" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2522" s="279"/>
+      <c r="D2522" s="279"/>
+      <c r="F2522" s="282"/>
+    </row>
+    <row r="2523" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2523" s="279"/>
+      <c r="D2523" s="279"/>
+      <c r="F2523" s="282"/>
+    </row>
+    <row r="2524" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2524" s="279"/>
+      <c r="D2524" s="279"/>
+      <c r="F2524" s="282"/>
+    </row>
+    <row r="2525" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2525" s="279"/>
+      <c r="D2525" s="279"/>
+      <c r="F2525" s="282"/>
+    </row>
+    <row r="2526" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2526" s="279"/>
+      <c r="D2526" s="279"/>
+      <c r="F2526" s="282"/>
+    </row>
+    <row r="2527" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2527" s="279"/>
+      <c r="D2527" s="279"/>
+      <c r="F2527" s="282"/>
+    </row>
+    <row r="2528" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2528" s="279"/>
+      <c r="D2528" s="279"/>
+      <c r="F2528" s="282"/>
+    </row>
+    <row r="2529" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2529" s="279"/>
+      <c r="D2529" s="279"/>
+      <c r="F2529" s="282"/>
+    </row>
+    <row r="2530" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2530" s="279"/>
+      <c r="D2530" s="279"/>
+      <c r="F2530" s="282"/>
+    </row>
+    <row r="2531" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2531" s="279"/>
+      <c r="D2531" s="279"/>
+      <c r="F2531" s="282"/>
+    </row>
+    <row r="2532" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2532" s="279"/>
+      <c r="D2532" s="279"/>
+      <c r="F2532" s="282"/>
+    </row>
+    <row r="2533" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2533" s="279"/>
+      <c r="D2533" s="279"/>
+      <c r="F2533" s="282"/>
+    </row>
+    <row r="2534" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2534" s="279"/>
+      <c r="D2534" s="279"/>
+      <c r="F2534" s="282"/>
+    </row>
+    <row r="2535" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2535" s="279"/>
+      <c r="D2535" s="279"/>
+      <c r="F2535" s="282"/>
+    </row>
+    <row r="2536" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2536" s="279"/>
+      <c r="D2536" s="279"/>
+      <c r="F2536" s="282"/>
+    </row>
+    <row r="2537" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2537" s="279"/>
+      <c r="D2537" s="279"/>
+      <c r="F2537" s="282"/>
+    </row>
+    <row r="2538" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2538" s="279"/>
+      <c r="D2538" s="279"/>
+      <c r="F2538" s="282"/>
+    </row>
+    <row r="2539" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2539" s="279"/>
+      <c r="D2539" s="279"/>
+      <c r="F2539" s="282"/>
+    </row>
+    <row r="2540" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2540" s="279"/>
+      <c r="D2540" s="279"/>
+      <c r="F2540" s="282"/>
+    </row>
+    <row r="2541" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2541" s="279"/>
+      <c r="D2541" s="279"/>
+      <c r="F2541" s="282"/>
+    </row>
+    <row r="2542" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2542" s="279"/>
+      <c r="D2542" s="279"/>
+      <c r="F2542" s="282"/>
+    </row>
+    <row r="2543" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2543" s="279"/>
+      <c r="D2543" s="279"/>
+      <c r="F2543" s="282"/>
+    </row>
+    <row r="2544" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2544" s="279"/>
+      <c r="D2544" s="279"/>
+      <c r="F2544" s="282"/>
+    </row>
+    <row r="2545" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2545" s="279"/>
+      <c r="D2545" s="279"/>
+      <c r="F2545" s="282"/>
+    </row>
+    <row r="2546" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2546" s="279"/>
+      <c r="D2546" s="279"/>
+      <c r="F2546" s="282"/>
+    </row>
+    <row r="2547" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2547" s="279"/>
+      <c r="D2547" s="279"/>
+      <c r="F2547" s="282"/>
+    </row>
+    <row r="2548" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2548" s="279"/>
+      <c r="D2548" s="279"/>
+      <c r="F2548" s="282"/>
+    </row>
+    <row r="2549" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2549" s="279"/>
+      <c r="D2549" s="279"/>
+      <c r="F2549" s="282"/>
+    </row>
+    <row r="2550" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2550" s="279"/>
+      <c r="D2550" s="279"/>
+      <c r="F2550" s="282"/>
+    </row>
+    <row r="2551" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2551" s="279"/>
+      <c r="D2551" s="279"/>
+      <c r="F2551" s="282"/>
+    </row>
+    <row r="2552" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2552" s="279"/>
+      <c r="D2552" s="279"/>
+      <c r="F2552" s="282"/>
+    </row>
+    <row r="2553" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2553" s="279"/>
+      <c r="D2553" s="279"/>
+      <c r="F2553" s="282"/>
+    </row>
+    <row r="2554" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2554" s="279"/>
+      <c r="D2554" s="279"/>
+      <c r="F2554" s="282"/>
+    </row>
+    <row r="2555" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2555" s="279"/>
+      <c r="D2555" s="279"/>
+      <c r="F2555" s="282"/>
+    </row>
+    <row r="2556" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2556" s="279"/>
+      <c r="D2556" s="279"/>
+      <c r="F2556" s="282"/>
+    </row>
+    <row r="2557" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2557" s="279"/>
+      <c r="D2557" s="279"/>
+      <c r="F2557" s="282"/>
+    </row>
+    <row r="2558" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2558" s="279"/>
+      <c r="D2558" s="279"/>
+      <c r="F2558" s="282"/>
+    </row>
+    <row r="2559" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2559" s="279"/>
+      <c r="D2559" s="279"/>
+      <c r="F2559" s="282"/>
+    </row>
+    <row r="2560" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2560" s="279"/>
+      <c r="D2560" s="279"/>
+      <c r="F2560" s="282"/>
+    </row>
+    <row r="2561" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2561" s="279"/>
+      <c r="D2561" s="279"/>
+      <c r="F2561" s="282"/>
+    </row>
+    <row r="2562" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2562" s="279"/>
+      <c r="D2562" s="279"/>
+      <c r="F2562" s="282"/>
+    </row>
+    <row r="2563" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2563" s="279"/>
+      <c r="D2563" s="279"/>
+      <c r="F2563" s="282"/>
+    </row>
+    <row r="2564" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2564" s="279"/>
+      <c r="D2564" s="279"/>
+      <c r="F2564" s="282"/>
+    </row>
+    <row r="2565" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2565" s="279"/>
+      <c r="D2565" s="279"/>
+      <c r="F2565" s="282"/>
+    </row>
+    <row r="2566" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2566" s="279"/>
+      <c r="D2566" s="279"/>
+      <c r="F2566" s="282"/>
+    </row>
+    <row r="2567" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2567" s="279"/>
+      <c r="D2567" s="279"/>
+      <c r="F2567" s="282"/>
+    </row>
+    <row r="2568" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2568" s="279"/>
+      <c r="D2568" s="279"/>
+      <c r="F2568" s="282"/>
+    </row>
+    <row r="2569" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2569" s="279"/>
+      <c r="D2569" s="279"/>
+      <c r="F2569" s="282"/>
+    </row>
+    <row r="2570" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2570" s="279"/>
+      <c r="D2570" s="279"/>
+      <c r="F2570" s="282"/>
+    </row>
+    <row r="2571" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2571" s="279"/>
+      <c r="D2571" s="279"/>
+      <c r="F2571" s="282"/>
+    </row>
+    <row r="2572" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2572" s="279"/>
+      <c r="D2572" s="279"/>
+      <c r="F2572" s="282"/>
+    </row>
+    <row r="2573" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2573" s="279"/>
+      <c r="D2573" s="279"/>
+      <c r="F2573" s="282"/>
+    </row>
+    <row r="2574" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2574" s="279"/>
+      <c r="D2574" s="279"/>
+      <c r="F2574" s="282"/>
+    </row>
+    <row r="2575" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2575" s="279"/>
+      <c r="D2575" s="279"/>
+      <c r="F2575" s="282"/>
+    </row>
+    <row r="2576" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2576" s="279"/>
+      <c r="D2576" s="279"/>
+      <c r="F2576" s="282"/>
+    </row>
+    <row r="2577" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2577" s="279"/>
+      <c r="D2577" s="279"/>
+      <c r="F2577" s="282"/>
+    </row>
+    <row r="2578" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2578" s="279"/>
+      <c r="D2578" s="279"/>
+      <c r="F2578" s="282"/>
+    </row>
+    <row r="2579" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2579" s="279"/>
+      <c r="D2579" s="279"/>
+      <c r="F2579" s="282"/>
+    </row>
+    <row r="2580" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2580" s="279"/>
+      <c r="D2580" s="279"/>
+      <c r="F2580" s="282"/>
+    </row>
+    <row r="2581" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2581" s="279"/>
+      <c r="D2581" s="279"/>
+      <c r="F2581" s="282"/>
+    </row>
+    <row r="2582" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2582" s="279"/>
+      <c r="D2582" s="279"/>
+      <c r="F2582" s="282"/>
+    </row>
+    <row r="2583" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2583" s="279"/>
+      <c r="D2583" s="279"/>
+      <c r="F2583" s="282"/>
+    </row>
+    <row r="2584" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2584" s="279"/>
+      <c r="D2584" s="279"/>
+      <c r="F2584" s="282"/>
+    </row>
+    <row r="2585" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2585" s="279"/>
+      <c r="D2585" s="279"/>
+      <c r="F2585" s="282"/>
+    </row>
+    <row r="2586" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2586" s="279"/>
+      <c r="D2586" s="279"/>
+      <c r="F2586" s="282"/>
+    </row>
+    <row r="2587" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2587" s="279"/>
+      <c r="D2587" s="279"/>
+      <c r="F2587" s="282"/>
+    </row>
+    <row r="2588" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2588" s="279"/>
+      <c r="D2588" s="279"/>
+      <c r="F2588" s="282"/>
+    </row>
+    <row r="2589" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2589" s="279"/>
+      <c r="D2589" s="279"/>
+      <c r="F2589" s="282"/>
+    </row>
+    <row r="2590" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2590" s="279"/>
+      <c r="D2590" s="279"/>
+      <c r="F2590" s="282"/>
+    </row>
+    <row r="2591" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2591" s="279"/>
+      <c r="D2591" s="279"/>
+      <c r="F2591" s="282"/>
+    </row>
+    <row r="2592" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2592" s="279"/>
+      <c r="D2592" s="279"/>
+      <c r="F2592" s="282"/>
+    </row>
+    <row r="2593" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2593" s="279"/>
+      <c r="D2593" s="279"/>
+      <c r="F2593" s="282"/>
+    </row>
+    <row r="2594" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2594" s="279"/>
+      <c r="D2594" s="279"/>
+      <c r="F2594" s="282"/>
+    </row>
+    <row r="2595" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2595" s="279"/>
+      <c r="D2595" s="279"/>
+      <c r="F2595" s="282"/>
+    </row>
+    <row r="2596" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2596" s="279"/>
+      <c r="D2596" s="279"/>
+      <c r="F2596" s="282"/>
+    </row>
+    <row r="2597" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2597" s="279"/>
+      <c r="D2597" s="279"/>
+      <c r="F2597" s="282"/>
+    </row>
+    <row r="2598" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2598" s="279"/>
+      <c r="D2598" s="279"/>
+      <c r="F2598" s="282"/>
+    </row>
+    <row r="2599" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2599" s="279"/>
+      <c r="D2599" s="279"/>
+      <c r="F2599" s="282"/>
+    </row>
+    <row r="2600" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2600" s="279"/>
+      <c r="D2600" s="279"/>
+      <c r="F2600" s="282"/>
+    </row>
+    <row r="2601" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2601" s="279"/>
+      <c r="D2601" s="279"/>
+      <c r="F2601" s="282"/>
+    </row>
+    <row r="2602" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2602" s="279"/>
+      <c r="D2602" s="279"/>
+      <c r="F2602" s="282"/>
+    </row>
+    <row r="2603" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2603" s="279"/>
+      <c r="D2603" s="279"/>
+      <c r="F2603" s="282"/>
+    </row>
+    <row r="2604" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2604" s="279"/>
+      <c r="D2604" s="279"/>
+      <c r="F2604" s="282"/>
+    </row>
+    <row r="2605" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2605" s="279"/>
+      <c r="D2605" s="279"/>
+      <c r="F2605" s="282"/>
+    </row>
+    <row r="2606" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2606" s="279"/>
+      <c r="D2606" s="279"/>
+      <c r="F2606" s="282"/>
+    </row>
+    <row r="2607" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2607" s="279"/>
+      <c r="D2607" s="279"/>
+      <c r="F2607" s="282"/>
+    </row>
+    <row r="2608" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2608" s="279"/>
+      <c r="D2608" s="279"/>
+      <c r="F2608" s="282"/>
+    </row>
+    <row r="2609" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2609" s="279"/>
+      <c r="D2609" s="279"/>
+      <c r="F2609" s="282"/>
+    </row>
+    <row r="2610" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2610" s="279"/>
+      <c r="D2610" s="279"/>
+      <c r="F2610" s="282"/>
+    </row>
+    <row r="2611" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2611" s="279"/>
+      <c r="D2611" s="279"/>
+      <c r="F2611" s="282"/>
+    </row>
+    <row r="2612" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2612" s="279"/>
+      <c r="D2612" s="279"/>
+      <c r="F2612" s="282"/>
+    </row>
+    <row r="2613" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2613" s="279"/>
+      <c r="D2613" s="279"/>
+      <c r="F2613" s="282"/>
+    </row>
+    <row r="2614" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2614" s="279"/>
+      <c r="D2614" s="279"/>
+      <c r="F2614" s="282"/>
+    </row>
+    <row r="2615" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2615" s="279"/>
+      <c r="D2615" s="279"/>
+      <c r="F2615" s="282"/>
+    </row>
+    <row r="2616" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2616" s="279"/>
+      <c r="D2616" s="279"/>
+      <c r="F2616" s="282"/>
+    </row>
+    <row r="2617" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2617" s="279"/>
+      <c r="D2617" s="279"/>
+      <c r="F2617" s="282"/>
+    </row>
+    <row r="2618" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2618" s="279"/>
+      <c r="D2618" s="279"/>
+      <c r="F2618" s="282"/>
+    </row>
+    <row r="2619" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2619" s="279"/>
+      <c r="D2619" s="279"/>
+      <c r="F2619" s="282"/>
+    </row>
+    <row r="2620" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2620" s="279"/>
+      <c r="D2620" s="279"/>
+      <c r="F2620" s="282"/>
+    </row>
+    <row r="2621" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2621" s="279"/>
+      <c r="D2621" s="279"/>
+      <c r="F2621" s="282"/>
+    </row>
+    <row r="2622" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2622" s="279"/>
+      <c r="D2622" s="279"/>
+      <c r="F2622" s="282"/>
+    </row>
+    <row r="2623" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2623" s="279"/>
+      <c r="D2623" s="279"/>
+      <c r="F2623" s="282"/>
+    </row>
+    <row r="2624" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2624" s="279"/>
+      <c r="D2624" s="279"/>
+      <c r="F2624" s="282"/>
+    </row>
+    <row r="2625" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2625" s="279"/>
+      <c r="D2625" s="279"/>
+      <c r="F2625" s="282"/>
+    </row>
+    <row r="2626" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2626" s="279"/>
+      <c r="D2626" s="279"/>
+      <c r="F2626" s="282"/>
+    </row>
+    <row r="2627" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2627" s="279"/>
+      <c r="D2627" s="279"/>
+      <c r="F2627" s="282"/>
+    </row>
+    <row r="2628" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2628" s="279"/>
+      <c r="D2628" s="279"/>
+      <c r="F2628" s="282"/>
+    </row>
+    <row r="2629" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2629" s="279"/>
+      <c r="D2629" s="279"/>
+      <c r="F2629" s="282"/>
+    </row>
+    <row r="2630" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2630" s="279"/>
+      <c r="D2630" s="279"/>
+      <c r="F2630" s="282"/>
+    </row>
+    <row r="2631" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2631" s="279"/>
+      <c r="D2631" s="279"/>
+      <c r="F2631" s="282"/>
+    </row>
+    <row r="2632" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2632" s="279"/>
+      <c r="D2632" s="279"/>
+      <c r="F2632" s="282"/>
+    </row>
+    <row r="2633" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2633" s="279"/>
+      <c r="D2633" s="279"/>
+      <c r="F2633" s="282"/>
+    </row>
+    <row r="2634" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2634" s="279"/>
+      <c r="D2634" s="279"/>
+      <c r="F2634" s="282"/>
+    </row>
+    <row r="2635" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2635" s="279"/>
+      <c r="D2635" s="279"/>
+      <c r="F2635" s="282"/>
+    </row>
+    <row r="2636" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2636" s="279"/>
+      <c r="D2636" s="279"/>
+      <c r="F2636" s="282"/>
+    </row>
+    <row r="2637" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2637" s="279"/>
+      <c r="D2637" s="279"/>
+      <c r="F2637" s="282"/>
+    </row>
+    <row r="2638" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2638" s="279"/>
+      <c r="D2638" s="279"/>
+      <c r="F2638" s="282"/>
+    </row>
+    <row r="2639" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2639" s="279"/>
+      <c r="D2639" s="279"/>
+      <c r="F2639" s="282"/>
+    </row>
+    <row r="2640" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2640" s="279"/>
+      <c r="D2640" s="279"/>
+      <c r="F2640" s="282"/>
+    </row>
+    <row r="2641" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2641" s="279"/>
+      <c r="D2641" s="279"/>
+      <c r="F2641" s="282"/>
+    </row>
+    <row r="2642" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2642" s="279"/>
+      <c r="D2642" s="279"/>
+      <c r="F2642" s="282"/>
+    </row>
+    <row r="2643" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2643" s="279"/>
+      <c r="D2643" s="279"/>
+      <c r="F2643" s="282"/>
+    </row>
+    <row r="2644" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2644" s="279"/>
+      <c r="D2644" s="279"/>
+      <c r="F2644" s="282"/>
+    </row>
+    <row r="2645" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2645" s="279"/>
+      <c r="D2645" s="279"/>
+      <c r="F2645" s="282"/>
+    </row>
+    <row r="2646" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2646" s="279"/>
+      <c r="D2646" s="279"/>
+      <c r="F2646" s="282"/>
+    </row>
+    <row r="2647" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2647" s="279"/>
+      <c r="D2647" s="279"/>
+      <c r="F2647" s="282"/>
+    </row>
+    <row r="2648" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2648" s="279"/>
+      <c r="D2648" s="279"/>
+      <c r="F2648" s="282"/>
+    </row>
+    <row r="2649" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2649" s="279"/>
+      <c r="D2649" s="279"/>
+      <c r="F2649" s="282"/>
+    </row>
+    <row r="2650" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2650" s="279"/>
+      <c r="D2650" s="279"/>
+      <c r="F2650" s="282"/>
+    </row>
+    <row r="2651" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2651" s="279"/>
+      <c r="D2651" s="279"/>
+      <c r="F2651" s="282"/>
+    </row>
+    <row r="2652" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2652" s="279"/>
+      <c r="D2652" s="279"/>
+      <c r="F2652" s="282"/>
+    </row>
+    <row r="2653" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2653" s="279"/>
+      <c r="D2653" s="279"/>
+      <c r="F2653" s="282"/>
+    </row>
+    <row r="2654" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2654" s="279"/>
+      <c r="D2654" s="279"/>
+      <c r="F2654" s="282"/>
+    </row>
+    <row r="2655" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2655" s="279"/>
+      <c r="D2655" s="279"/>
+      <c r="F2655" s="282"/>
+    </row>
+    <row r="2656" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2656" s="279"/>
+      <c r="D2656" s="279"/>
+      <c r="F2656" s="282"/>
+    </row>
+    <row r="2657" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2657" s="279"/>
+      <c r="D2657" s="279"/>
+      <c r="F2657" s="282"/>
+    </row>
+    <row r="2658" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2658" s="279"/>
+      <c r="D2658" s="279"/>
+      <c r="F2658" s="282"/>
+    </row>
+    <row r="2659" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2659" s="279"/>
+      <c r="D2659" s="279"/>
+      <c r="F2659" s="282"/>
+    </row>
+    <row r="2660" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2660" s="279"/>
+      <c r="D2660" s="279"/>
+      <c r="F2660" s="282"/>
+    </row>
+    <row r="2661" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2661" s="279"/>
+      <c r="D2661" s="279"/>
+      <c r="F2661" s="282"/>
+    </row>
+    <row r="2662" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2662" s="279"/>
+      <c r="D2662" s="279"/>
+      <c r="F2662" s="282"/>
+    </row>
+    <row r="2663" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2663" s="279"/>
+      <c r="D2663" s="279"/>
+      <c r="F2663" s="282"/>
+    </row>
+    <row r="2664" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2664" s="279"/>
+      <c r="D2664" s="279"/>
+      <c r="F2664" s="282"/>
+    </row>
+    <row r="2665" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2665" s="279"/>
+      <c r="D2665" s="279"/>
+      <c r="F2665" s="282"/>
+    </row>
+    <row r="2666" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2666" s="279"/>
+      <c r="D2666" s="279"/>
+      <c r="F2666" s="282"/>
+    </row>
+    <row r="2667" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2667" s="279"/>
+      <c r="D2667" s="279"/>
+      <c r="F2667" s="282"/>
+    </row>
+    <row r="2668" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2668" s="279"/>
+      <c r="D2668" s="279"/>
+      <c r="F2668" s="282"/>
+    </row>
+    <row r="2669" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2669" s="279"/>
+      <c r="D2669" s="279"/>
+      <c r="F2669" s="282"/>
+    </row>
+    <row r="2670" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2670" s="279"/>
+      <c r="D2670" s="279"/>
+      <c r="F2670" s="282"/>
+    </row>
+    <row r="2671" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2671" s="279"/>
+      <c r="D2671" s="279"/>
+      <c r="F2671" s="282"/>
+    </row>
+    <row r="2672" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2672" s="279"/>
+      <c r="D2672" s="279"/>
+      <c r="F2672" s="282"/>
+    </row>
+    <row r="2673" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2673" s="279"/>
+      <c r="D2673" s="279"/>
+      <c r="F2673" s="282"/>
+    </row>
+    <row r="2674" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2674" s="279"/>
+      <c r="D2674" s="279"/>
+      <c r="F2674" s="282"/>
+    </row>
+    <row r="2675" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2675" s="279"/>
+      <c r="D2675" s="279"/>
+      <c r="F2675" s="282"/>
+    </row>
+    <row r="2676" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2676" s="279"/>
+      <c r="D2676" s="279"/>
+      <c r="F2676" s="282"/>
+    </row>
+    <row r="2677" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2677" s="279"/>
+      <c r="D2677" s="279"/>
+      <c r="F2677" s="282"/>
+    </row>
+    <row r="2678" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2678" s="279"/>
+      <c r="D2678" s="279"/>
+      <c r="F2678" s="282"/>
+    </row>
+    <row r="2679" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2679" s="279"/>
+      <c r="D2679" s="279"/>
+      <c r="F2679" s="282"/>
+    </row>
+    <row r="2680" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2680" s="279"/>
+      <c r="D2680" s="279"/>
+      <c r="F2680" s="282"/>
+    </row>
+    <row r="2681" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2681" s="279"/>
+      <c r="D2681" s="279"/>
+      <c r="F2681" s="282"/>
+    </row>
+    <row r="2682" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2682" s="279"/>
+      <c r="D2682" s="279"/>
+      <c r="F2682" s="282"/>
+    </row>
+    <row r="2683" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2683" s="279"/>
+      <c r="D2683" s="279"/>
+      <c r="F2683" s="282"/>
+    </row>
+    <row r="2684" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2684" s="279"/>
+      <c r="D2684" s="279"/>
+      <c r="F2684" s="282"/>
+    </row>
+    <row r="2685" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2685" s="279"/>
+      <c r="D2685" s="279"/>
+      <c r="F2685" s="282"/>
+    </row>
+    <row r="2686" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2686" s="279"/>
+      <c r="D2686" s="279"/>
+      <c r="F2686" s="282"/>
+    </row>
+    <row r="2687" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2687" s="279"/>
+      <c r="D2687" s="279"/>
+      <c r="F2687" s="282"/>
+    </row>
+    <row r="2688" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2688" s="279"/>
+      <c r="D2688" s="279"/>
+      <c r="F2688" s="282"/>
+    </row>
+    <row r="2689" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2689" s="279"/>
+      <c r="D2689" s="279"/>
+      <c r="F2689" s="282"/>
+    </row>
+    <row r="2690" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2690" s="279"/>
+      <c r="D2690" s="279"/>
+      <c r="F2690" s="282"/>
+    </row>
+    <row r="2691" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2691" s="279"/>
+      <c r="D2691" s="279"/>
+      <c r="F2691" s="282"/>
+    </row>
+    <row r="2692" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2692" s="279"/>
+      <c r="D2692" s="279"/>
+      <c r="F2692" s="282"/>
+    </row>
+    <row r="2693" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2693" s="279"/>
+      <c r="D2693" s="279"/>
+      <c r="F2693" s="282"/>
+    </row>
+    <row r="2694" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2694" s="279"/>
+      <c r="D2694" s="279"/>
+      <c r="F2694" s="282"/>
+    </row>
+    <row r="2695" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2695" s="279"/>
+      <c r="D2695" s="279"/>
+      <c r="F2695" s="282"/>
+    </row>
+    <row r="2696" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2696" s="279"/>
+      <c r="D2696" s="279"/>
+      <c r="F2696" s="282"/>
+    </row>
+    <row r="2697" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2697" s="279"/>
+      <c r="D2697" s="279"/>
+      <c r="F2697" s="282"/>
+    </row>
+    <row r="2698" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2698" s="279"/>
+      <c r="D2698" s="279"/>
+      <c r="F2698" s="282"/>
+    </row>
+    <row r="2699" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2699" s="279"/>
+      <c r="D2699" s="279"/>
+      <c r="F2699" s="282"/>
+    </row>
+    <row r="2700" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2700" s="279"/>
+      <c r="D2700" s="279"/>
+      <c r="F2700" s="282"/>
+    </row>
+    <row r="2701" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2701" s="279"/>
+      <c r="D2701" s="279"/>
+      <c r="F2701" s="282"/>
+    </row>
+    <row r="2702" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2702" s="279"/>
+      <c r="D2702" s="279"/>
+      <c r="F2702" s="282"/>
+    </row>
+    <row r="2703" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2703" s="279"/>
+      <c r="D2703" s="279"/>
+      <c r="F2703" s="282"/>
+    </row>
+    <row r="2704" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2704" s="279"/>
+      <c r="D2704" s="279"/>
+      <c r="F2704" s="282"/>
+    </row>
+    <row r="2705" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2705" s="279"/>
+      <c r="D2705" s="279"/>
+      <c r="F2705" s="282"/>
+    </row>
+    <row r="2706" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2706" s="279"/>
+      <c r="D2706" s="279"/>
+      <c r="F2706" s="282"/>
+    </row>
+    <row r="2707" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2707" s="279"/>
+      <c r="D2707" s="279"/>
+      <c r="F2707" s="282"/>
+    </row>
+    <row r="2708" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2708" s="279"/>
+      <c r="D2708" s="279"/>
+      <c r="F2708" s="282"/>
+    </row>
+    <row r="2709" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2709" s="279"/>
+      <c r="D2709" s="279"/>
+      <c r="F2709" s="282"/>
+    </row>
+    <row r="2710" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2710" s="279"/>
+      <c r="D2710" s="279"/>
+      <c r="F2710" s="282"/>
+    </row>
+    <row r="2711" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2711" s="279"/>
+      <c r="D2711" s="279"/>
+      <c r="F2711" s="282"/>
+    </row>
+    <row r="2712" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2712" s="279"/>
+      <c r="D2712" s="279"/>
+      <c r="F2712" s="282"/>
+    </row>
+    <row r="2713" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2713" s="279"/>
+      <c r="D2713" s="279"/>
+      <c r="F2713" s="282"/>
+    </row>
+    <row r="2714" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2714" s="279"/>
+      <c r="D2714" s="279"/>
+      <c r="F2714" s="282"/>
+    </row>
+    <row r="2715" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2715" s="279"/>
+      <c r="D2715" s="279"/>
+      <c r="F2715" s="282"/>
+    </row>
+    <row r="2716" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2716" s="279"/>
+      <c r="D2716" s="279"/>
+      <c r="F2716" s="282"/>
+    </row>
+    <row r="2717" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2717" s="279"/>
+      <c r="D2717" s="279"/>
+      <c r="F2717" s="282"/>
+    </row>
+    <row r="2718" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2718" s="279"/>
+      <c r="D2718" s="279"/>
+      <c r="F2718" s="282"/>
+    </row>
+    <row r="2719" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2719" s="279"/>
+      <c r="D2719" s="279"/>
+      <c r="F2719" s="282"/>
+    </row>
+    <row r="2720" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2720" s="279"/>
+      <c r="D2720" s="279"/>
+      <c r="F2720" s="282"/>
+    </row>
+    <row r="2721" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2721" s="279"/>
+      <c r="D2721" s="279"/>
+      <c r="F2721" s="282"/>
+    </row>
+    <row r="2722" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2722" s="279"/>
+      <c r="D2722" s="279"/>
+      <c r="F2722" s="282"/>
+    </row>
+    <row r="2723" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2723" s="279"/>
+      <c r="D2723" s="279"/>
+      <c r="F2723" s="282"/>
+    </row>
+    <row r="2724" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2724" s="279"/>
+      <c r="D2724" s="279"/>
+      <c r="F2724" s="282"/>
+    </row>
+    <row r="2725" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2725" s="279"/>
+      <c r="D2725" s="279"/>
+      <c r="F2725" s="282"/>
+    </row>
+    <row r="2726" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2726" s="279"/>
+      <c r="D2726" s="279"/>
+      <c r="F2726" s="282"/>
+    </row>
+    <row r="2727" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2727" s="279"/>
+      <c r="D2727" s="279"/>
+      <c r="F2727" s="282"/>
+    </row>
+    <row r="2728" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2728" s="279"/>
+      <c r="D2728" s="279"/>
+      <c r="F2728" s="282"/>
+    </row>
+    <row r="2729" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2729" s="279"/>
+      <c r="D2729" s="279"/>
+      <c r="F2729" s="282"/>
+    </row>
+    <row r="2730" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2730" s="279"/>
+      <c r="D2730" s="279"/>
+      <c r="F2730" s="282"/>
+    </row>
+    <row r="2731" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2731" s="279"/>
+      <c r="D2731" s="279"/>
+      <c r="F2731" s="282"/>
+    </row>
+    <row r="2732" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2732" s="279"/>
+      <c r="D2732" s="279"/>
+      <c r="F2732" s="282"/>
+    </row>
+    <row r="2733" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2733" s="279"/>
+      <c r="D2733" s="279"/>
+      <c r="F2733" s="282"/>
+    </row>
+    <row r="2734" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2734" s="279"/>
+      <c r="D2734" s="279"/>
+      <c r="F2734" s="282"/>
+    </row>
+    <row r="2735" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2735" s="279"/>
+      <c r="D2735" s="279"/>
+      <c r="F2735" s="282"/>
+    </row>
+    <row r="2736" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2736" s="279"/>
+      <c r="D2736" s="279"/>
+      <c r="F2736" s="282"/>
+    </row>
+    <row r="2737" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2737" s="279"/>
+      <c r="D2737" s="279"/>
+      <c r="F2737" s="282"/>
+    </row>
+    <row r="2738" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2738" s="279"/>
+      <c r="D2738" s="279"/>
+      <c r="F2738" s="282"/>
+    </row>
+    <row r="2739" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2739" s="279"/>
+      <c r="D2739" s="279"/>
+      <c r="F2739" s="282"/>
+    </row>
+    <row r="2740" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2740" s="279"/>
+      <c r="D2740" s="279"/>
+      <c r="F2740" s="282"/>
+    </row>
+    <row r="2741" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2741" s="279"/>
+      <c r="D2741" s="279"/>
+      <c r="F2741" s="282"/>
+    </row>
+    <row r="2742" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2742" s="279"/>
+      <c r="D2742" s="279"/>
+      <c r="F2742" s="282"/>
+    </row>
+    <row r="2743" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2743" s="279"/>
+      <c r="D2743" s="279"/>
+      <c r="F2743" s="282"/>
+    </row>
+    <row r="2744" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2744" s="279"/>
+      <c r="D2744" s="279"/>
+      <c r="F2744" s="282"/>
+    </row>
+    <row r="2745" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2745" s="279"/>
+      <c r="D2745" s="279"/>
+      <c r="F2745" s="282"/>
+    </row>
+    <row r="2746" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2746" s="279"/>
+      <c r="D2746" s="279"/>
+      <c r="F2746" s="282"/>
+    </row>
+    <row r="2747" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2747" s="279"/>
+      <c r="D2747" s="279"/>
+      <c r="F2747" s="282"/>
+    </row>
+    <row r="2748" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2748" s="279"/>
+      <c r="D2748" s="279"/>
+      <c r="F2748" s="282"/>
+    </row>
+    <row r="2749" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2749" s="279"/>
+      <c r="D2749" s="279"/>
+      <c r="F2749" s="282"/>
+    </row>
+    <row r="2750" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2750" s="279"/>
+      <c r="D2750" s="279"/>
+      <c r="F2750" s="282"/>
+    </row>
+    <row r="2751" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2751" s="279"/>
+      <c r="D2751" s="279"/>
+      <c r="F2751" s="282"/>
+    </row>
+    <row r="2752" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2752" s="279"/>
+      <c r="D2752" s="279"/>
+      <c r="F2752" s="282"/>
+    </row>
+    <row r="2753" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2753" s="279"/>
+      <c r="D2753" s="279"/>
+      <c r="F2753" s="282"/>
+    </row>
+    <row r="2754" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2754" s="279"/>
+      <c r="D2754" s="279"/>
+      <c r="F2754" s="282"/>
+    </row>
+    <row r="2755" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2755" s="279"/>
+      <c r="D2755" s="279"/>
+      <c r="F2755" s="282"/>
+    </row>
+    <row r="2756" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2756" s="279"/>
+      <c r="D2756" s="279"/>
+      <c r="F2756" s="282"/>
+    </row>
+    <row r="2757" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2757" s="279"/>
+      <c r="D2757" s="279"/>
+      <c r="F2757" s="282"/>
+    </row>
+    <row r="2758" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2758" s="279"/>
+      <c r="D2758" s="279"/>
+      <c r="F2758" s="282"/>
+    </row>
+    <row r="2759" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2759" s="279"/>
+      <c r="D2759" s="279"/>
+      <c r="F2759" s="282"/>
+    </row>
+    <row r="2760" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2760" s="279"/>
+      <c r="D2760" s="279"/>
+      <c r="F2760" s="282"/>
+    </row>
+    <row r="2761" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2761" s="279"/>
+      <c r="D2761" s="279"/>
+      <c r="F2761" s="282"/>
+    </row>
+    <row r="2762" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2762" s="279"/>
+      <c r="D2762" s="279"/>
+      <c r="F2762" s="282"/>
+    </row>
+    <row r="2763" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2763" s="279"/>
+      <c r="D2763" s="279"/>
+      <c r="F2763" s="282"/>
+    </row>
+    <row r="2764" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2764" s="279"/>
+      <c r="D2764" s="279"/>
+      <c r="F2764" s="282"/>
+    </row>
+    <row r="2765" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2765" s="279"/>
+      <c r="D2765" s="279"/>
+      <c r="F2765" s="282"/>
+    </row>
+    <row r="2766" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2766" s="279"/>
+      <c r="D2766" s="279"/>
+      <c r="F2766" s="282"/>
+    </row>
+    <row r="2767" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2767" s="279"/>
+      <c r="D2767" s="279"/>
+      <c r="F2767" s="282"/>
+    </row>
+    <row r="2768" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2768" s="279"/>
+      <c r="D2768" s="279"/>
+      <c r="F2768" s="282"/>
+    </row>
+    <row r="2769" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2769" s="279"/>
+      <c r="D2769" s="279"/>
+      <c r="F2769" s="282"/>
+    </row>
+    <row r="2770" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2770" s="279"/>
+      <c r="D2770" s="279"/>
+      <c r="F2770" s="282"/>
+    </row>
+    <row r="2771" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2771" s="279"/>
+      <c r="D2771" s="279"/>
+      <c r="F2771" s="282"/>
+    </row>
+    <row r="2772" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2772" s="279"/>
+      <c r="D2772" s="279"/>
+      <c r="F2772" s="282"/>
+    </row>
+    <row r="2773" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2773" s="279"/>
+      <c r="D2773" s="279"/>
+      <c r="F2773" s="282"/>
+    </row>
+    <row r="2774" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2774" s="279"/>
+      <c r="D2774" s="279"/>
+      <c r="F2774" s="282"/>
+    </row>
+    <row r="2775" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2775" s="279"/>
+      <c r="D2775" s="279"/>
+      <c r="F2775" s="282"/>
+    </row>
+    <row r="2776" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2776" s="279"/>
+      <c r="D2776" s="279"/>
+      <c r="F2776" s="282"/>
+    </row>
+    <row r="2777" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2777" s="279"/>
+      <c r="D2777" s="279"/>
+      <c r="F2777" s="282"/>
+    </row>
+    <row r="2778" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2778" s="279"/>
+      <c r="D2778" s="279"/>
+      <c r="F2778" s="282"/>
+    </row>
+    <row r="2779" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2779" s="279"/>
+      <c r="D2779" s="279"/>
+      <c r="F2779" s="282"/>
+    </row>
+    <row r="2780" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2780" s="279"/>
+      <c r="D2780" s="279"/>
+      <c r="F2780" s="282"/>
+    </row>
+    <row r="2781" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2781" s="279"/>
+      <c r="D2781" s="279"/>
+      <c r="F2781" s="282"/>
+    </row>
+    <row r="2782" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2782" s="279"/>
+      <c r="D2782" s="279"/>
+      <c r="F2782" s="282"/>
+    </row>
+    <row r="2783" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2783" s="279"/>
+      <c r="D2783" s="279"/>
+      <c r="F2783" s="282"/>
+    </row>
+    <row r="2784" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2784" s="279"/>
+      <c r="D2784" s="279"/>
+      <c r="F2784" s="282"/>
+    </row>
+    <row r="2785" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2785" s="279"/>
+      <c r="D2785" s="279"/>
+      <c r="F2785" s="282"/>
+    </row>
+    <row r="2786" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2786" s="279"/>
+      <c r="D2786" s="279"/>
+      <c r="F2786" s="282"/>
+    </row>
+    <row r="2787" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2787" s="279"/>
+      <c r="D2787" s="279"/>
+      <c r="F2787" s="282"/>
+    </row>
+    <row r="2788" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2788" s="279"/>
+      <c r="D2788" s="279"/>
+      <c r="F2788" s="282"/>
+    </row>
+    <row r="2789" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2789" s="279"/>
+      <c r="D2789" s="279"/>
+      <c r="F2789" s="282"/>
+    </row>
+    <row r="2790" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2790" s="279"/>
+      <c r="D2790" s="279"/>
+      <c r="F2790" s="282"/>
+    </row>
+    <row r="2791" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2791" s="279"/>
+      <c r="D2791" s="279"/>
+      <c r="F2791" s="282"/>
+    </row>
+    <row r="2792" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2792" s="279"/>
+      <c r="D2792" s="279"/>
+      <c r="F2792" s="282"/>
+    </row>
+    <row r="2793" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2793" s="279"/>
+      <c r="D2793" s="279"/>
+      <c r="F2793" s="282"/>
+    </row>
+    <row r="2794" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2794" s="279"/>
+      <c r="D2794" s="279"/>
+      <c r="F2794" s="282"/>
+    </row>
+    <row r="2795" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2795" s="279"/>
+      <c r="D2795" s="279"/>
+      <c r="F2795" s="282"/>
+    </row>
+    <row r="2796" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2796" s="279"/>
+      <c r="D2796" s="279"/>
+      <c r="F2796" s="282"/>
+    </row>
+    <row r="2797" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2797" s="279"/>
+      <c r="D2797" s="279"/>
+      <c r="F2797" s="282"/>
+    </row>
+    <row r="2798" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2798" s="279"/>
+      <c r="D2798" s="279"/>
+      <c r="F2798" s="282"/>
+    </row>
+    <row r="2799" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2799" s="279"/>
+      <c r="D2799" s="279"/>
+      <c r="F2799" s="282"/>
+    </row>
+    <row r="2800" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2800" s="279"/>
+      <c r="D2800" s="279"/>
+      <c r="F2800" s="282"/>
+    </row>
+    <row r="2801" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2801" s="279"/>
+      <c r="D2801" s="279"/>
+      <c r="F2801" s="282"/>
+    </row>
+    <row r="2802" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2802" s="279"/>
+      <c r="D2802" s="279"/>
+      <c r="F2802" s="282"/>
+    </row>
+    <row r="2803" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2803" s="279"/>
+      <c r="D2803" s="279"/>
+      <c r="F2803" s="282"/>
+    </row>
+    <row r="2804" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2804" s="279"/>
+      <c r="D2804" s="279"/>
+      <c r="F2804" s="282"/>
+    </row>
+    <row r="2805" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2805" s="279"/>
+      <c r="D2805" s="279"/>
+      <c r="F2805" s="282"/>
+    </row>
+    <row r="2806" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2806" s="279"/>
+      <c r="D2806" s="279"/>
+      <c r="F2806" s="282"/>
+    </row>
+    <row r="2807" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2807" s="279"/>
+      <c r="D2807" s="279"/>
+      <c r="F2807" s="282"/>
+    </row>
+    <row r="2808" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2808" s="279"/>
+      <c r="D2808" s="279"/>
+      <c r="F2808" s="282"/>
+    </row>
+    <row r="2809" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2809" s="279"/>
+      <c r="D2809" s="279"/>
+      <c r="F2809" s="282"/>
+    </row>
+    <row r="2810" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2810" s="279"/>
+      <c r="D2810" s="279"/>
+      <c r="F2810" s="282"/>
+    </row>
+    <row r="2811" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2811" s="279"/>
+      <c r="D2811" s="279"/>
+      <c r="F2811" s="282"/>
+    </row>
+    <row r="2812" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2812" s="279"/>
+      <c r="D2812" s="279"/>
+      <c r="F2812" s="282"/>
+    </row>
+    <row r="2813" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2813" s="279"/>
+      <c r="D2813" s="279"/>
+      <c r="F2813" s="282"/>
+    </row>
+    <row r="2814" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2814" s="279"/>
+      <c r="D2814" s="279"/>
+      <c r="F2814" s="282"/>
+    </row>
+    <row r="2815" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2815" s="279"/>
+      <c r="D2815" s="279"/>
+      <c r="F2815" s="282"/>
+    </row>
+    <row r="2816" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2816" s="279"/>
+      <c r="D2816" s="279"/>
+      <c r="F2816" s="282"/>
+    </row>
+    <row r="2817" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2817" s="279"/>
+      <c r="D2817" s="279"/>
+      <c r="F2817" s="282"/>
+    </row>
+    <row r="2818" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2818" s="279"/>
+      <c r="D2818" s="279"/>
+      <c r="F2818" s="282"/>
+    </row>
+    <row r="2819" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2819" s="279"/>
+      <c r="D2819" s="279"/>
+      <c r="F2819" s="282"/>
+    </row>
+    <row r="2820" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2820" s="279"/>
+      <c r="D2820" s="279"/>
+      <c r="F2820" s="282"/>
+    </row>
+    <row r="2821" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2821" s="279"/>
+      <c r="D2821" s="279"/>
+      <c r="F2821" s="282"/>
+    </row>
+    <row r="2822" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2822" s="279"/>
+      <c r="D2822" s="279"/>
+      <c r="F2822" s="282"/>
+    </row>
+    <row r="2823" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2823" s="279"/>
+      <c r="D2823" s="279"/>
+      <c r="F2823" s="282"/>
+    </row>
+    <row r="2824" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2824" s="279"/>
+      <c r="D2824" s="279"/>
+      <c r="F2824" s="282"/>
+    </row>
+    <row r="2825" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2825" s="279"/>
+      <c r="D2825" s="279"/>
+      <c r="F2825" s="282"/>
+    </row>
+    <row r="2826" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2826" s="279"/>
+      <c r="D2826" s="279"/>
+      <c r="F2826" s="282"/>
+    </row>
+    <row r="2827" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2827" s="279"/>
+      <c r="D2827" s="279"/>
+      <c r="F2827" s="282"/>
+    </row>
+    <row r="2828" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2828" s="279"/>
+      <c r="D2828" s="279"/>
+      <c r="F2828" s="282"/>
+    </row>
+    <row r="2829" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2829" s="279"/>
+      <c r="D2829" s="279"/>
+      <c r="F2829" s="282"/>
+    </row>
+    <row r="2830" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2830" s="279"/>
+      <c r="D2830" s="279"/>
+      <c r="F2830" s="282"/>
+    </row>
+    <row r="2831" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2831" s="279"/>
+      <c r="D2831" s="279"/>
+      <c r="F2831" s="282"/>
+    </row>
+    <row r="2832" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2832" s="279"/>
+      <c r="D2832" s="279"/>
+      <c r="F2832" s="282"/>
+    </row>
+    <row r="2833" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2833" s="279"/>
+      <c r="D2833" s="279"/>
+      <c r="F2833" s="282"/>
+    </row>
+    <row r="2834" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2834" s="279"/>
+      <c r="D2834" s="279"/>
+      <c r="F2834" s="282"/>
+    </row>
+    <row r="2835" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2835" s="279"/>
+      <c r="D2835" s="279"/>
+      <c r="F2835" s="282"/>
+    </row>
+    <row r="2836" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2836" s="279"/>
+      <c r="D2836" s="279"/>
+      <c r="F2836" s="282"/>
+    </row>
+    <row r="2837" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2837" s="279"/>
+      <c r="D2837" s="279"/>
+      <c r="F2837" s="282"/>
+    </row>
+    <row r="2838" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2838" s="279"/>
+      <c r="D2838" s="279"/>
+      <c r="F2838" s="282"/>
+    </row>
+    <row r="2839" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2839" s="279"/>
+      <c r="D2839" s="279"/>
+      <c r="F2839" s="282"/>
+    </row>
+    <row r="2840" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2840" s="279"/>
+      <c r="D2840" s="279"/>
+      <c r="F2840" s="282"/>
+    </row>
+    <row r="2841" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2841" s="279"/>
+      <c r="D2841" s="279"/>
+      <c r="F2841" s="282"/>
+    </row>
+    <row r="2842" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2842" s="279"/>
+      <c r="D2842" s="279"/>
+      <c r="F2842" s="282"/>
+    </row>
+    <row r="2843" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2843" s="279"/>
+      <c r="D2843" s="279"/>
+      <c r="F2843" s="282"/>
+    </row>
+    <row r="2844" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2844" s="279"/>
+      <c r="D2844" s="279"/>
+      <c r="F2844" s="282"/>
+    </row>
+    <row r="2845" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2845" s="279"/>
+      <c r="D2845" s="279"/>
+      <c r="F2845" s="282"/>
+    </row>
+    <row r="2846" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2846" s="279"/>
+      <c r="D2846" s="279"/>
+      <c r="F2846" s="282"/>
+    </row>
+    <row r="2847" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2847" s="279"/>
+      <c r="D2847" s="279"/>
+      <c r="F2847" s="282"/>
+    </row>
+    <row r="2848" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2848" s="279"/>
+      <c r="D2848" s="279"/>
+      <c r="F2848" s="282"/>
+    </row>
+    <row r="2849" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2849" s="279"/>
+      <c r="D2849" s="279"/>
+      <c r="F2849" s="282"/>
+    </row>
+    <row r="2850" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2850" s="279"/>
+      <c r="D2850" s="279"/>
+      <c r="F2850" s="282"/>
+    </row>
+    <row r="2851" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2851" s="279"/>
+      <c r="D2851" s="279"/>
+      <c r="F2851" s="282"/>
+    </row>
+    <row r="2852" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2852" s="279"/>
+      <c r="D2852" s="279"/>
+      <c r="F2852" s="282"/>
+    </row>
+    <row r="2853" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2853" s="279"/>
+      <c r="D2853" s="279"/>
+      <c r="F2853" s="282"/>
+    </row>
+    <row r="2854" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2854" s="279"/>
+      <c r="D2854" s="279"/>
+      <c r="F2854" s="282"/>
+    </row>
+    <row r="2855" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2855" s="279"/>
+      <c r="D2855" s="279"/>
+      <c r="F2855" s="282"/>
+    </row>
+    <row r="2856" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2856" s="279"/>
+      <c r="D2856" s="279"/>
+      <c r="F2856" s="282"/>
+    </row>
+    <row r="2857" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2857" s="279"/>
+      <c r="D2857" s="279"/>
+      <c r="F2857" s="282"/>
+    </row>
+    <row r="2858" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2858" s="279"/>
+      <c r="D2858" s="279"/>
+      <c r="F2858" s="282"/>
+    </row>
+    <row r="2859" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2859" s="279"/>
+      <c r="D2859" s="279"/>
+      <c r="F2859" s="282"/>
+    </row>
+    <row r="2860" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2860" s="279"/>
+      <c r="D2860" s="279"/>
+      <c r="F2860" s="282"/>
+    </row>
+    <row r="2861" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2861" s="279"/>
+      <c r="D2861" s="279"/>
+      <c r="F2861" s="282"/>
+    </row>
+    <row r="2862" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2862" s="279"/>
+      <c r="D2862" s="279"/>
+      <c r="F2862" s="282"/>
+    </row>
+    <row r="2863" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2863" s="279"/>
+      <c r="D2863" s="279"/>
+      <c r="F2863" s="282"/>
+    </row>
+    <row r="2864" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2864" s="279"/>
+      <c r="D2864" s="279"/>
+      <c r="F2864" s="282"/>
+    </row>
+    <row r="2865" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2865" s="279"/>
+      <c r="D2865" s="279"/>
+      <c r="F2865" s="282"/>
+    </row>
+    <row r="2866" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2866" s="279"/>
+      <c r="D2866" s="279"/>
+      <c r="F2866" s="282"/>
+    </row>
+    <row r="2867" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2867" s="279"/>
+      <c r="D2867" s="279"/>
+      <c r="F2867" s="282"/>
+    </row>
+    <row r="2868" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2868" s="279"/>
+      <c r="D2868" s="279"/>
+      <c r="F2868" s="282"/>
+    </row>
+    <row r="2869" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2869" s="279"/>
+      <c r="D2869" s="279"/>
+      <c r="F2869" s="282"/>
+    </row>
+    <row r="2870" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2870" s="279"/>
+      <c r="D2870" s="279"/>
+      <c r="F2870" s="282"/>
+    </row>
+    <row r="2871" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2871" s="279"/>
+      <c r="D2871" s="279"/>
+      <c r="F2871" s="282"/>
+    </row>
+    <row r="2872" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2872" s="279"/>
+      <c r="D2872" s="279"/>
+      <c r="F2872" s="282"/>
+    </row>
+    <row r="2873" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2873" s="279"/>
+      <c r="D2873" s="279"/>
+      <c r="F2873" s="282"/>
+    </row>
+    <row r="2874" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2874" s="279"/>
+      <c r="D2874" s="279"/>
+      <c r="F2874" s="282"/>
+    </row>
+    <row r="2875" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2875" s="279"/>
+      <c r="D2875" s="279"/>
+      <c r="F2875" s="282"/>
+    </row>
+    <row r="2876" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2876" s="279"/>
+      <c r="D2876" s="279"/>
+      <c r="F2876" s="282"/>
+    </row>
+    <row r="2877" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2877" s="279"/>
+      <c r="D2877" s="279"/>
+      <c r="F2877" s="282"/>
+    </row>
+    <row r="2878" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2878" s="279"/>
+      <c r="D2878" s="279"/>
+      <c r="F2878" s="282"/>
+    </row>
+    <row r="2879" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2879" s="279"/>
+      <c r="D2879" s="279"/>
+      <c r="F2879" s="282"/>
+    </row>
+    <row r="2880" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2880" s="279"/>
+      <c r="D2880" s="279"/>
+      <c r="F2880" s="282"/>
+    </row>
+    <row r="2881" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2881" s="279"/>
+      <c r="D2881" s="279"/>
+      <c r="F2881" s="282"/>
+    </row>
+    <row r="2882" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2882" s="279"/>
+      <c r="D2882" s="279"/>
+      <c r="F2882" s="282"/>
+    </row>
+    <row r="2883" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2883" s="279"/>
+      <c r="D2883" s="279"/>
+      <c r="F2883" s="282"/>
+    </row>
+    <row r="2884" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2884" s="279"/>
+      <c r="D2884" s="279"/>
+      <c r="F2884" s="282"/>
+    </row>
+    <row r="2885" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2885" s="279"/>
+      <c r="D2885" s="279"/>
+      <c r="F2885" s="282"/>
+    </row>
+    <row r="2886" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2886" s="279"/>
+      <c r="D2886" s="279"/>
+      <c r="F2886" s="282"/>
+    </row>
+    <row r="2887" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2887" s="279"/>
+      <c r="D2887" s="279"/>
+      <c r="F2887" s="282"/>
     </row>
   </sheetData>
+  <autoFilter ref="A1:R490" xr:uid="{6BCDF215-293B-4AFF-A72E-ACCD3B9BE2B6}">
+    <filterColumn colId="5">
+      <filters>
+        <filter val="En attente de désignation"/>
+      </filters>
+    </filterColumn>
+  </autoFilter>
+  <mergeCells count="371">
+    <mergeCell ref="B542:C542"/>
+    <mergeCell ref="B544:C544"/>
+    <mergeCell ref="A487:A490"/>
+    <mergeCell ref="C487:C490"/>
+    <mergeCell ref="E487:E490"/>
+    <mergeCell ref="B538:C538"/>
+    <mergeCell ref="B540:C540"/>
+    <mergeCell ref="A479:A482"/>
+    <mergeCell ref="C479:C482"/>
+    <mergeCell ref="E479:E482"/>
+    <mergeCell ref="A483:A486"/>
+    <mergeCell ref="C483:C486"/>
+    <mergeCell ref="E483:E486"/>
+    <mergeCell ref="A471:A474"/>
+    <mergeCell ref="C471:C474"/>
+    <mergeCell ref="E471:E474"/>
+    <mergeCell ref="A475:A478"/>
+    <mergeCell ref="C475:C478"/>
+    <mergeCell ref="E475:E478"/>
+    <mergeCell ref="A463:A466"/>
+    <mergeCell ref="C463:C466"/>
+    <mergeCell ref="E463:E466"/>
+    <mergeCell ref="A467:A470"/>
+    <mergeCell ref="C467:C470"/>
+    <mergeCell ref="E467:E470"/>
+    <mergeCell ref="A455:A458"/>
+    <mergeCell ref="C455:C458"/>
+    <mergeCell ref="E455:E458"/>
+    <mergeCell ref="A459:A462"/>
+    <mergeCell ref="C459:C462"/>
+    <mergeCell ref="E459:E462"/>
+    <mergeCell ref="A447:A450"/>
+    <mergeCell ref="C447:C450"/>
+    <mergeCell ref="E447:E450"/>
+    <mergeCell ref="A451:A454"/>
+    <mergeCell ref="C451:C454"/>
+    <mergeCell ref="E451:E454"/>
+    <mergeCell ref="A439:A442"/>
+    <mergeCell ref="C439:C442"/>
+    <mergeCell ref="E439:E442"/>
+    <mergeCell ref="A443:A446"/>
+    <mergeCell ref="C443:C446"/>
+    <mergeCell ref="E443:E446"/>
+    <mergeCell ref="A431:A434"/>
+    <mergeCell ref="C431:C434"/>
+    <mergeCell ref="E431:E434"/>
+    <mergeCell ref="A435:A438"/>
+    <mergeCell ref="C435:C438"/>
+    <mergeCell ref="E435:E438"/>
+    <mergeCell ref="A423:A426"/>
+    <mergeCell ref="C423:C426"/>
+    <mergeCell ref="E423:E426"/>
+    <mergeCell ref="A427:A430"/>
+    <mergeCell ref="C427:C430"/>
+    <mergeCell ref="E427:E430"/>
+    <mergeCell ref="A415:A418"/>
+    <mergeCell ref="C415:C418"/>
+    <mergeCell ref="E415:E418"/>
+    <mergeCell ref="A419:A422"/>
+    <mergeCell ref="C419:C422"/>
+    <mergeCell ref="E419:E422"/>
+    <mergeCell ref="A407:A410"/>
+    <mergeCell ref="C407:C410"/>
+    <mergeCell ref="E407:E410"/>
+    <mergeCell ref="A411:A414"/>
+    <mergeCell ref="C411:C414"/>
+    <mergeCell ref="E411:E414"/>
+    <mergeCell ref="A399:A402"/>
+    <mergeCell ref="C399:C402"/>
+    <mergeCell ref="E399:E402"/>
+    <mergeCell ref="A403:A406"/>
+    <mergeCell ref="C403:C406"/>
+    <mergeCell ref="E403:E406"/>
+    <mergeCell ref="A391:A394"/>
+    <mergeCell ref="C391:C394"/>
+    <mergeCell ref="E391:E394"/>
+    <mergeCell ref="A395:A398"/>
+    <mergeCell ref="C395:C398"/>
+    <mergeCell ref="E395:E398"/>
+    <mergeCell ref="A383:A386"/>
+    <mergeCell ref="C383:C386"/>
+    <mergeCell ref="E383:E386"/>
+    <mergeCell ref="A387:A390"/>
+    <mergeCell ref="C387:C390"/>
+    <mergeCell ref="E387:E390"/>
+    <mergeCell ref="A375:A378"/>
+    <mergeCell ref="C375:C378"/>
+    <mergeCell ref="E375:E378"/>
+    <mergeCell ref="A379:A382"/>
+    <mergeCell ref="C379:C382"/>
+    <mergeCell ref="E379:E382"/>
+    <mergeCell ref="A367:A370"/>
+    <mergeCell ref="C367:C370"/>
+    <mergeCell ref="E367:E370"/>
+    <mergeCell ref="A371:A374"/>
+    <mergeCell ref="C371:C374"/>
+    <mergeCell ref="E371:E374"/>
+    <mergeCell ref="A359:A362"/>
+    <mergeCell ref="C359:C362"/>
+    <mergeCell ref="E359:E362"/>
+    <mergeCell ref="A363:A366"/>
+    <mergeCell ref="C363:C366"/>
+    <mergeCell ref="E363:E366"/>
+    <mergeCell ref="A351:A354"/>
+    <mergeCell ref="C351:C354"/>
+    <mergeCell ref="E351:E354"/>
+    <mergeCell ref="A355:A358"/>
+    <mergeCell ref="C355:C358"/>
+    <mergeCell ref="E355:E358"/>
+    <mergeCell ref="A343:A346"/>
+    <mergeCell ref="C343:C346"/>
+    <mergeCell ref="E343:E346"/>
+    <mergeCell ref="A347:A350"/>
+    <mergeCell ref="C347:C350"/>
+    <mergeCell ref="E347:E350"/>
+    <mergeCell ref="A335:A338"/>
+    <mergeCell ref="C335:C338"/>
+    <mergeCell ref="E335:E338"/>
+    <mergeCell ref="A339:A342"/>
+    <mergeCell ref="C339:C342"/>
+    <mergeCell ref="E339:E342"/>
+    <mergeCell ref="A327:A330"/>
+    <mergeCell ref="C327:C330"/>
+    <mergeCell ref="E327:E330"/>
+    <mergeCell ref="A331:A334"/>
+    <mergeCell ref="C331:C334"/>
+    <mergeCell ref="E331:E334"/>
+    <mergeCell ref="A319:A322"/>
+    <mergeCell ref="C319:C322"/>
+    <mergeCell ref="E319:E322"/>
+    <mergeCell ref="A323:A326"/>
+    <mergeCell ref="C323:C326"/>
+    <mergeCell ref="E323:E326"/>
+    <mergeCell ref="A311:A314"/>
+    <mergeCell ref="C311:C314"/>
+    <mergeCell ref="E311:E314"/>
+    <mergeCell ref="A315:A318"/>
+    <mergeCell ref="C315:C318"/>
+    <mergeCell ref="E315:E318"/>
+    <mergeCell ref="A303:A306"/>
+    <mergeCell ref="C303:C306"/>
+    <mergeCell ref="E303:E306"/>
+    <mergeCell ref="A307:A310"/>
+    <mergeCell ref="C307:C310"/>
+    <mergeCell ref="E307:E310"/>
+    <mergeCell ref="A295:A298"/>
+    <mergeCell ref="C295:C298"/>
+    <mergeCell ref="E295:E298"/>
+    <mergeCell ref="A299:A302"/>
+    <mergeCell ref="C299:C302"/>
+    <mergeCell ref="E299:E302"/>
+    <mergeCell ref="A287:A290"/>
+    <mergeCell ref="C287:C290"/>
+    <mergeCell ref="E287:E290"/>
+    <mergeCell ref="A291:A294"/>
+    <mergeCell ref="C291:C294"/>
+    <mergeCell ref="E291:E294"/>
+    <mergeCell ref="A279:A282"/>
+    <mergeCell ref="C279:C282"/>
+    <mergeCell ref="E279:E282"/>
+    <mergeCell ref="A283:A286"/>
+    <mergeCell ref="C283:C286"/>
+    <mergeCell ref="E283:E286"/>
+    <mergeCell ref="A271:A274"/>
+    <mergeCell ref="C271:C274"/>
+    <mergeCell ref="E271:E274"/>
+    <mergeCell ref="A275:A278"/>
+    <mergeCell ref="C275:C278"/>
+    <mergeCell ref="E275:E278"/>
+    <mergeCell ref="A263:A266"/>
+    <mergeCell ref="C263:C266"/>
+    <mergeCell ref="E263:E266"/>
+    <mergeCell ref="A267:A270"/>
+    <mergeCell ref="C267:C270"/>
+    <mergeCell ref="E267:E270"/>
+    <mergeCell ref="A255:A258"/>
+    <mergeCell ref="C255:C258"/>
+    <mergeCell ref="E255:E258"/>
+    <mergeCell ref="A259:A262"/>
+    <mergeCell ref="C259:C262"/>
+    <mergeCell ref="E259:E262"/>
+    <mergeCell ref="A247:A250"/>
+    <mergeCell ref="C247:C250"/>
+    <mergeCell ref="E247:E250"/>
+    <mergeCell ref="A251:A254"/>
+    <mergeCell ref="C251:C254"/>
+    <mergeCell ref="E251:E254"/>
+    <mergeCell ref="A239:A242"/>
+    <mergeCell ref="C239:C242"/>
+    <mergeCell ref="E239:E242"/>
+    <mergeCell ref="A243:A246"/>
+    <mergeCell ref="C243:C246"/>
+    <mergeCell ref="E243:E246"/>
+    <mergeCell ref="A231:A234"/>
+    <mergeCell ref="C231:C234"/>
+    <mergeCell ref="E231:E234"/>
+    <mergeCell ref="A235:A238"/>
+    <mergeCell ref="C235:C238"/>
+    <mergeCell ref="E235:E238"/>
+    <mergeCell ref="A223:A226"/>
+    <mergeCell ref="C223:C226"/>
+    <mergeCell ref="E223:E226"/>
+    <mergeCell ref="A227:A230"/>
+    <mergeCell ref="C227:C230"/>
+    <mergeCell ref="E227:E230"/>
+    <mergeCell ref="A215:A218"/>
+    <mergeCell ref="C215:C218"/>
+    <mergeCell ref="E215:E218"/>
+    <mergeCell ref="A219:A222"/>
+    <mergeCell ref="C219:C222"/>
+    <mergeCell ref="E219:E222"/>
+    <mergeCell ref="A207:A210"/>
+    <mergeCell ref="C207:C210"/>
+    <mergeCell ref="E207:E210"/>
+    <mergeCell ref="A211:A214"/>
+    <mergeCell ref="C211:C214"/>
+    <mergeCell ref="E211:E214"/>
+    <mergeCell ref="A199:A202"/>
+    <mergeCell ref="C199:C202"/>
+    <mergeCell ref="E199:E202"/>
+    <mergeCell ref="A203:A206"/>
+    <mergeCell ref="C203:C206"/>
+    <mergeCell ref="E203:E206"/>
+    <mergeCell ref="A191:A194"/>
+    <mergeCell ref="C191:C194"/>
+    <mergeCell ref="E191:E194"/>
+    <mergeCell ref="A195:A198"/>
+    <mergeCell ref="C195:C198"/>
+    <mergeCell ref="E195:E198"/>
+    <mergeCell ref="A183:A186"/>
+    <mergeCell ref="C183:C186"/>
+    <mergeCell ref="E183:E186"/>
+    <mergeCell ref="A187:A190"/>
+    <mergeCell ref="C187:C190"/>
+    <mergeCell ref="E187:E190"/>
+    <mergeCell ref="A175:A178"/>
+    <mergeCell ref="C175:C178"/>
+    <mergeCell ref="E175:E178"/>
+    <mergeCell ref="A179:A182"/>
+    <mergeCell ref="C179:C182"/>
+    <mergeCell ref="E179:E182"/>
+    <mergeCell ref="A167:A170"/>
+    <mergeCell ref="C167:C170"/>
+    <mergeCell ref="E167:E170"/>
+    <mergeCell ref="A171:A174"/>
+    <mergeCell ref="C171:C174"/>
+    <mergeCell ref="E171:E174"/>
+    <mergeCell ref="A159:A162"/>
+    <mergeCell ref="C159:C162"/>
+    <mergeCell ref="E159:E162"/>
+    <mergeCell ref="A163:A166"/>
+    <mergeCell ref="C163:C166"/>
+    <mergeCell ref="E163:E166"/>
+    <mergeCell ref="A151:A154"/>
+    <mergeCell ref="C151:C154"/>
+    <mergeCell ref="E151:E154"/>
+    <mergeCell ref="A155:A158"/>
+    <mergeCell ref="C155:C158"/>
+    <mergeCell ref="E155:E158"/>
+    <mergeCell ref="A143:A146"/>
+    <mergeCell ref="C143:C146"/>
+    <mergeCell ref="E143:E146"/>
+    <mergeCell ref="A147:A150"/>
+    <mergeCell ref="C147:C150"/>
+    <mergeCell ref="E147:E150"/>
+    <mergeCell ref="A135:A138"/>
+    <mergeCell ref="C135:C138"/>
+    <mergeCell ref="E135:E138"/>
+    <mergeCell ref="A139:A142"/>
+    <mergeCell ref="C139:C142"/>
+    <mergeCell ref="E139:E142"/>
+    <mergeCell ref="A126:A129"/>
+    <mergeCell ref="C126:C129"/>
+    <mergeCell ref="E126:E129"/>
+    <mergeCell ref="A130:A134"/>
+    <mergeCell ref="C130:C134"/>
+    <mergeCell ref="E130:E134"/>
+    <mergeCell ref="A118:A121"/>
+    <mergeCell ref="C118:C121"/>
+    <mergeCell ref="E118:E121"/>
+    <mergeCell ref="A122:A125"/>
+    <mergeCell ref="C122:C125"/>
+    <mergeCell ref="E122:E125"/>
+    <mergeCell ref="A110:A113"/>
+    <mergeCell ref="C110:C113"/>
+    <mergeCell ref="E110:E113"/>
+    <mergeCell ref="A114:A117"/>
+    <mergeCell ref="C114:C117"/>
+    <mergeCell ref="E114:E117"/>
+    <mergeCell ref="A102:A105"/>
+    <mergeCell ref="C102:C105"/>
+    <mergeCell ref="E102:E105"/>
+    <mergeCell ref="A106:A109"/>
+    <mergeCell ref="C106:C109"/>
+    <mergeCell ref="E106:E109"/>
+    <mergeCell ref="A94:A97"/>
+    <mergeCell ref="C94:C97"/>
+    <mergeCell ref="E94:E97"/>
+    <mergeCell ref="A98:A101"/>
+    <mergeCell ref="C98:C101"/>
+    <mergeCell ref="E98:E101"/>
+    <mergeCell ref="A86:A89"/>
+    <mergeCell ref="C86:C89"/>
+    <mergeCell ref="E86:E89"/>
+    <mergeCell ref="A90:A93"/>
+    <mergeCell ref="C90:C93"/>
+    <mergeCell ref="E90:E93"/>
+    <mergeCell ref="A78:A81"/>
+    <mergeCell ref="C78:C81"/>
+    <mergeCell ref="E78:E81"/>
+    <mergeCell ref="A82:A85"/>
+    <mergeCell ref="C82:C85"/>
+    <mergeCell ref="E82:E85"/>
+    <mergeCell ref="A70:A73"/>
+    <mergeCell ref="C70:C73"/>
+    <mergeCell ref="E70:E73"/>
+    <mergeCell ref="A74:A77"/>
+    <mergeCell ref="C74:C77"/>
+    <mergeCell ref="E74:E77"/>
+    <mergeCell ref="A62:A65"/>
+    <mergeCell ref="C62:C65"/>
+    <mergeCell ref="E62:E65"/>
+    <mergeCell ref="A66:A69"/>
+    <mergeCell ref="C66:C69"/>
+    <mergeCell ref="E66:E69"/>
+    <mergeCell ref="A54:A57"/>
+    <mergeCell ref="C54:C57"/>
+    <mergeCell ref="E54:E57"/>
+    <mergeCell ref="A58:A61"/>
+    <mergeCell ref="C58:C61"/>
+    <mergeCell ref="E58:E61"/>
+    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="C46:C49"/>
+    <mergeCell ref="E46:E49"/>
+    <mergeCell ref="A50:A53"/>
+    <mergeCell ref="C50:C53"/>
+    <mergeCell ref="E50:E53"/>
+    <mergeCell ref="A38:A41"/>
+    <mergeCell ref="C38:C41"/>
+    <mergeCell ref="E38:E41"/>
+    <mergeCell ref="A42:A45"/>
+    <mergeCell ref="C42:C45"/>
+    <mergeCell ref="E42:E45"/>
+    <mergeCell ref="A30:A33"/>
+    <mergeCell ref="C30:C33"/>
+    <mergeCell ref="E30:E33"/>
+    <mergeCell ref="A34:A37"/>
+    <mergeCell ref="C34:C37"/>
+    <mergeCell ref="E34:E37"/>
+    <mergeCell ref="A22:A25"/>
+    <mergeCell ref="C22:C25"/>
+    <mergeCell ref="E22:E25"/>
+    <mergeCell ref="A26:A29"/>
+    <mergeCell ref="C26:C29"/>
+    <mergeCell ref="E26:E29"/>
+    <mergeCell ref="A14:A17"/>
+    <mergeCell ref="C14:C17"/>
+    <mergeCell ref="E14:E17"/>
+    <mergeCell ref="A18:A21"/>
+    <mergeCell ref="C18:C21"/>
+    <mergeCell ref="E18:E21"/>
+    <mergeCell ref="A10:A13"/>
+    <mergeCell ref="C10:C13"/>
+    <mergeCell ref="E10:E13"/>
+    <mergeCell ref="R10:R12"/>
+    <mergeCell ref="A2:A5"/>
+    <mergeCell ref="C2:C5"/>
+    <mergeCell ref="E2:E5"/>
+    <mergeCell ref="A6:A9"/>
+    <mergeCell ref="C6:C9"/>
+    <mergeCell ref="E6:E9"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="D45" r:id="rId1" xr:uid="{7F10F7AB-3047-4485-A01A-574B994BC6A4}"/>
+    <hyperlink ref="D22" r:id="rId2" xr:uid="{16F5DFC4-BC4E-4548-BE8F-0C4875720AE3}"/>
+    <hyperlink ref="L70" r:id="rId3" xr:uid="{48D7753F-574A-472C-93A3-C32E58D58D3B}"/>
+    <hyperlink ref="H22" r:id="rId4" xr:uid="{7141FAF6-CA80-49DC-8955-1447167FBB72}"/>
+    <hyperlink ref="H60" r:id="rId5" xr:uid="{B7ED2ECA-B5A5-4152-91E0-712B294A7AAC}"/>
+    <hyperlink ref="H6" r:id="rId6" xr:uid="{2ECD3B3B-9AAD-4E4D-891B-9DC13B29E155}"/>
+    <hyperlink ref="H9" r:id="rId7" xr:uid="{ED763783-8E28-4C5B-AFDB-9F5D6A15D07F}"/>
+    <hyperlink ref="H38" r:id="rId8" xr:uid="{0C51CE38-682F-4B68-BAD4-68E36C6D34CC}"/>
+    <hyperlink ref="H63" r:id="rId9" xr:uid="{78923B6C-7E62-4D53-A7F5-A6BC840F9615}"/>
+    <hyperlink ref="H84" r:id="rId10" xr:uid="{7DA7C93C-760B-45F1-978D-C74BCDEC7D21}"/>
+    <hyperlink ref="H61" r:id="rId11" xr:uid="{75FD0886-F043-4966-81FA-3153B0E421D2}"/>
+    <hyperlink ref="H37" r:id="rId12" xr:uid="{63333121-A6C7-40B6-835A-2AA8D7324D99}"/>
+    <hyperlink ref="H76" r:id="rId13" xr:uid="{867EDC23-D596-48DD-B69D-6776921F66C5}"/>
+    <hyperlink ref="H48" r:id="rId14" xr:uid="{3B461142-A7CC-4A80-8AFE-CF4CE45ED3EB}"/>
+    <hyperlink ref="H75" r:id="rId15" xr:uid="{45171B90-C8AD-46D7-BB2E-9E41B9AC161E}"/>
+    <hyperlink ref="H41" r:id="rId16" xr:uid="{04615650-C0E7-4306-A505-9FAF2114ABD6}"/>
+    <hyperlink ref="L62" r:id="rId17" xr:uid="{16A12FE0-7925-47C0-977A-B725FA0F1052}"/>
+    <hyperlink ref="H62" r:id="rId18" xr:uid="{0957BB37-9001-47FA-A744-58D0299FABF1}"/>
+    <hyperlink ref="L33" r:id="rId19" xr:uid="{7924070E-200D-4809-817D-F15C89BEB4AE}"/>
+    <hyperlink ref="H40" r:id="rId20" xr:uid="{4443B326-1D8A-4D50-87E6-1CFB9694EB22}"/>
+    <hyperlink ref="H35" r:id="rId21" xr:uid="{E484ED03-0123-417E-A172-F4A6E1DF3496}"/>
+    <hyperlink ref="H2" r:id="rId22" location=":~:text=France%20Rein%20Normandie%20%C3%A0%20%C3%A9t%C3%A9%20cr%C3%A9e%20le%2023,Alen%C3%A7on%2C%20Caen%2C%20Cherbourg%2C%20Evreux%2C%20Le%20Havre%20et%20Rouen." xr:uid="{4A81CC33-CD5A-42B3-8139-C7C5157EED96}"/>
+    <hyperlink ref="H5" r:id="rId23" location=":~:text=France%20Rein%20Normandie%20%C3%A0%20%C3%A9t%C3%A9%20cr%C3%A9e%20le%2023,Alen%C3%A7on%2C%20Caen%2C%20Cherbourg%2C%20Evreux%2C%20Le%20Havre%20et%20Rouen." xr:uid="{39EEA128-D18A-4BC5-BC27-7A2B8AFB614D}"/>
+    <hyperlink ref="L39" r:id="rId24" xr:uid="{B2C1F9CC-46DF-46CB-A42A-FCA303BE0392}"/>
+    <hyperlink ref="H39" r:id="rId25" xr:uid="{24AFE52E-F201-45E6-B8CD-10A6D5259BD2}"/>
+    <hyperlink ref="L8" r:id="rId26" xr:uid="{E0D9CE08-002F-4B07-BFBE-7742C61231C4}"/>
+    <hyperlink ref="H8" r:id="rId27" xr:uid="{94BF32C8-59F1-4CD3-ACF5-7F914AD80A0B}"/>
+    <hyperlink ref="L52" r:id="rId28" xr:uid="{68480895-18F4-4C01-9ABF-026F2A217783}"/>
+    <hyperlink ref="L53" r:id="rId29" xr:uid="{FF6B7597-EFE7-45ED-98F1-3F9645DA240E}"/>
+    <hyperlink ref="H52" r:id="rId30" xr:uid="{219CA8FA-34DF-45FE-9390-E8A6C376A6F2}"/>
+    <hyperlink ref="H53" r:id="rId31" xr:uid="{3ECA5954-18A7-48D7-BCC1-C25A62544E32}"/>
+    <hyperlink ref="L36" r:id="rId32" xr:uid="{10308A33-A739-47E5-990E-4B3E093652B2}"/>
+    <hyperlink ref="H36" r:id="rId33" xr:uid="{BA63DD2D-61A3-40D8-A4FF-033DB7574541}"/>
+    <hyperlink ref="L31" r:id="rId34" xr:uid="{EFEFD7D9-590C-4977-93AD-CDA08F8186AE}"/>
+    <hyperlink ref="H31" r:id="rId35" xr:uid="{6394679C-CD25-4800-AAC2-E656183211BE}"/>
+    <hyperlink ref="L50" r:id="rId36" display="normandie@unafam.org" xr:uid="{4D6A8328-C11B-4E03-8D92-9B36C35B25D0}"/>
+    <hyperlink ref="H50" r:id="rId37" display="https://www.unafam.org/normandie" xr:uid="{FACDC52B-0B9E-47ED-9DE0-8A09A28E70E5}"/>
+    <hyperlink ref="H32" r:id="rId38" display="https://www.unafam.org/normandie" xr:uid="{56E1A3A5-AC71-43C2-8158-362338899220}"/>
+    <hyperlink ref="H203" r:id="rId39" display="https://www.unafam.org/normandie" xr:uid="{A3420E79-0480-4DD5-A3DA-F3C1724881F0}"/>
+    <hyperlink ref="H275" r:id="rId40" display="https://www.unafam.org/normandie" xr:uid="{BA04BFFD-DDA5-492B-B68D-3234E0E67C90}"/>
+    <hyperlink ref="H249" r:id="rId41" display="https://www.unafam.org/normandie" xr:uid="{DFC1E1AD-F6C8-41A6-B860-C070CA4F3B9C}"/>
+    <hyperlink ref="H324" r:id="rId42" display="https://www.unafam.org/normandie" xr:uid="{CA620E3E-C8D8-41CA-9693-55B5FBB5D342}"/>
+    <hyperlink ref="H331" r:id="rId43" display="https://www.unafam.org/normandie" xr:uid="{B842702A-B32D-45FD-B778-F77BA38B92D7}"/>
+    <hyperlink ref="L82" r:id="rId44" xr:uid="{D396662F-67D4-468A-BDD8-99EB37FCB726}"/>
+    <hyperlink ref="H82" r:id="rId45" xr:uid="{224401B2-567F-4847-8EA9-3028FC55B913}"/>
+    <hyperlink ref="H26" r:id="rId46" xr:uid="{42E877C4-C7DF-4DA1-A499-3DE4E686ECB0}"/>
+    <hyperlink ref="H185" r:id="rId47" xr:uid="{11832BC9-3642-4547-9521-777319F19AE9}"/>
+    <hyperlink ref="H427" r:id="rId48" xr:uid="{7BDE4EBB-2E07-4C15-A777-A47973E4A71F}"/>
+    <hyperlink ref="H428" r:id="rId49" xr:uid="{CAFEA8D7-04FB-4695-8893-AFDB4069B4DD}"/>
+    <hyperlink ref="L30" r:id="rId50" xr:uid="{3D90333E-0B6F-4768-8F18-F1CEEDC0E66E}"/>
+    <hyperlink ref="H30" r:id="rId51" xr:uid="{1A452EB4-19D5-4D1A-8208-24FD9F47656B}"/>
+    <hyperlink ref="H195" r:id="rId52" xr:uid="{681340F2-1833-47A5-94C9-6AE26DFB8A3A}"/>
+    <hyperlink ref="L195" r:id="rId53" xr:uid="{9BA2A09B-CDFC-446F-A9EF-FD0A510B807D}"/>
+    <hyperlink ref="H235" r:id="rId54" xr:uid="{7E188A47-C5D9-4554-BAEF-3D048D4336C8}"/>
+    <hyperlink ref="H223" r:id="rId55" xr:uid="{969CE3C2-61A4-49AF-AD94-8D31B175A7D0}"/>
+    <hyperlink ref="H168" r:id="rId56" xr:uid="{4658D44E-FE45-4925-97F5-0288C69BC088}"/>
+    <hyperlink ref="H227" r:id="rId57" xr:uid="{A0188390-E880-4466-B8F3-B5C81B76E3A8}"/>
+    <hyperlink ref="H199" r:id="rId58" xr:uid="{354881F7-ADC3-4993-9989-2A43928EB10F}"/>
+    <hyperlink ref="H231" r:id="rId59" xr:uid="{589CBACA-38EA-45EC-8CF8-D3BFB0722C67}"/>
+    <hyperlink ref="H234" r:id="rId60" xr:uid="{BD251A14-A497-451E-AE28-945FF7987986}"/>
+    <hyperlink ref="H207" r:id="rId61" xr:uid="{A6C98721-4F00-427D-A11A-4612B06D86B2}"/>
+    <hyperlink ref="H221" r:id="rId62" xr:uid="{5326BDB6-8A8C-4DE6-8DE7-24C9A7BDFFB4}"/>
+    <hyperlink ref="H187" r:id="rId63" xr:uid="{58380D15-C0F1-407C-A63F-FF53014FA7FF}"/>
+    <hyperlink ref="H225" r:id="rId64" xr:uid="{17F900FE-720B-4DA1-8872-EBAB64F4BE59}"/>
+    <hyperlink ref="H171" r:id="rId65" xr:uid="{FA26E8A9-87B6-4CA6-9FA8-DAFE22ACC9CC}"/>
+    <hyperlink ref="H192" r:id="rId66" xr:uid="{E341B12A-419B-493B-BCE3-0E271E391EC1}"/>
+    <hyperlink ref="H193" r:id="rId67" xr:uid="{7DDB600A-A6F6-46F1-8F2C-07A9EF8BD872}"/>
+    <hyperlink ref="H229" r:id="rId68" xr:uid="{6F345288-A61D-4D46-8DF9-65EAF7E626D9}"/>
+    <hyperlink ref="L233" r:id="rId69" xr:uid="{90FA70AB-6601-478A-8110-A9CC64080888}"/>
+    <hyperlink ref="H233" r:id="rId70" xr:uid="{6EC88FED-0674-4CE6-8DF0-E64E66AA205F}"/>
+    <hyperlink ref="H200" r:id="rId71" xr:uid="{03793BB8-4042-47F3-A6CD-A0467BFFBB5C}"/>
+    <hyperlink ref="H425" r:id="rId72" location=":~:text=France%20Rein%20Normandie%20%C3%A0%20%C3%A9t%C3%A9%20cr%C3%A9e%20le%2023,Alen%C3%A7on%2C%20Caen%2C%20Cherbourg%2C%20Evreux%2C%20Le%20Havre%20et%20Rouen." xr:uid="{A17E2ED0-8D92-4010-A745-00DA2B159A6A}"/>
+    <hyperlink ref="H202" r:id="rId73" xr:uid="{822D729E-7FE9-4861-BA1E-C7B9B7BC28B3}"/>
+    <hyperlink ref="L202" r:id="rId74" xr:uid="{1228D679-6853-4636-B3F6-A43A346752C7}"/>
+    <hyperlink ref="L173" r:id="rId75" xr:uid="{BEEE10DC-1E6F-483B-80F1-4425D7BFB2B9}"/>
+    <hyperlink ref="H173" r:id="rId76" xr:uid="{1C00B142-6EAB-47FD-95DC-5A9007557226}"/>
+    <hyperlink ref="H167" r:id="rId77" xr:uid="{A02EB2B3-E5E1-4A47-BF26-1F78F9CD7716}"/>
+    <hyperlink ref="H228" r:id="rId78" xr:uid="{8E1FF661-5D72-427B-803B-0B81C8ED54EF}"/>
+    <hyperlink ref="H237" r:id="rId79" xr:uid="{B3B23358-9386-4656-B660-4063CB63AC6F}"/>
+    <hyperlink ref="G237" r:id="rId80" display="http://grandir.asso.fr/WordPress3/wp-content/uploads/2012/07/personnagegrandir2006.gif" xr:uid="{1B4CEC74-7569-4550-B52C-E170E501AAD5}"/>
+    <hyperlink ref="H297" r:id="rId81" xr:uid="{F0089258-023F-4A36-9E23-A7D4A2017A6B}"/>
+    <hyperlink ref="H263" r:id="rId82" xr:uid="{84766A0B-F99E-4652-980E-80B935E500E3}"/>
+    <hyperlink ref="H277" r:id="rId83" xr:uid="{30CE0963-04E4-4A47-8E58-E0A77D5D86B6}"/>
+    <hyperlink ref="H307" r:id="rId84" xr:uid="{920FC25A-33B7-437A-88CD-66AE3168B5EC}"/>
+    <hyperlink ref="H261" r:id="rId85" xr:uid="{CD9F3B2B-92D8-4426-9D97-04FF55388409}"/>
+    <hyperlink ref="H269" r:id="rId86" xr:uid="{45CF1BE2-587B-4A70-82F4-FA8A88510085}"/>
+    <hyperlink ref="H291" r:id="rId87" xr:uid="{5EE1DF92-5E52-4EB1-A873-F31AA9573224}"/>
+    <hyperlink ref="H287" r:id="rId88" xr:uid="{358AAD20-8A69-4D40-A153-60115A9C20CE}"/>
+    <hyperlink ref="H282" r:id="rId89" xr:uid="{BBD9A5F3-C238-4174-93D9-E14B136F01AF}"/>
+    <hyperlink ref="H295" r:id="rId90" xr:uid="{293E81CB-2860-4FB5-AEEA-362B72CF1B67}"/>
+    <hyperlink ref="L303" r:id="rId91" xr:uid="{BE6A7550-3984-496B-94B7-483109DF735A}"/>
+    <hyperlink ref="L251" r:id="rId92" xr:uid="{5027ED3C-F83A-4FE7-92BE-3CB0895087B6}"/>
+    <hyperlink ref="L257" r:id="rId93" xr:uid="{17E8AE30-6237-4D99-9A03-13415A7B6D01}"/>
+    <hyperlink ref="H303" r:id="rId94" xr:uid="{14A86B38-6416-4E2F-B247-2246587D652A}"/>
+    <hyperlink ref="H251" r:id="rId95" xr:uid="{AA915A28-C148-4656-B046-2B249C238420}"/>
+    <hyperlink ref="H257" r:id="rId96" xr:uid="{7F8775D4-A622-41D5-A103-60CBD97BB56F}"/>
+    <hyperlink ref="H265" r:id="rId97" xr:uid="{78E3D0F1-53AD-4B3A-B551-719F3C82873D}"/>
+    <hyperlink ref="H248" r:id="rId98" xr:uid="{2C25035F-A259-49DC-BEA5-927A7BBDCFFD}"/>
+    <hyperlink ref="L284" r:id="rId99" xr:uid="{9C98D7D3-C3A6-4547-8463-6158BC8D8A99}"/>
+    <hyperlink ref="H284" r:id="rId100" xr:uid="{A74D7FC4-693D-4ECD-90E2-D12C59130784}"/>
+    <hyperlink ref="L260" r:id="rId101" xr:uid="{E34D86C7-B7BC-4905-8C0D-E686A91CE8F4}"/>
+    <hyperlink ref="H260" r:id="rId102" xr:uid="{C13F9FF5-2155-4FE3-9A4E-B5E10AEDE0F0}"/>
+    <hyperlink ref="L247" r:id="rId103" xr:uid="{BC78726D-2847-4B53-A710-4021A804471B}"/>
+    <hyperlink ref="H247" r:id="rId104" xr:uid="{2C941102-DB80-4FD8-83F4-DCE4C300F144}"/>
+    <hyperlink ref="H250" r:id="rId105" xr:uid="{D6039F71-3570-43C5-B531-F0A117E46C7E}"/>
+    <hyperlink ref="H253" r:id="rId106" xr:uid="{064DEE45-175C-4594-8DF2-6FBF11E411F9}"/>
+    <hyperlink ref="L308" r:id="rId107" xr:uid="{E2E49E64-0D5B-4645-ADAE-7B6C028DA766}"/>
+    <hyperlink ref="L246" r:id="rId108" xr:uid="{45ED25BF-9532-4541-83F5-204B81EA82FC}"/>
+    <hyperlink ref="H267" r:id="rId109" xr:uid="{03BF3332-586A-4155-8F15-13A87A6A8853}"/>
+    <hyperlink ref="L273" r:id="rId110" xr:uid="{8F6E3E1C-A40B-42E7-BB00-2426E4926574}"/>
+    <hyperlink ref="H289" r:id="rId111" xr:uid="{D205C7E2-A58D-4444-89CC-172E9DB0F439}"/>
+    <hyperlink ref="L312" r:id="rId112" xr:uid="{E5E9FAD7-1537-4FBE-938A-CD4CEFB85191}"/>
+    <hyperlink ref="H312" r:id="rId113" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{E1B0C821-3605-4E03-A500-1663B9D1EA4D}"/>
+    <hyperlink ref="H311" r:id="rId114" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{577541D1-97BE-476F-A1BF-7CF29D060F25}"/>
+    <hyperlink ref="H353" r:id="rId115" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{E0CAF077-85AF-4CE9-9F3D-56CEF387BFA7}"/>
+    <hyperlink ref="H300:H301" r:id="rId116" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{0614AB88-23AD-4395-92FE-0A0561512730}"/>
+    <hyperlink ref="H103" r:id="rId117" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{B800B107-CB56-4B60-BABB-3054940D56FF}"/>
+    <hyperlink ref="H333" r:id="rId118" xr:uid="{CE8A45B0-A338-4ABC-A095-9E961A59A399}"/>
+    <hyperlink ref="H339" r:id="rId119" xr:uid="{8D1260C9-09E2-462D-95E9-1EC2CD6C121C}"/>
+    <hyperlink ref="H347" r:id="rId120" xr:uid="{3C18D2B3-2992-4341-B256-3A5D1AD0E02C}"/>
+    <hyperlink ref="H383" r:id="rId121" xr:uid="{313C3858-43CD-4F71-B1E5-89EBDE84BB3C}"/>
+    <hyperlink ref="H419" r:id="rId122" xr:uid="{4CF63CD4-88A0-41C4-8648-055675AA5F4A}"/>
+    <hyperlink ref="H431" r:id="rId123" xr:uid="{D77C7848-0DE4-4820-AEF2-CAE112CA425E}"/>
+    <hyperlink ref="H439" r:id="rId124" xr:uid="{0B8F9DEF-467D-4CAB-99BB-064D18AE99B4}"/>
+    <hyperlink ref="H443" r:id="rId125" xr:uid="{3DA94C66-9109-46CC-8C02-A0D4176F85CC}"/>
+    <hyperlink ref="H444" r:id="rId126" xr:uid="{7CB1C435-A308-4A2E-BE91-F861C05AB24C}"/>
+    <hyperlink ref="H387" r:id="rId127" xr:uid="{59C39D80-B2B2-4A67-A845-51784E6D329A}"/>
+    <hyperlink ref="H457" r:id="rId128" xr:uid="{97C62EEA-A73B-4AB8-B538-D59B6785EFA8}"/>
+    <hyperlink ref="H475" r:id="rId129" xr:uid="{74F77E55-4E20-431A-A9E2-59522DD1BAEE}"/>
+    <hyperlink ref="H485" r:id="rId130" xr:uid="{9C78B4C6-1648-4147-A4B1-9697C3220DB6}"/>
+    <hyperlink ref="H124" r:id="rId131" xr:uid="{E061230A-B99F-4D7C-9EAC-9ECCBA4DDCF5}"/>
+    <hyperlink ref="H323" r:id="rId132" xr:uid="{0C230D45-ED76-4630-A9E4-0AA77A884FD6}"/>
+    <hyperlink ref="H355" r:id="rId133" xr:uid="{CABC15B0-F433-4526-973D-A5586FDC0D0E}"/>
+    <hyperlink ref="L335" r:id="rId134" xr:uid="{DEA830F9-8AFD-47C1-839A-C586B35AED69}"/>
+    <hyperlink ref="H335" r:id="rId135" xr:uid="{3A76E589-C169-44C1-A7AB-6356E2B85812}"/>
+    <hyperlink ref="H369" r:id="rId136" xr:uid="{EC01B738-E739-4E84-9D36-A0ADDAE979F6}"/>
+    <hyperlink ref="H372" r:id="rId137" xr:uid="{68F69830-82FD-46D1-B66D-2B56AB9BE6E1}"/>
+    <hyperlink ref="H429" r:id="rId138" xr:uid="{78974B7C-1EEF-449D-A8E6-9242346BC716}"/>
+    <hyperlink ref="L325" r:id="rId139" xr:uid="{795856BB-235E-40ED-A924-2E0FE0BC1386}"/>
+    <hyperlink ref="H325" r:id="rId140" xr:uid="{2F6D9327-C373-41F8-A579-AEAEFF0EE6A1}"/>
+    <hyperlink ref="H455" r:id="rId141" xr:uid="{F62BD263-8200-497D-AADD-BEC64B9CAFA3}"/>
+    <hyperlink ref="L320" r:id="rId142" xr:uid="{7F0B421A-CEA7-47EF-A7E3-DB10FC1E3290}"/>
+    <hyperlink ref="H320" r:id="rId143" xr:uid="{0490755E-6BAA-433C-A8C8-E990FEBAEB5D}"/>
+    <hyperlink ref="L395" r:id="rId144" xr:uid="{E0D2A852-CFEE-4153-B34F-6AD5CD6A696D}"/>
+    <hyperlink ref="H395" r:id="rId145" xr:uid="{448619FB-12F3-4B2C-8A3C-522338F53AAD}"/>
+    <hyperlink ref="L465" r:id="rId146" xr:uid="{9F76EAC3-E40C-4256-ABA3-6FCEA1918979}"/>
+    <hyperlink ref="H465" r:id="rId147" xr:uid="{A0291DCC-DD37-4DCB-A6A7-DBE3A35E15D9}"/>
+    <hyperlink ref="L321" r:id="rId148" xr:uid="{624EB770-AD51-481D-AF90-DB584A270582}"/>
+    <hyperlink ref="H321" r:id="rId149" xr:uid="{01EAB748-F3F9-4AEB-AA73-5C67CC097D18}"/>
+    <hyperlink ref="H377" r:id="rId150" xr:uid="{832CA16B-4AE7-4195-AECB-E0838BD79B4A}"/>
+    <hyperlink ref="L364" r:id="rId151" xr:uid="{5675C0B8-0B16-40AA-B2BC-BC4A0F74A205}"/>
+    <hyperlink ref="L363" r:id="rId152" xr:uid="{93A557B5-F9BF-46E4-87A5-17FC3894D5A5}"/>
+    <hyperlink ref="H266:H267" r:id="rId153" display="http://gmouv76.e-monsite.com/" xr:uid="{29B86426-2686-4020-9DB2-2EAC8518D72F}"/>
+    <hyperlink ref="D143" r:id="rId154" xr:uid="{A9727F26-54DC-4FB5-ACE6-575779302C73}"/>
+    <hyperlink ref="D155" r:id="rId155" xr:uid="{1C59D1D7-2878-4F52-844E-69CEB3E9D646}"/>
+    <hyperlink ref="D159" r:id="rId156" xr:uid="{1BFEF4A0-4109-422D-866E-9900C0B18217}"/>
+    <hyperlink ref="D151" r:id="rId157" xr:uid="{9FAB6256-3F1C-44A8-8E6F-D24F0A4D1A86}"/>
+    <hyperlink ref="D135" r:id="rId158" xr:uid="{7E0DC56E-C3BB-460E-AE33-882048EE4F0A}"/>
+    <hyperlink ref="D90" r:id="rId159" xr:uid="{AF1C1C20-DFCA-4AC8-A336-DC48B6D44B22}"/>
+    <hyperlink ref="D147" r:id="rId160" xr:uid="{8840BD16-BB1C-4B75-BCAC-368D7D35F326}"/>
+    <hyperlink ref="D163" r:id="rId161" xr:uid="{E89CED7D-BB5E-4C76-975A-0ABB5DA367C9}"/>
+    <hyperlink ref="D94" r:id="rId162" xr:uid="{03E12281-1F67-45BB-A535-1E5217D1BD66}"/>
+    <hyperlink ref="D102" r:id="rId163" xr:uid="{1E02C7B4-BA6B-479E-886A-11DDC81B6690}"/>
+    <hyperlink ref="D98" r:id="rId164" xr:uid="{183B4113-3C98-40EA-980F-125745B6733C}"/>
+    <hyperlink ref="D114" r:id="rId165" xr:uid="{BA271A93-D9FD-46F0-B3AB-98589F411EC8}"/>
+    <hyperlink ref="D110" r:id="rId166" xr:uid="{B0F1475E-CE1E-4599-9554-8177116085D0}"/>
+    <hyperlink ref="H308" r:id="rId167" xr:uid="{92B3D05D-8DDA-4841-B4ED-4011A2E82E52}"/>
+    <hyperlink ref="H407" r:id="rId168" xr:uid="{BE865135-93B4-4344-8990-A0BD193F98F9}"/>
+    <hyperlink ref="H409" r:id="rId169" xr:uid="{523ADB1C-0960-482F-A5DD-5F63E868B8F2}"/>
+    <hyperlink ref="H414:H415" r:id="rId170" display="https://www.alcoolassistance.net/" xr:uid="{EBA434FE-B66C-4E72-9D56-CB7B70AE40EB}"/>
+    <hyperlink ref="H143" r:id="rId171" xr:uid="{DE57409B-69EA-44D1-B7A3-010ABFBE16CF}"/>
+    <hyperlink ref="L407" r:id="rId172" xr:uid="{88C8BF19-F959-4422-A0C1-21678F022248}"/>
+    <hyperlink ref="L381" r:id="rId173" xr:uid="{F984A74F-FEA2-422A-AEC6-683F379AB519}"/>
+    <hyperlink ref="H441" r:id="rId174" display="https://www.vivrecommeavant.fr/" xr:uid="{8FB4442C-16FA-4011-929F-9473817B6B6E}"/>
+    <hyperlink ref="L441" r:id="rId175" display="contact@vivrecommeavant.fr" xr:uid="{F2D38A52-7FA2-4118-90F6-B2ADC8A5011A}"/>
+    <hyperlink ref="H94" r:id="rId176" xr:uid="{2B003A20-23A9-438A-B5DA-AF48FE5F5F2B}"/>
+    <hyperlink ref="H121" r:id="rId177" xr:uid="{B2251D68-93BB-488D-A651-0B99CD84EE32}"/>
+    <hyperlink ref="H424" r:id="rId178" xr:uid="{CAFC3ABC-4DF4-4428-85C5-9FD37075E07F}"/>
+    <hyperlink ref="H453" r:id="rId179" xr:uid="{4204DB7B-57D1-4CC1-938B-117F4FC50F86}"/>
+    <hyperlink ref="H104" r:id="rId180" xr:uid="{64370930-7073-4BCE-A477-63696E7B46FF}"/>
+    <hyperlink ref="L424" r:id="rId181" xr:uid="{A483CF6D-52E3-4788-9F2D-64DC5B943161}"/>
+    <hyperlink ref="H351" r:id="rId182" xr:uid="{E44054DB-0C9F-43F6-8250-83CD0879C3B7}"/>
+    <hyperlink ref="L376" r:id="rId183" xr:uid="{C5626F25-72D2-4479-9063-328324AB4C04}"/>
+    <hyperlink ref="H381" r:id="rId184" xr:uid="{E111A6F8-1CC1-4FA0-8F65-F48577335434}"/>
+    <hyperlink ref="H384" r:id="rId185" xr:uid="{0E3B9D81-E8EB-4B72-9F21-D0F9A05B0C1A}"/>
+    <hyperlink ref="L420" r:id="rId186" xr:uid="{16A962D3-67E7-4168-8888-1277608E077D}"/>
+    <hyperlink ref="H420" r:id="rId187" xr:uid="{C03D19D8-32BF-49CA-92D0-ACE89CCB64CD}"/>
+    <hyperlink ref="H421" r:id="rId188" xr:uid="{BDE68ABC-11C5-4238-8333-6B8B30B3D7A1}"/>
+    <hyperlink ref="H445" r:id="rId189" xr:uid="{CBCF7D36-33F5-411B-A372-42CEE2AFA5A5}"/>
+    <hyperlink ref="H389" r:id="rId190" xr:uid="{0FDD4734-3A87-4A8A-AEF2-8A7642994A8D}"/>
+    <hyperlink ref="H487" r:id="rId191" xr:uid="{BE6E0B2F-C29B-4EC1-B87B-DD9F1E38F16C}"/>
+    <hyperlink ref="H390" r:id="rId192" xr:uid="{2338B8E8-B146-4B6B-819A-3753A27EFEB2}"/>
+    <hyperlink ref="H477" r:id="rId193" location=":~:text=France%20Rein%20Normandie%20%C3%A0%20%C3%A9t%C3%A9%20cr%C3%A9e%20le%2023,Alen%C3%A7on%2C%20Caen%2C%20Cherbourg%2C%20Evreux%2C%20Le%20Havre%20et%20Rouen." xr:uid="{721C4A2F-49A2-448C-8C1E-1FB74F94C43C}"/>
+    <hyperlink ref="L95" r:id="rId194" xr:uid="{5802A426-E5B4-4925-969C-0C2594B42794}"/>
+    <hyperlink ref="H95" r:id="rId195" xr:uid="{37B54A5E-DCC9-4014-A575-9C2D7E457BDB}"/>
+    <hyperlink ref="H163" r:id="rId196" xr:uid="{93F933E5-20DB-462D-9FCD-188907C217D3}"/>
+    <hyperlink ref="H126" r:id="rId197" xr:uid="{1CD25C99-64AA-4FBA-AF82-EE3B98211449}"/>
+    <hyperlink ref="H134" r:id="rId198" xr:uid="{B55A499B-696C-42BB-8FE0-D038153F1483}"/>
+    <hyperlink ref="L100" r:id="rId199" xr:uid="{0B64B3F3-C23D-4FEC-BABD-78AEBF6A8AB0}"/>
+    <hyperlink ref="H100" r:id="rId200" xr:uid="{764A9C10-5C5D-4276-88F0-DDF51A1566BC}"/>
+    <hyperlink ref="H130" r:id="rId201" xr:uid="{F9AFD14A-60F4-4A81-B942-36F3A491343D}"/>
+    <hyperlink ref="H155" r:id="rId202" xr:uid="{F1E0090A-F7B9-44BD-A09F-759EF0042CDB}"/>
+    <hyperlink ref="H156" r:id="rId203" xr:uid="{E9112A0D-6143-49FF-9D6B-915CCC9A84F9}"/>
+    <hyperlink ref="H157" r:id="rId204" xr:uid="{A6EF7466-BBC8-4B6B-BF75-3D2B8538BFF8}"/>
+    <hyperlink ref="H158" r:id="rId205" xr:uid="{8A16706D-BBBD-45C2-BDF8-45913BEC6490}"/>
+    <hyperlink ref="H114" r:id="rId206" xr:uid="{9F32685B-8D8B-4BF3-A5F5-B312DB3AFB36}"/>
+    <hyperlink ref="L114" r:id="rId207" xr:uid="{ACF31C7B-8A1F-436F-ADF2-551DF0177BC5}"/>
+    <hyperlink ref="H151" r:id="rId208" xr:uid="{0E5C6F91-BA7B-41A3-8454-740A756A356E}"/>
+    <hyperlink ref="L151" r:id="rId209" xr:uid="{E2166625-EE39-42D7-BE94-CEB4193C08DF}"/>
+    <hyperlink ref="H122" r:id="rId210" xr:uid="{942CC649-F987-4D5B-84CB-1A9E715AFDAA}"/>
+    <hyperlink ref="H120" r:id="rId211" xr:uid="{FA8CEF39-3245-428C-877B-6EBD58F683E2}"/>
+    <hyperlink ref="L120" r:id="rId212" xr:uid="{A57B926B-7D29-4E2B-9DD3-CED8301C7C76}"/>
+    <hyperlink ref="D58" r:id="rId213" xr:uid="{28560A34-72DE-49F3-80A2-865E8D340328}"/>
+    <hyperlink ref="D38" r:id="rId214" xr:uid="{37040355-D368-47F4-8140-C2F3465E7F09}"/>
+    <hyperlink ref="D62" r:id="rId215" xr:uid="{8AA7E101-4054-4BBE-897C-295382A096EE}"/>
+    <hyperlink ref="D50" r:id="rId216" xr:uid="{C760E4EB-0F98-4849-B41E-11F6248B9764}"/>
+    <hyperlink ref="D6" r:id="rId217" xr:uid="{51EB9D79-A128-40F4-AA60-5143BE87E68D}"/>
+    <hyperlink ref="D86" r:id="rId218" xr:uid="{DA3A4EE1-B04F-4C6A-AA27-9024B29BDD92}"/>
+    <hyperlink ref="D82" r:id="rId219" xr:uid="{35C6D2CF-F3E8-4D76-9E07-CC77F9530930}"/>
+    <hyperlink ref="D34" r:id="rId220" xr:uid="{717A0A42-C10B-4D53-B62D-E274A4B5F08C}"/>
+    <hyperlink ref="D26" r:id="rId221" xr:uid="{4B097336-60E9-4A6F-84E8-4AB9DA09C8A9}"/>
+    <hyperlink ref="D78" r:id="rId222" xr:uid="{C1B0DB40-1D33-4ECD-9FAF-B67A2DA9B694}"/>
+    <hyperlink ref="D66" r:id="rId223" xr:uid="{384F5F25-6D43-4B58-AA9C-F677AE210839}"/>
+    <hyperlink ref="D2" r:id="rId224" xr:uid="{9EEA9834-44F0-4B29-ADD4-EDB4C36D52D8}"/>
+    <hyperlink ref="D14" r:id="rId225" xr:uid="{822F289F-4DA3-4708-92A7-8C42381E75D4}"/>
+    <hyperlink ref="D30" r:id="rId226" xr:uid="{69A6EA94-2F10-433B-9536-2A4ADA4D4C82}"/>
+    <hyperlink ref="D18" r:id="rId227" xr:uid="{664D1551-9186-4C4D-993D-1820F57FDCC1}"/>
+    <hyperlink ref="D74" r:id="rId228" xr:uid="{888F93CC-F279-4B48-9402-4D3788272575}"/>
+    <hyperlink ref="D195" r:id="rId229" xr:uid="{FFAE90D8-16F9-4C50-9BA4-12D175AA78F4}"/>
+    <hyperlink ref="D203" r:id="rId230" xr:uid="{BD40C8F4-DD41-4F30-80E9-03E79CB356AC}"/>
+    <hyperlink ref="D199" r:id="rId231" xr:uid="{BE710787-8A6D-40CE-88DB-A7DB0BD96A83}"/>
+    <hyperlink ref="D231" r:id="rId232" xr:uid="{CE95C638-B283-4C1D-B4CE-7699522EA6AD}"/>
+    <hyperlink ref="D207" r:id="rId233" xr:uid="{DD1A875A-FB86-44DE-A9D6-FA05B3CC0381}"/>
+    <hyperlink ref="D219" r:id="rId234" xr:uid="{6C7A3D4F-07AC-4921-A449-3829B61CEBF7}"/>
+    <hyperlink ref="D175" r:id="rId235" xr:uid="{4474313D-1BAA-4107-9F21-86574BEF1D09}"/>
+    <hyperlink ref="D187" r:id="rId236" xr:uid="{8CD32AA1-D3B9-485D-8780-0FE4F6B24910}"/>
+    <hyperlink ref="D215" r:id="rId237" xr:uid="{75A9C042-F1F7-48A4-A048-BF553CF8334D}"/>
+    <hyperlink ref="D223" r:id="rId238" xr:uid="{EC122599-50D0-4D7E-89A0-A8373ACA8A3E}"/>
+    <hyperlink ref="D171" r:id="rId239" xr:uid="{46A5C7C9-B8AC-407D-B0C7-DCA8CC8A8EA2}"/>
+    <hyperlink ref="D167" r:id="rId240" xr:uid="{FDB12726-A2B3-414A-A5C5-301256AE740C}"/>
+    <hyperlink ref="D227" r:id="rId241" xr:uid="{556480ED-9C64-4BBB-B8FD-387F2C982ACC}"/>
+    <hyperlink ref="D295" r:id="rId242" xr:uid="{C2C50F54-54A5-42A2-A080-5E49AA821DC5}"/>
+    <hyperlink ref="D303" r:id="rId243" xr:uid="{5C442CBF-6749-43F5-9B3D-C32A9CD37ABB}"/>
+    <hyperlink ref="D263" r:id="rId244" xr:uid="{3E4D6311-E6EF-4E6F-B334-23E165E47814}"/>
+    <hyperlink ref="D275" r:id="rId245" xr:uid="{C3C479C3-18D6-456A-996B-25E12B1468A5}"/>
+    <hyperlink ref="D247" r:id="rId246" xr:uid="{A9B08FFE-47CD-428C-AB39-1AD3D6C2DBE1}"/>
+    <hyperlink ref="D307" r:id="rId247" xr:uid="{3B9307E0-F8F7-4EEE-A0EC-1503A0DC4119}"/>
+    <hyperlink ref="D283" r:id="rId248" xr:uid="{4B22755E-0300-4433-8082-B23C853B2671}"/>
+    <hyperlink ref="D243" r:id="rId249" xr:uid="{53EAF643-A760-49ED-8EAC-2F31BA99479F}"/>
+    <hyperlink ref="D251" r:id="rId250" xr:uid="{A26E20A1-679F-4F70-920D-9426715B3C58}"/>
+    <hyperlink ref="D271" r:id="rId251" xr:uid="{C6522B3A-07BE-4692-8633-5458BEC30415}"/>
+    <hyperlink ref="D267" r:id="rId252" xr:uid="{64A1C81A-FE20-43F0-B958-DAF23191B59B}"/>
+    <hyperlink ref="D287" r:id="rId253" xr:uid="{D8B73897-BB55-4F8D-A562-90A82088D01F}"/>
+    <hyperlink ref="D311" r:id="rId254" xr:uid="{C76B6063-438D-4C2A-8A47-F41DAED0615C}"/>
+    <hyperlink ref="D315" r:id="rId255" xr:uid="{FDFA8AA9-4B87-4163-85A4-6A785EFF29E7}"/>
+    <hyperlink ref="D319" r:id="rId256" xr:uid="{FF089800-7CE5-468E-9F81-922C5572E8B7}"/>
+    <hyperlink ref="D255" r:id="rId257" xr:uid="{4FF73582-6C2C-4843-860E-CDBFEDB3B084}"/>
+    <hyperlink ref="D299" r:id="rId258" location=":~:text=L%E2%80%99EHPAD%20du%20Centre%20Hospitalier%20d%E2%80%99Argentan%20est%20un%20%C3%A9tablissement,de%20l%E2%80%99aide%20sociale%20et%20de%20l%E2%80%99allocation%20personnalis%C3%A9e%20d%E2%80%99autonomie." xr:uid="{D7152620-C3B8-44BC-96B2-DAC70F2955C8}"/>
+    <hyperlink ref="D46" r:id="rId259" xr:uid="{AD3914D8-81DD-4398-ACF5-8F7B42ACBFEE}"/>
+    <hyperlink ref="D183" r:id="rId260" xr:uid="{7D66E99A-464D-4AEB-823F-59E092DAD409}"/>
+    <hyperlink ref="D379" r:id="rId261" location=":~:text=L%E2%80%99HAD%20Estuaire%20est%20une%20%C3%A9quipe%20pluridisciplinaire%20%3A%20Un,le%20service%20des%20transports%20du%20CH%20de%20F%C3%A9camp." xr:uid="{9D0A5337-EDCC-4D9F-B961-5D86AAD2C161}"/>
+    <hyperlink ref="D327" r:id="rId262" xr:uid="{2FE405B8-6515-4547-AF03-0811CBD13417}"/>
+    <hyperlink ref="D355" r:id="rId263" xr:uid="{38A21594-5117-419C-8825-D30A5BB06DE8}"/>
+    <hyperlink ref="D363" r:id="rId264" xr:uid="{FEF9BBA3-C8E4-4E1C-9F2F-D9BA9ECFAF8B}"/>
+    <hyperlink ref="D331" r:id="rId265" xr:uid="{6A9EC2A2-02D3-4CC1-B57F-0217EF2578CE}"/>
+    <hyperlink ref="D335" r:id="rId266" xr:uid="{D59877AF-8636-4F0B-BA4B-01300C0C11C5}"/>
+    <hyperlink ref="D367" r:id="rId267" xr:uid="{02C0FCB1-C637-40DB-A337-51FAA59A0D5F}"/>
+    <hyperlink ref="D371" r:id="rId268" xr:uid="{283712C3-0DF4-4DC3-B1CF-E5041BFAADEB}"/>
+    <hyperlink ref="D351" r:id="rId269" xr:uid="{5DB1C850-52FC-476E-9F7E-9F518D599057}"/>
+    <hyperlink ref="D347" r:id="rId270" xr:uid="{BF5D5C18-1E02-48B2-A27E-CBFE73AF3F7C}"/>
+    <hyperlink ref="D479" r:id="rId271" xr:uid="{1E1B92AC-0DEF-4C00-97C4-D0C3EDB73BCC}"/>
+    <hyperlink ref="D423" r:id="rId272" xr:uid="{90146B9D-ECAB-4ECF-AF1D-6D9F9075A6F9}"/>
+    <hyperlink ref="D398" r:id="rId273" xr:uid="{B0F756BA-5784-4503-9AB5-261FB38CB56E}"/>
+    <hyperlink ref="D401" r:id="rId274" xr:uid="{4E446112-4D1A-4B59-8DBB-7FEE2BB315FC}"/>
+    <hyperlink ref="D419" r:id="rId275" xr:uid="{F2CF13D1-F1E9-4EBE-AFFC-227E991EC95C}"/>
+    <hyperlink ref="D448" r:id="rId276" xr:uid="{3B5E24CC-BD17-4208-BAFD-DE11A309835A}"/>
+    <hyperlink ref="D407" r:id="rId277" xr:uid="{535CD38C-D1DC-4020-AEAA-F311526D3D44}"/>
+    <hyperlink ref="D411" r:id="rId278" xr:uid="{40A95001-C77A-489B-9A5D-E8DA4DDF47A8}"/>
+    <hyperlink ref="D427" r:id="rId279" xr:uid="{A1C48DAC-24B4-4B78-862B-28AD74EB1B9B}"/>
+    <hyperlink ref="D431" r:id="rId280" xr:uid="{1D0C61E4-3560-43CD-9D62-D9BEA4ED1B32}"/>
+    <hyperlink ref="D435" r:id="rId281" xr:uid="{81CA3400-BD96-4B5A-B7F6-20E688AD5E1A}"/>
+    <hyperlink ref="D439" r:id="rId282" xr:uid="{B8CD02E4-755A-4499-9BFE-C768E4AE101D}"/>
+    <hyperlink ref="D443" r:id="rId283" xr:uid="{9E47E32D-5F62-46EF-A306-83EBDEC7752D}"/>
+    <hyperlink ref="D451" r:id="rId284" xr:uid="{EF2E069F-93FB-4A4F-8BC5-7FBCA8338D91}"/>
+    <hyperlink ref="D387" r:id="rId285" xr:uid="{FF4C67C6-D26F-420B-A293-7DEA89D6DDC2}"/>
+    <hyperlink ref="D455" r:id="rId286" xr:uid="{A24604C8-34C2-4BAF-AF4B-A2A0C53612E0}"/>
+    <hyperlink ref="D415" r:id="rId287" xr:uid="{27BBE040-F4AC-465E-94CB-FCA68C0EB7FD}"/>
+    <hyperlink ref="D471" r:id="rId288" xr:uid="{D238E9DA-F9CE-42CC-B7D0-98C07C0AFDBD}"/>
+    <hyperlink ref="D475" r:id="rId289" xr:uid="{D28017EA-0CB9-4D3F-B140-F9AAAA6DE01A}"/>
+    <hyperlink ref="D483" r:id="rId290" xr:uid="{C8F6A919-0B36-492C-83F1-652DB31B209F}"/>
+    <hyperlink ref="D459" r:id="rId291" xr:uid="{D01629F8-238D-48BD-B53D-DF8CCAD3FE8C}"/>
+    <hyperlink ref="D391" r:id="rId292" xr:uid="{AA69308B-0379-425F-96E2-3E593D5B410A}"/>
+    <hyperlink ref="D343" r:id="rId293" xr:uid="{C6C0AE06-F49F-4864-AB5F-109085ECDCC7}"/>
+    <hyperlink ref="D126" r:id="rId294" xr:uid="{24002C85-077D-440B-B48D-FE669681E2F3}"/>
+    <hyperlink ref="D122" r:id="rId295" xr:uid="{3F4F6312-426F-4066-89CC-2B1EAF98DDDD}"/>
+    <hyperlink ref="D120" r:id="rId296" xr:uid="{2309507E-2DE2-4B82-A6AF-D5E8D1643B11}"/>
+    <hyperlink ref="D130" r:id="rId297" xr:uid="{5A0A666B-1371-4DFD-AC46-AAC50B8889B8}"/>
+    <hyperlink ref="D139" r:id="rId298" xr:uid="{83B2C34C-D395-407E-851A-D25F29E9B5CE}"/>
+    <hyperlink ref="L237" r:id="rId299" xr:uid="{BFB14920-4E3E-4CDD-987B-5A22E51A9998}"/>
+    <hyperlink ref="D403" r:id="rId300" xr:uid="{03F95AF9-0234-4119-8B9B-46420BA5A1CC}"/>
+    <hyperlink ref="H206" r:id="rId301" xr:uid="{77522BD2-0E78-48C5-9BFF-50877932456E}"/>
+    <hyperlink ref="L20" r:id="rId302" xr:uid="{55474154-569D-4DD8-8CC4-B3F36A8FFF72}"/>
+    <hyperlink ref="L262" r:id="rId303" xr:uid="{BE836735-2529-4EDA-AB56-BC48B2CF601A}"/>
+    <hyperlink ref="H262" r:id="rId304" xr:uid="{9C061100-1E8D-47CE-8E8F-27E723E90EA6}"/>
+    <hyperlink ref="L386" r:id="rId305" xr:uid="{E735A096-8141-42A1-8A8F-C7CD85542D2D}"/>
+    <hyperlink ref="L48" r:id="rId306" xr:uid="{9B55C48F-41FF-45C7-A61E-1EA0D0D10966}"/>
+    <hyperlink ref="L75" r:id="rId307" xr:uid="{A71B6520-3242-40F0-BA22-9D8C90460EA3}"/>
+    <hyperlink ref="L121" r:id="rId308" xr:uid="{AC3994A1-6E98-45DA-9731-A6A38FF054E9}"/>
+    <hyperlink ref="L14:L16" r:id="rId309" display="ageslot@udaf14.fr" xr:uid="{EB34CD60-6DFE-4A4A-B1D7-CEEFF69B5769}"/>
+    <hyperlink ref="L60" r:id="rId310" xr:uid="{D09C40F2-431F-4C2B-B991-540D8E93DE4F}"/>
+    <hyperlink ref="L9" r:id="rId311" xr:uid="{502B453B-695B-450B-9FC4-42668331B2B4}"/>
+    <hyperlink ref="L38" r:id="rId312" xr:uid="{F86D7CEA-4FE4-45D5-BAA4-B22C7C6D0672}"/>
+    <hyperlink ref="L63" r:id="rId313" xr:uid="{FA488AF5-374E-4127-A94D-E3FDC0390B7E}"/>
+    <hyperlink ref="L84" r:id="rId314" xr:uid="{FC3BAAD3-EDC1-432B-9A07-AB32F3F0A4B6}"/>
+    <hyperlink ref="L18:L21" r:id="rId315" display="ageslot@udaf14.fr" xr:uid="{5A0A09CE-E905-4630-967A-952E46E178A4}"/>
+    <hyperlink ref="L37" r:id="rId316" xr:uid="{A9C0A62A-C4BD-4393-BFD4-9353F004D756}"/>
+    <hyperlink ref="L76" r:id="rId317" xr:uid="{FB6F5B22-9F34-4987-8E8C-15788F4E0128}"/>
+    <hyperlink ref="L40" r:id="rId318" xr:uid="{F60D40D3-B4F2-4EA1-93C0-FB9E0893EBA7}"/>
+    <hyperlink ref="L35" r:id="rId319" xr:uid="{3E70A855-D751-49F1-8243-B65C5DE43286}"/>
+    <hyperlink ref="L26" r:id="rId320" xr:uid="{E86F57C2-579C-4E27-A036-863871F28788}"/>
+    <hyperlink ref="L260:L262" r:id="rId321" display="dokinoe@orange.fr" xr:uid="{E9DE0882-C3B8-488D-B4C5-7560C0362A13}"/>
+    <hyperlink ref="L268:L269" r:id="rId322" display="dokinoe@orange.fr" xr:uid="{95A0B395-C378-42CB-BE4C-13B2F9B687A1}"/>
+    <hyperlink ref="L369" r:id="rId323" xr:uid="{E1EB8D69-AF33-4DAF-92FF-104376CB61ED}"/>
+    <hyperlink ref="L372" r:id="rId324" xr:uid="{8014A846-83B4-4E57-904A-3F2E9F43EE8A}"/>
+    <hyperlink ref="L374" r:id="rId325" xr:uid="{B56ADA48-D080-4F45-8A1D-7E11DC1689C5}"/>
+    <hyperlink ref="L354" r:id="rId326" xr:uid="{1C128CBA-E816-47A2-AC06-CC3B317AABD8}"/>
+    <hyperlink ref="L422" r:id="rId327" xr:uid="{6A9AD6BD-8F91-468C-9AF3-718199B9784E}"/>
+    <hyperlink ref="L429" r:id="rId328" xr:uid="{D642C022-6CBA-49F5-BAC1-39DD3A9D3853}"/>
+    <hyperlink ref="L435" r:id="rId329" xr:uid="{C5C54514-6BFE-4589-B97C-2179CF9F22E1}"/>
+    <hyperlink ref="L440" r:id="rId330" xr:uid="{47A30DCA-9CA4-4A50-865F-444351BCA412}"/>
+    <hyperlink ref="L442" r:id="rId331" xr:uid="{5F6F7483-9CC5-43A4-ABEC-854F0CB91D4E}"/>
+    <hyperlink ref="L471" r:id="rId332" xr:uid="{04380884-1E65-4833-8343-BE756EC71D53}"/>
+    <hyperlink ref="L235" r:id="rId333" xr:uid="{4EB644C0-5D50-4086-901D-241DD22438E7}"/>
+    <hyperlink ref="L102" r:id="rId334" xr:uid="{9C1902E2-7A1E-48E2-9380-9A74A9499C14}"/>
+    <hyperlink ref="L428:L429" r:id="rId335" display="valerielefebvre@udaf27.org" xr:uid="{4ADD7B45-0FBA-49E0-91C3-530A375A998B}"/>
+    <hyperlink ref="L112" r:id="rId336" xr:uid="{7714F576-C5A1-4F09-B720-57526AA7221D}"/>
+    <hyperlink ref="L126" r:id="rId337" xr:uid="{C66AC82E-D388-4C87-8635-2F5CE2F8BE4E}"/>
+    <hyperlink ref="L134" r:id="rId338" xr:uid="{093D9A00-EE4E-4FC8-98FB-4C4E370B1670}"/>
+    <hyperlink ref="L452:L453" r:id="rId339" display="cd27@ligue-cancer.net" xr:uid="{ED0F9DDC-3CE7-449B-8E77-C04658CBFF39}"/>
+    <hyperlink ref="L464:L471" r:id="rId340" display="cd27@ligue-cancer.net" xr:uid="{B3F2237F-28E1-4C33-8DFD-C56C47FC3F08}"/>
+    <hyperlink ref="L161" r:id="rId341" xr:uid="{1E272326-7643-4027-A5B6-03E5344EAC04}"/>
+    <hyperlink ref="L409" r:id="rId342" xr:uid="{CCEF2070-3FF7-42AA-A34B-78A92593E638}"/>
+    <hyperlink ref="L105" r:id="rId343" xr:uid="{BB8E5066-30B4-4528-BC2A-B055B484E5D5}"/>
+    <hyperlink ref="L460:L461" r:id="rId344" display="bcduez@gmail.com" xr:uid="{94044C1C-125E-486D-903B-0E2408CEE116}"/>
+    <hyperlink ref="L152" r:id="rId345" xr:uid="{A4AE8E04-EAC6-4913-B193-947F2844528F}"/>
+    <hyperlink ref="L232" r:id="rId346" xr:uid="{1C575C2A-4150-46F1-B666-7578AF292DAA}"/>
+    <hyperlink ref="L192" r:id="rId347" xr:uid="{DD5A6DA1-523F-45F5-BE60-6673AB0A9364}"/>
+    <hyperlink ref="L297" r:id="rId348" xr:uid="{B2B816C7-D97F-477E-9125-4B9C3E0BF0EA}"/>
+    <hyperlink ref="L306" r:id="rId349" xr:uid="{D4AEF0F0-BB16-4B3B-872D-AC7DA6CE2CAF}"/>
+    <hyperlink ref="L263" r:id="rId350" xr:uid="{8FC1CF41-B0EB-4CC8-A5AA-BFAED51389B8}"/>
+    <hyperlink ref="L277" r:id="rId351" xr:uid="{75AEB28F-334D-4E9F-BBB9-40250CAA32BD}"/>
+    <hyperlink ref="L196:L197" r:id="rId352" display="asergentmartel@udaf-orne.fr" xr:uid="{8576049A-6EC7-4B1F-9F27-9C97616F4049}"/>
+    <hyperlink ref="L261" r:id="rId353" xr:uid="{5758653D-46DD-4D3C-8A76-378DF1F1AAA5}"/>
+    <hyperlink ref="L252" r:id="rId354" xr:uid="{E1D2EFC2-19CB-43E9-BBD5-E959E9CD6EAD}"/>
+    <hyperlink ref="L269" r:id="rId355" xr:uid="{802CF41A-F300-4201-BF86-4F542E089F43}"/>
+    <hyperlink ref="L291" r:id="rId356" xr:uid="{106A29FD-090F-40AF-8220-62E8E76F1DD5}"/>
+    <hyperlink ref="L287" r:id="rId357" xr:uid="{FCCB8C5B-9AC6-46D7-B49B-F91543481D06}"/>
+    <hyperlink ref="L21" r:id="rId358" xr:uid="{E1DE69E8-FADB-4A61-BE18-A569BE76694F}"/>
+    <hyperlink ref="L322" r:id="rId359" xr:uid="{0C493E94-CF54-40DF-883A-714DF2959B40}"/>
+    <hyperlink ref="L197" r:id="rId360" xr:uid="{7795304E-97BD-473C-A4D8-250A77219609}"/>
+    <hyperlink ref="L103:L104" r:id="rId361" display="contact@udaf50.fr" xr:uid="{841D975B-AB78-466B-A849-7F33ABA0E9BD}"/>
+    <hyperlink ref="L115:L116" r:id="rId362" display="contact@udaf50.fr" xr:uid="{4203245F-3E74-4C28-9D27-FD70317D7778}"/>
+    <hyperlink ref="L126:L127" r:id="rId363" display="contact@udaf50.fr" xr:uid="{D84C0A6F-4662-4F7F-B516-312FC64FA00A}"/>
+    <hyperlink ref="L136:L137" r:id="rId364" display="contact@udaf50.fr" xr:uid="{6D19EEEE-6744-4195-AEDC-9B86637243F4}"/>
+    <hyperlink ref="L216" r:id="rId365" xr:uid="{60C53068-9592-4F0B-A312-EB083B0A8FF0}"/>
+    <hyperlink ref="L218" r:id="rId366" xr:uid="{A04B1E81-9FA0-42C6-BBCD-E8EF572EBDFD}"/>
+    <hyperlink ref="L225" r:id="rId367" xr:uid="{5416BE44-DD16-4DCA-8A59-C4ACC4106A61}"/>
+    <hyperlink ref="L171" r:id="rId368" xr:uid="{010CEA86-4524-4936-AEE1-2A292D36111C}"/>
+    <hyperlink ref="L184" r:id="rId369" xr:uid="{6851AC94-6C48-429C-9029-0247954A64BB}"/>
+    <hyperlink ref="L193" r:id="rId370" xr:uid="{768F9067-917C-4738-A967-C528D8D895D5}"/>
+    <hyperlink ref="L236" r:id="rId371" xr:uid="{068DB29A-9D40-454D-84AF-8238B26522D5}"/>
+    <hyperlink ref="L223" r:id="rId372" xr:uid="{F0BE6F6F-1460-4089-BC91-471F432C779E}"/>
+    <hyperlink ref="L168" r:id="rId373" xr:uid="{5AC28430-AEED-4343-86B0-BAB2DF44E65A}"/>
+    <hyperlink ref="L227" r:id="rId374" xr:uid="{FFA2DE2A-64F4-4AD0-B91A-7E09652144CF}"/>
+    <hyperlink ref="L351" r:id="rId375" xr:uid="{A67279CA-A179-42AC-B0D9-8F186C6A3D40}"/>
+    <hyperlink ref="L377" r:id="rId376" xr:uid="{C461B3E6-8635-4713-A6DB-1A09B497D3CE}"/>
+    <hyperlink ref="L88" r:id="rId377" xr:uid="{BE443B74-9EDF-472C-AC23-4AB26719F80A}"/>
+    <hyperlink ref="L89" r:id="rId378" xr:uid="{D03F3891-FD93-465A-808F-F26F911C5216}"/>
+    <hyperlink ref="L421" r:id="rId379" xr:uid="{119BEEAD-01AB-4D51-A7D4-85708ECE70C5}"/>
+    <hyperlink ref="L448" r:id="rId380" xr:uid="{6AE3C52D-B9A4-44D4-B310-19477893A6CF}"/>
+    <hyperlink ref="L445" r:id="rId381" xr:uid="{6891BC67-F72C-43B4-9CDE-83097FB5A23D}"/>
+    <hyperlink ref="L389" r:id="rId382" xr:uid="{1A18FD35-DB03-4E9A-872C-160DAA6BC692}"/>
+    <hyperlink ref="L487" r:id="rId383" xr:uid="{0FB92EA9-9333-432D-8AC2-D4A53ECAEFED}"/>
+    <hyperlink ref="L117" r:id="rId384" xr:uid="{F7E993DC-8845-4AC9-8185-23E3603E03EC}"/>
+    <hyperlink ref="L406" r:id="rId385" xr:uid="{BF932F7C-19DF-485E-990F-7645875181F0}"/>
+    <hyperlink ref="L453" r:id="rId386" xr:uid="{F3B181E8-CAE2-4750-B4AB-DEFF86B14BB9}"/>
+    <hyperlink ref="L104" r:id="rId387" xr:uid="{B880383D-85E2-476D-80A1-EBD8E33810F8}"/>
+    <hyperlink ref="L423" r:id="rId388" xr:uid="{7CCED4B6-BB57-45EB-B35D-787EAC972E11}"/>
+    <hyperlink ref="L405" r:id="rId389" xr:uid="{42D81FB4-6E1A-4120-9E7D-A77EA6907F4B}"/>
+    <hyperlink ref="L317" r:id="rId390" xr:uid="{1DB83664-A971-4436-97CA-A1969574E228}"/>
+    <hyperlink ref="L414" r:id="rId391" xr:uid="{2E9341A4-4702-4189-BAEB-D16421D9F93F}"/>
+    <hyperlink ref="L201" r:id="rId392" xr:uid="{73CD03E3-5A25-42EA-9E9A-ECA770399E95}"/>
+    <hyperlink ref="L6" r:id="rId393" xr:uid="{ACD6FB69-63B6-47A7-B348-6C80A0CA41EC}"/>
+    <hyperlink ref="L32" r:id="rId394" display="normandie@unafam.org" xr:uid="{16E7FB28-9910-4CF6-B166-32124057B286}"/>
+    <hyperlink ref="L203" r:id="rId395" display="normandie@unafam.org" xr:uid="{796A5D14-6DF5-4369-8E07-FB1EAD279853}"/>
+    <hyperlink ref="L205" r:id="rId396" display="normandie@unafam.org" xr:uid="{A7814C2B-24B6-4218-8E3C-CAB1373569AA}"/>
+    <hyperlink ref="L275" r:id="rId397" display="normandie@unafam.org" xr:uid="{80320989-CD9C-4909-9241-408600A94AAF}"/>
+    <hyperlink ref="L249" r:id="rId398" display="normandie@unafam.org" xr:uid="{2C60290D-A2C0-4478-A5A2-4CF063B81DB2}"/>
+    <hyperlink ref="L251:L252" r:id="rId399" display="normandie@unafam.org" xr:uid="{C2425B21-EA71-4FC4-84FE-E678EBCDE246}"/>
+    <hyperlink ref="L331" r:id="rId400" display="normandie@unafam.org" xr:uid="{FFD9548C-FDED-4E40-91B1-F917F16A38C7}"/>
+    <hyperlink ref="L367" r:id="rId401" display="normandie@unafam.org" xr:uid="{2FDF0117-0FCE-45A4-BA3A-8B3D1937CEB5}"/>
+    <hyperlink ref="L321:L322" r:id="rId402" display="normandie@unafam.org" xr:uid="{578A58D7-DC63-4A96-A920-82727F648A14}"/>
+    <hyperlink ref="L437" r:id="rId403" display="normandie@unafam.org" xr:uid="{CF968CD7-1F1C-4439-9C85-C1243F1ED3C2}"/>
+    <hyperlink ref="L140" r:id="rId404" display="normandie@unafam.org" xr:uid="{3CA03E7A-0156-4B45-A320-CBDB7C9A0CC9}"/>
+    <hyperlink ref="L145" r:id="rId405" display="normandie@unafam.org" xr:uid="{6D3A408D-64A1-48D4-A0E1-53E14D5896C4}"/>
+    <hyperlink ref="L135" r:id="rId406" display="normandie@unafam.org" xr:uid="{F24824E2-5965-4D3F-B651-49342F70B962}"/>
+    <hyperlink ref="L295" r:id="rId407" xr:uid="{6D6E8943-DDA8-470A-AF6E-7BE222772ADC}"/>
+    <hyperlink ref="L305" r:id="rId408" xr:uid="{D80951E4-C777-463A-83A3-3DB57409F0FE}"/>
+    <hyperlink ref="L280" r:id="rId409" xr:uid="{3D777CAC-5174-47C0-ABA9-AB2D07E69771}"/>
+    <hyperlink ref="L282" r:id="rId410" xr:uid="{A4C1FBFB-C0B7-4E25-A7CC-6718E9712431}"/>
+    <hyperlink ref="L187:L188" r:id="rId411" display="contact@orne.ufcquechoisir.fr" xr:uid="{F1C2231C-73DD-4F90-A98C-A361C064B46E}"/>
+    <hyperlink ref="L248" r:id="rId412" xr:uid="{B5A22501-721E-4517-A64A-B5E54CC591AB}"/>
+    <hyperlink ref="L253" r:id="rId413" xr:uid="{2173A50B-38CB-4462-942C-842FB487CEFC}"/>
+    <hyperlink ref="L215:L216" r:id="rId414" display="contact@orne.ufcquechoisir.fr" xr:uid="{3614D4B9-3271-4120-A800-F2584D47E5DD}"/>
+    <hyperlink ref="L267" r:id="rId415" xr:uid="{AFF94B46-ED03-4FEA-9876-22B5920FB238}"/>
+    <hyperlink ref="L289" r:id="rId416" xr:uid="{C0093641-4007-4474-B863-6AF54688820D}"/>
+    <hyperlink ref="L80" r:id="rId417" xr:uid="{7F6DFCE8-A7AF-43FB-8ACB-2BB160454DF6}"/>
+    <hyperlink ref="L185" r:id="rId418" xr:uid="{7CEBDC33-47A6-4E94-80D3-9472DCD5B95F}"/>
+    <hyperlink ref="L304" r:id="rId419" xr:uid="{0D095E75-2762-4C97-9EC9-85945D6AE126}"/>
+    <hyperlink ref="L371" r:id="rId420" xr:uid="{77D5E2FF-A3DD-4C2A-9756-0BB6C72CFA98}"/>
+    <hyperlink ref="L331:L332" r:id="rId421" display="ru@admd.net" xr:uid="{10A78E12-D5AE-491C-8F89-9D334559F78D}"/>
+    <hyperlink ref="L427" r:id="rId422" xr:uid="{9F6E7CC4-AC2E-4BD7-9AD3-06AA4168F2D4}"/>
+    <hyperlink ref="L428" r:id="rId423" xr:uid="{2F6B5D1C-E6E4-4F56-B50F-6A8BD941C218}"/>
+    <hyperlink ref="L415" r:id="rId424" xr:uid="{EBC7C11B-761D-470E-BA89-6EAB17D87284}"/>
+    <hyperlink ref="L393" r:id="rId425" xr:uid="{C96FABC7-332E-4713-AA94-74485E3DA2FB}"/>
+    <hyperlink ref="L384" r:id="rId426" xr:uid="{8F5E5852-B38C-4376-83E1-B957C341E18C}"/>
+    <hyperlink ref="L123" r:id="rId427" xr:uid="{B4F425A2-7E8A-430F-92F1-B0E3258542CE}"/>
+    <hyperlink ref="L333" r:id="rId428" xr:uid="{4344E05C-A3F0-41DB-AE24-314275ADBBC9}"/>
+    <hyperlink ref="L339" r:id="rId429" xr:uid="{E30EBBC7-37E2-4F97-BBE8-4DD408896264}"/>
+    <hyperlink ref="L347" r:id="rId430" xr:uid="{9266ABAC-9D92-4395-A5BD-6DDA595CE8F3}"/>
+    <hyperlink ref="L309:L311" r:id="rId431" display="cd76@ligue-cancer.net" xr:uid="{5B581E1D-4493-4381-AE29-D8D6A74AE09F}"/>
+    <hyperlink ref="L383" r:id="rId432" xr:uid="{24FF6741-3736-4F55-A91F-65FA89B2AB07}"/>
+    <hyperlink ref="L419" r:id="rId433" xr:uid="{2D17D703-163A-46E4-8A3F-BC5D3F7EBAFF}"/>
+    <hyperlink ref="L431" r:id="rId434" xr:uid="{E8E77AE4-0787-4BA8-8745-AF9AE9BFE24A}"/>
+    <hyperlink ref="L439" r:id="rId435" xr:uid="{79D6E13F-6962-4953-98A3-97EB0D526F60}"/>
+    <hyperlink ref="L364:L365" r:id="rId436" display="cd76@ligue-cancer.net" xr:uid="{666061A7-1732-49C4-8FDB-3777078C500A}"/>
+    <hyperlink ref="L387" r:id="rId437" xr:uid="{BD9A743C-8CC6-4375-8329-47DA0C6F0CBA}"/>
+    <hyperlink ref="L457" r:id="rId438" xr:uid="{7FADFB3D-9FB1-4BC4-96CF-33261FE35DC2}"/>
+    <hyperlink ref="L475" r:id="rId439" xr:uid="{BD26BE1A-4BE2-4F6E-BBAC-0FCE5252ECC1}"/>
+    <hyperlink ref="L393:L394" r:id="rId440" display="cd76@ligue-cancer.net" xr:uid="{BDB4A527-EE43-47CC-82DD-EF56633A1AD2}"/>
+    <hyperlink ref="L410:L411" r:id="rId441" display="cd76@ligue-cancer.net" xr:uid="{72AB2DF7-C4CA-4357-A901-F936D2DC7490}"/>
+    <hyperlink ref="L124" r:id="rId442" xr:uid="{A2B91780-B2D0-4F3C-98A9-4B86EFBC1FAD}"/>
+    <hyperlink ref="L375:L376" r:id="rId443" display="asso.alma76@gmail.com" xr:uid="{0D9D058A-6698-4854-929B-ACE507480FCA}"/>
+    <hyperlink ref="L41" r:id="rId444" xr:uid="{47D28AFB-9943-4D5F-B1C3-98E3260E00FA}"/>
+    <hyperlink ref="L14" r:id="rId445" xr:uid="{A990F077-696D-494E-B259-E8FB48D4CF2F}"/>
+    <hyperlink ref="H14" r:id="rId446" xr:uid="{22F3AD3F-63EF-4922-A066-BB5F7300E48D}"/>
+    <hyperlink ref="H280" r:id="rId447" xr:uid="{21CC7D0D-6948-4C80-8472-E8DD797C4E7B}"/>
+    <hyperlink ref="H305" r:id="rId448" xr:uid="{503F7C1C-555B-47C6-8B62-B2CB16D3BB77}"/>
+    <hyperlink ref="H266" r:id="rId449" xr:uid="{CD5B0F78-0957-4C06-8185-FCC6916D1E81}"/>
+    <hyperlink ref="H414" r:id="rId450" xr:uid="{CE4AFB2D-E3D5-4584-9A3A-C38096CF24EB}"/>
+    <hyperlink ref="H65" r:id="rId451" xr:uid="{B12DEE39-6117-41D9-9BD5-412B4214CFA0}"/>
+    <hyperlink ref="L65" r:id="rId452" xr:uid="{B62CE1C8-9CF6-45AA-9419-4E6A9D68868F}"/>
+    <hyperlink ref="L311" r:id="rId453" xr:uid="{0EAC9C20-CA21-4D9F-B43B-8B2E9ED4F84C}"/>
+    <hyperlink ref="L353" r:id="rId454" xr:uid="{0FB47941-ADBE-403A-A390-08ADD51CA6FF}"/>
+    <hyperlink ref="L300:L301" r:id="rId455" display="associationdesdiabetiques7627@gmail.com" xr:uid="{E62B0648-7144-4B1C-BEB5-B85069059C05}"/>
+    <hyperlink ref="L447" r:id="rId456" xr:uid="{85ECE048-9719-40C5-8BF1-5A2B3C4B8C21}"/>
+    <hyperlink ref="L103" r:id="rId457" xr:uid="{148C4EE3-9E80-4EDD-87A4-00DA342E779F}"/>
+    <hyperlink ref="H72" r:id="rId458" xr:uid="{EA342BFA-488A-466F-9BF6-C455C29270F0}"/>
+    <hyperlink ref="L72" r:id="rId459" xr:uid="{0F5FA9C2-BCC4-4D53-ABFC-B1CC2FA90FBB}"/>
+    <hyperlink ref="H433" r:id="rId460" location=":~:text=France%20Rein%20Normandie%20%C3%A0%20%C3%A9t%C3%A9%20cr%C3%A9e%20le%2023,Alen%C3%A7on%2C%20Caen%2C%20Cherbourg%2C%20Evreux%2C%20Le%20Havre%20et%20Rouen." xr:uid="{9D675C59-90B6-4D3D-90A4-E46DF73966CE}"/>
+    <hyperlink ref="L55" r:id="rId461" xr:uid="{FD68C79F-F9F9-43B5-A3FF-151FEB1737DC}"/>
+    <hyperlink ref="L77" r:id="rId462" xr:uid="{6435E48B-1EB1-44BA-9572-86E9A0A8A24E}"/>
+    <hyperlink ref="L231" r:id="rId463" xr:uid="{E14E0113-B182-4269-8E80-7CBC3076ECA3}"/>
+    <hyperlink ref="L219" r:id="rId464" xr:uid="{D87680CE-71A7-40CB-B587-B581EDCFC002}"/>
+    <hyperlink ref="L189" r:id="rId465" xr:uid="{6440147E-84BB-41B0-B43A-AACD3F930BA8}"/>
+    <hyperlink ref="L217" r:id="rId466" xr:uid="{0B9A45D3-4D8C-475B-A023-FD6D951848A8}"/>
+    <hyperlink ref="L224" r:id="rId467" xr:uid="{650EE715-A9A8-4C8F-B839-F7FE7F42052D}"/>
+    <hyperlink ref="L174" r:id="rId468" xr:uid="{A5244AB4-F5D9-40B7-9656-A9B8EFE1F534}"/>
+    <hyperlink ref="L183" r:id="rId469" xr:uid="{6BA305F9-041C-4992-BFC0-E8DE03B46A0F}"/>
+    <hyperlink ref="L194" r:id="rId470" xr:uid="{DB8ED4F9-5494-479D-9B6B-08F9A80B06EF}"/>
+    <hyperlink ref="L228" r:id="rId471" xr:uid="{7C90F456-CD8A-429E-9739-9B7B6664C542}"/>
+    <hyperlink ref="L229" r:id="rId472" xr:uid="{24DE5702-CB53-414C-9E72-EE6F136941E9}"/>
+    <hyperlink ref="L94" r:id="rId473" xr:uid="{1187209C-0224-4F98-94B2-D103A9787764}"/>
+    <hyperlink ref="L391" r:id="rId474" xr:uid="{9EF4087D-1505-463D-A559-2216A46A29BA}"/>
+    <hyperlink ref="H196" r:id="rId475" xr:uid="{FEF38F92-9B22-4D30-9238-69ACA2A43FCF}"/>
+    <hyperlink ref="L196" r:id="rId476" xr:uid="{33A5D6E4-8F73-46C0-88C9-A67423C60D93}"/>
+    <hyperlink ref="L220" r:id="rId477" xr:uid="{6165457D-EB3E-4313-91C0-2B8B26370831}"/>
+    <hyperlink ref="H220" r:id="rId478" xr:uid="{B928A54F-8594-4DA1-86D3-8B74A9B2D84D}"/>
+    <hyperlink ref="H463" r:id="rId479" xr:uid="{2139905C-4565-4BF5-B0F8-9CB32CB179B2}"/>
+    <hyperlink ref="L463" r:id="rId480" xr:uid="{8B0BD077-CC36-4BD9-9645-8577D5380A51}"/>
+    <hyperlink ref="L449" r:id="rId481" display="normandie@unafam.org" xr:uid="{769189D3-1EB0-4430-AE88-6722F57D299F}"/>
+    <hyperlink ref="H370" r:id="rId482" xr:uid="{F85B5A05-BE06-4CA2-A1E0-4083142954E0}"/>
+    <hyperlink ref="L370" r:id="rId483" xr:uid="{44151665-6982-409F-8AC6-80727010178C}"/>
+    <hyperlink ref="L118" r:id="rId484" xr:uid="{9F31719A-0B47-4B9D-9FD8-80A1FE213098}"/>
+    <hyperlink ref="H119" r:id="rId485" xr:uid="{88D6E05B-248A-4EA8-9AE2-BA2FE0966414}"/>
+    <hyperlink ref="L119" r:id="rId486" xr:uid="{185245E5-1CDA-4FDF-9D6D-F71D3A984BA7}"/>
+    <hyperlink ref="L230" r:id="rId487" display="cd27@ligue-cancer.net" xr:uid="{98C03F6E-7008-4B37-97D7-C23DA403E9D9}"/>
+    <hyperlink ref="H179" r:id="rId488" display="https://www.unafam.org/normandie" xr:uid="{2CCF1327-4D8B-4505-A8CC-3AEA6812CAEE}"/>
+    <hyperlink ref="L182" r:id="rId489" display="normandie@unafam.org" xr:uid="{0710E564-DF82-46AC-8CBC-B171C2489BC4}"/>
+    <hyperlink ref="H170" r:id="rId490" xr:uid="{608093B3-A270-48B9-96DE-43028915896C}"/>
+    <hyperlink ref="L170" r:id="rId491" xr:uid="{8CE1ACBD-AFC1-4937-91ED-11D015B7B849}"/>
+    <hyperlink ref="L191" r:id="rId492" display="contact@udaf50.fr" xr:uid="{B664AC50-BFB3-4530-8A23-3AF18885C419}"/>
+    <hyperlink ref="H400" r:id="rId493" xr:uid="{8DC81BFE-8388-4A7C-8168-57289744D7FF}"/>
+    <hyperlink ref="H402" r:id="rId494" xr:uid="{412CE556-A8A3-4C69-A7F0-E3E4C5F97599}"/>
+    <hyperlink ref="D106" r:id="rId495" xr:uid="{7FFDED1E-1B8E-4575-A389-F7F7E9F01394}"/>
+    <hyperlink ref="H106" r:id="rId496" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{203AFD11-704D-470C-8751-28BF4F263916}"/>
+    <hyperlink ref="L106" r:id="rId497" xr:uid="{B8BF25AE-5DA5-4587-894D-A1AE84DD0751}"/>
+    <hyperlink ref="L43" r:id="rId498" xr:uid="{93B8B58E-E94E-45F1-B0EE-2E04E9BB2185}"/>
+    <hyperlink ref="H43" r:id="rId499" xr:uid="{A57F5046-0D50-42B4-9912-97C8433263FE}"/>
+    <hyperlink ref="H44" r:id="rId500" xr:uid="{F2C7004E-FCC8-41AB-B8EB-E54C836C0521}"/>
+    <hyperlink ref="L44" r:id="rId501" xr:uid="{72D77DD1-E46B-4F28-A7F0-80736930019A}"/>
+    <hyperlink ref="H211" r:id="rId502" display="https://www.alcoolassistance.net/" xr:uid="{2B120C7C-06FC-4D01-A54B-67250A7DF6E2}"/>
+    <hyperlink ref="L211" r:id="rId503" xr:uid="{FEA2AC16-3B18-49E0-8555-276CE9FD8452}"/>
+    <hyperlink ref="L212" r:id="rId504" xr:uid="{D5AAAF06-28C4-4278-872C-4EDF7DB54F9D}"/>
+    <hyperlink ref="H213" r:id="rId505" xr:uid="{81EFFF11-876F-4F01-90F8-8480E2A74566}"/>
+    <hyperlink ref="L213" r:id="rId506" xr:uid="{BB20CD9E-5FA7-4E4F-A246-EFECF4A6E826}"/>
+    <hyperlink ref="H214" r:id="rId507" xr:uid="{E8F0334A-7BEA-447B-9913-6717079F2BF8}"/>
+    <hyperlink ref="L214" r:id="rId508" xr:uid="{67CA7DE4-590C-495D-A34A-C46CEF2412BC}"/>
+    <hyperlink ref="D256" r:id="rId509" xr:uid="{B9BE2972-8526-4FD9-BCB8-040A829DED8E}"/>
+    <hyperlink ref="D259" r:id="rId510" xr:uid="{B8062B49-9984-4A5A-9345-B030D094F9A5}"/>
+    <hyperlink ref="L259" r:id="rId511" xr:uid="{9DC1F3AE-DD6B-4062-ACE3-42066E1CD26A}"/>
+    <hyperlink ref="H358" r:id="rId512" xr:uid="{32D53F36-0B5D-4175-877B-CF1494E1D127}"/>
+    <hyperlink ref="L358" r:id="rId513" xr:uid="{6D26E980-20FC-4B96-A027-DFFA5587CBAF}"/>
+    <hyperlink ref="L45" r:id="rId514" xr:uid="{16BCD085-E9EF-464B-9C32-D7F4FCED1D21}"/>
+    <hyperlink ref="L57" r:id="rId515" xr:uid="{52E48B07-2815-4D71-BAD3-E732461DAE89}"/>
+    <hyperlink ref="L51" r:id="rId516" xr:uid="{750DE250-3607-4A30-8DAF-DC2F795BDC9D}"/>
+    <hyperlink ref="L128" r:id="rId517" display="contact@udaf50.fr" xr:uid="{F0A1E0A8-BF61-4F52-AEAA-CBB4BE7F56C1}"/>
+    <hyperlink ref="L165" r:id="rId518" xr:uid="{F96E6C2C-9A78-41C8-9AA1-177C14FB44E8}"/>
+    <hyperlink ref="L240" r:id="rId519" xr:uid="{FEE6A59C-6027-4D1A-9897-38A8C0B568BA}"/>
+    <hyperlink ref="L241" r:id="rId520" xr:uid="{286B7B3E-7B91-497B-8EDE-30992E89BF68}"/>
+    <hyperlink ref="L242" r:id="rId521" xr:uid="{3F7D1963-4E34-4DF3-B709-C1BE1A28ED86}"/>
+    <hyperlink ref="H240" r:id="rId522" xr:uid="{E06EA94C-89F4-4EA9-9BF2-47010EFBA1ED}"/>
+    <hyperlink ref="H241" r:id="rId523" xr:uid="{39B8277E-AF05-4940-B868-E1CA069C374A}"/>
+    <hyperlink ref="H242" r:id="rId524" xr:uid="{CEA7B322-62B8-47E6-A79F-DD8C84EAE1A8}"/>
+    <hyperlink ref="L399" r:id="rId525" xr:uid="{1AC65B56-3B81-43BA-84E6-C3F2D50221DC}"/>
+    <hyperlink ref="H316" r:id="rId526" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{1785B225-0342-4421-8772-0E459088AAA6}"/>
+    <hyperlink ref="L316" r:id="rId527" display="associationdesdiabetiques7627@gmail.com" xr:uid="{7D04053C-9F98-4E25-807C-B6F3CA9C59F8}"/>
+    <hyperlink ref="L204" r:id="rId528" display="contact@orne.ufcquechoisir.fr" xr:uid="{6D129B50-EA69-4FC2-A6F8-8563D34B359B}"/>
+    <hyperlink ref="L245" r:id="rId529" xr:uid="{6D4D77C0-C340-4924-89BC-58B08897738E}"/>
+    <hyperlink ref="H245" r:id="rId530" xr:uid="{A3E09B93-6B12-4F22-8E48-BE33B5679A8C}"/>
+    <hyperlink ref="L254" r:id="rId531" xr:uid="{D35221C9-9AF2-4E51-8478-98FFA6607A2A}"/>
+    <hyperlink ref="H285" r:id="rId532" display="https://afdhnormandie.federationdesdiabetiques.org/qui-sommes-nous" xr:uid="{4A90C8EF-27CB-428F-BE2D-F51FB27F6702}"/>
+    <hyperlink ref="L285" r:id="rId533" display="associationdesdiabetiques7627@gmail.com" xr:uid="{5DA29F8B-18E8-44B0-BDD7-41699918DB3B}"/>
+    <hyperlink ref="H132" r:id="rId534" xr:uid="{A7D9CF1A-D0C9-4A04-A549-17C055D50B60}"/>
+    <hyperlink ref="L132" r:id="rId535" xr:uid="{7626AD9C-03CF-4690-9A89-F5F9E2472B42}"/>
+    <hyperlink ref="H470" r:id="rId536" xr:uid="{F992AFD5-84F8-4110-891A-198B5473C18C}"/>
+    <hyperlink ref="L470" r:id="rId537" display="cd27@ligue-cancer.net" xr:uid="{1D4BCFE7-4568-4DB2-82D1-DB313310416E}"/>
+    <hyperlink ref="L467" r:id="rId538" display="cd27@ligue-cancer.net" xr:uid="{B2F1FB76-4DD8-4F0A-82CC-46B68EF6BED2}"/>
+    <hyperlink ref="D467" r:id="rId539" xr:uid="{902429F9-86B2-482E-AAFA-F55EAA8CCFEC}"/>
+    <hyperlink ref="L238" r:id="rId540" xr:uid="{E248E681-7019-4627-9246-4B8A1FF0D02A}"/>
+    <hyperlink ref="H238" r:id="rId541" xr:uid="{7B69D188-0AD3-404D-8332-C56FB1EB18AC}"/>
+    <hyperlink ref="L181" r:id="rId542" xr:uid="{8990D31A-F372-4823-9F08-34889A4D6508}"/>
+    <hyperlink ref="D359" r:id="rId543" xr:uid="{458452F5-A953-4F4A-AE54-23FE97BBF8DE}"/>
+    <hyperlink ref="L359" r:id="rId544" xr:uid="{BCBA62D4-39EB-40E8-B5CB-9C3386FE74A0}"/>
+    <hyperlink ref="L360" r:id="rId545" xr:uid="{6C32BD53-3F5B-468F-A7D5-F4C17D981756}"/>
+    <hyperlink ref="L361" r:id="rId546" xr:uid="{5B0CCCCC-463C-438A-B704-E488FF3814A6}"/>
+    <hyperlink ref="L362" r:id="rId547" xr:uid="{F4F3CA41-BA79-42CD-864E-20CDB2D290A7}"/>
+    <hyperlink ref="H3" r:id="rId548" xr:uid="{7B043AFE-F661-4028-8BB8-B8359331A13E}"/>
+    <hyperlink ref="L3" r:id="rId549" xr:uid="{BFCBCF8E-CE94-4B4A-9CDF-BC44A7D27C76}"/>
+    <hyperlink ref="L153" r:id="rId550" display="contact@udaf50.fr" xr:uid="{E80420F3-19F6-498C-A481-FC7C5A1CC22E}"/>
+    <hyperlink ref="H239" r:id="rId551" xr:uid="{BB98E72F-D0CE-4E42-B5D5-D54531CB2361}"/>
+    <hyperlink ref="G239" r:id="rId552" display="http://grandir.asso.fr/WordPress3/wp-content/uploads/2012/07/personnagegrandir2006.gif" xr:uid="{B9398B00-C623-47B9-A93E-1EA152A2AA20}"/>
+    <hyperlink ref="L239" r:id="rId553" xr:uid="{FEF36E24-C9FF-413D-AAE3-64FF86AF5EEC}"/>
+    <hyperlink ref="H7" r:id="rId554" xr:uid="{5DD9554B-05CA-41CE-8F56-FE1AC205A67C}"/>
+    <hyperlink ref="L7" r:id="rId555" xr:uid="{E8C0A87A-74B9-4120-B428-D667592F365B}"/>
+    <hyperlink ref="L382" r:id="rId556" display="cd76@ligue-cancer.net" xr:uid="{F0A4C4C4-7937-4386-A302-1D8392CBC2CD}"/>
+    <hyperlink ref="L271" r:id="rId557" xr:uid="{119CFE00-4CD9-4F54-B142-D0FAC17BC2CF}"/>
+    <hyperlink ref="L18" r:id="rId558" display="ageslot@udaf14.fr" xr:uid="{96435C79-1625-4FC8-8092-94F3E2C04D3B}"/>
+    <hyperlink ref="H19" r:id="rId559" xr:uid="{EBF8CA09-C0E2-4888-A648-64F3A9FAF823}"/>
+    <hyperlink ref="L19" r:id="rId560" xr:uid="{BF1903CC-213E-4193-B36B-880E780953AA}"/>
+    <hyperlink ref="H25" r:id="rId561" display="http://www.udaf14.fr/index2.php?module=news&amp;PGL=4" xr:uid="{8A4FC955-2734-4059-B26E-3E053DBC17BC}"/>
+    <hyperlink ref="L24" r:id="rId562" xr:uid="{AB626334-2A6D-43B6-B2DB-F49B005DBF0C}"/>
+    <hyperlink ref="H24" r:id="rId563" xr:uid="{71260831-82CF-49B0-AB01-5473D79CC8F4}"/>
+    <hyperlink ref="L54" r:id="rId564" xr:uid="{B4B64737-A365-4F6E-B6E9-547AB1071E78}"/>
+    <hyperlink ref="H13" r:id="rId565" xr:uid="{6FA668F8-0E6D-4B2E-A348-F97C906AA80F}"/>
+    <hyperlink ref="L13" r:id="rId566" xr:uid="{18113815-7BE0-4D4D-A222-3F38593A3D59}"/>
+    <hyperlink ref="L226" r:id="rId567" display="cd27@ligue-cancer.net" xr:uid="{9A669F08-9699-486F-941C-B9796EB63F17}"/>
+    <hyperlink ref="L264" r:id="rId568" xr:uid="{E2EC31A8-6FD7-4E5F-AD6D-E1F5D3502CDE}"/>
+    <hyperlink ref="H328" r:id="rId569" xr:uid="{2B8A5457-42E2-4E8B-A555-DCE82980025C}"/>
+    <hyperlink ref="L328" r:id="rId570" xr:uid="{2F23174D-63F0-4727-A61A-06B518B93725}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>GUIHENEUF, Maëla (ARS-NORMANDIE/DSTRAT/DIRECTION)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-01-23T11:15:00Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>e3320dd0-7ed0-4314-b59b-77b4be209d3c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>