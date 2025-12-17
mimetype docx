--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -1,115 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00185345" w:rsidRDefault="00185345" w:rsidP="00185345">
+    <w:p w14:paraId="5CBCC0F9" w14:textId="77777777" w:rsidR="00185345" w:rsidRDefault="00185345" w:rsidP="00185345">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185345">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77C19020" wp14:editId="0759B794">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48DF43C9" wp14:editId="38385BA0">
             <wp:extent cx="2451600" cy="932400"/>
             <wp:effectExtent l="0" t="0" r="6350" b="1270"/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2451600" cy="932400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00185345" w:rsidRDefault="00185345" w:rsidP="00185345">
+    <w:p w14:paraId="5043F5FC" w14:textId="77777777" w:rsidR="00185345" w:rsidRDefault="00185345" w:rsidP="00185345">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0054652E" w:rsidRDefault="00DD5955" w:rsidP="00185345">
+    <w:p w14:paraId="5A40A31B" w14:textId="77777777" w:rsidR="0054652E" w:rsidRDefault="00DD5955" w:rsidP="00185345">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5955">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Demande </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5955">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>d’habilitation complémentaire</w:t>
       </w:r>
       <w:r w:rsidR="00D5158A">
         <w:rPr>
           <w:b/>
@@ -127,398 +127,392 @@
       </w:r>
       <w:r w:rsidR="002E6194">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (antigène de surface </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E6194">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>AgHBs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E6194">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054652E" w:rsidRDefault="0054652E" w:rsidP="0054652E">
+    <w:p w14:paraId="7CBE257C" w14:textId="77777777" w:rsidR="0054652E" w:rsidRDefault="0054652E" w:rsidP="0054652E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00794B7B" w:rsidRDefault="0054652E" w:rsidP="0054652E">
+    <w:p w14:paraId="25B10EB8" w14:textId="77777777" w:rsidR="00794B7B" w:rsidRDefault="0054652E" w:rsidP="0054652E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Ce dossier s’adresse aux structures associatives ayant une habilitation en cours pour la réalisation des TROD</w:t>
       </w:r>
       <w:r w:rsidR="00D5158A">
         <w:t xml:space="preserve"> de l’infection à VIH 1 et 2 et/ou </w:t>
       </w:r>
       <w:r>
         <w:t>de l’infection par l’hépatite C.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054652E" w:rsidRDefault="0054652E" w:rsidP="0054652E">
-[...13 lines deleted...]
-    <w:p w:rsidR="00C659D4" w:rsidRDefault="00C659D4" w:rsidP="0054652E">
+    <w:p w14:paraId="1D84AC08" w14:textId="77777777" w:rsidR="001D7D73" w:rsidRPr="001D7D73" w:rsidRDefault="001D7D73" w:rsidP="001D7D73">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7D73">
+        <w:t>La composition du présent dossier est en conformité avec l’Arrêté du 13 mai 2024 fixant les conditions de réalisation des tests rapides d'orientation diagnostique de l'infection par les virus de l'immunodéficience humaine (VIH 1 et 2), des infections par les virus de l'hépatite C (VHC) et de l'hépatite B (VHB) et par la bactérie Treponema pallidum (syphilis), en milieu médico-social ou associatif et autres centres et établissements autorisés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364472C5" w14:textId="38925484" w:rsidR="00C659D4" w:rsidRDefault="00C659D4" w:rsidP="0054652E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Votre demande </w:t>
       </w:r>
       <w:r w:rsidRPr="001D5453">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>complémentaire</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> doit compr</w:t>
       </w:r>
       <w:r w:rsidR="002E6194">
         <w:t>endre les informations ci-dessous</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B5413A">
         <w:t xml:space="preserve">(lettre de demande d’habilitation complémentaire) </w:t>
       </w:r>
       <w:r>
         <w:t>ou vous pouvez directement compléter le document ci-dessous et le transmettre à l’adresse suivante :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659D4" w:rsidRDefault="006960DA" w:rsidP="0054652E">
+    <w:p w14:paraId="7AF3C1C2" w14:textId="77777777" w:rsidR="00C659D4" w:rsidRDefault="00C659D4" w:rsidP="0054652E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00C659D4" w:rsidRPr="004609C3">
+        <w:r w:rsidRPr="004609C3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>ars-normandie-prevention@ars.sante.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C659D4" w:rsidRDefault="00C659D4" w:rsidP="0054652E">
-[...4 lines deleted...]
-    <w:p w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
+    <w:p w14:paraId="745D39A4" w14:textId="77777777" w:rsidR="00C659D4" w:rsidRDefault="00C659D4" w:rsidP="0054652E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377946AF" w14:textId="77777777" w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5154E">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Informations générales</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
-[...5 lines deleted...]
-    <w:p w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
+    <w:p w14:paraId="42997606" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1451A4D7" w14:textId="77777777" w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Nom de la structure</w:t>
       </w:r>
       <w:r w:rsidR="00B5154E">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
-[...5 lines deleted...]
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
+    <w:p w14:paraId="1B2D8BB9" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D55F3DA" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Convention d’habilitation pour l’utilisation des TROD de l’infection à VIH 1 et 2 et</w:t>
       </w:r>
       <w:r w:rsidR="009F1290">
         <w:t>/ou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> hépatite C signée le</w:t>
       </w:r>
       <w:r w:rsidR="00B5154E">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E24FE4" w:rsidRDefault="00E24FE4" w:rsidP="00E24FE4">
-[...10 lines deleted...]
-    <w:p w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
+    <w:p w14:paraId="2578BC27" w14:textId="77777777" w:rsidR="00E24FE4" w:rsidRDefault="00E24FE4" w:rsidP="00E24FE4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D6E25C" w14:textId="77777777" w:rsidR="00E24FE4" w:rsidRDefault="00E24FE4" w:rsidP="00E24FE4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B6B420" w14:textId="77777777" w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Nom et qualité de la personne responsable de l’activité de réalisation des TROD</w:t>
       </w:r>
       <w:r w:rsidR="00B5154E">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
-[...5 lines deleted...]
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
+    <w:p w14:paraId="4D28D4CA" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="327826D2" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Adresse du siège social de l’association :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
-[...10 lines deleted...]
-    <w:p w:rsidR="007B757A" w:rsidRDefault="007B757A" w:rsidP="00B5154E">
+    <w:p w14:paraId="46760D2C" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E42461" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00547D73" w14:textId="0290BF37" w:rsidR="007B757A" w:rsidRDefault="0061460E" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Coordonnées postale</w:t>
+        <w:t>Coordonnées postales</w:t>
       </w:r>
       <w:r w:rsidR="002E294E">
         <w:t>, téléphone et mail :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
-[...5 lines deleted...]
-    <w:p w:rsidR="002E294E" w:rsidRDefault="002E294E" w:rsidP="00B5154E">
+    <w:p w14:paraId="445D60F2" w14:textId="77777777" w:rsidR="00B5154E" w:rsidRDefault="00B5154E" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D5CF849" w14:textId="77777777" w:rsidR="002E294E" w:rsidRDefault="002E294E" w:rsidP="00B5154E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Activités autres de la structure :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F1290" w:rsidRDefault="009F1290" w:rsidP="009F1290">
-[...15 lines deleted...]
-    <w:p w:rsidR="00773A30" w:rsidRPr="00B5413A" w:rsidRDefault="00E14B83" w:rsidP="00B5413A">
+    <w:p w14:paraId="02ADDE9E" w14:textId="77777777" w:rsidR="009F1290" w:rsidRDefault="009F1290" w:rsidP="009F1290">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6341FB8F" w14:textId="77777777" w:rsidR="009F1290" w:rsidRDefault="009F1290" w:rsidP="009F1290">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="755C8493" w14:textId="77777777" w:rsidR="002969F8" w:rsidRDefault="002969F8" w:rsidP="002969F8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7956F442" w14:textId="77777777" w:rsidR="00773A30" w:rsidRPr="00B5413A" w:rsidRDefault="00E14B83" w:rsidP="00B5413A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5413A">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Toute modification des informations contenues dans le précédent dossier d’habilitation concernant</w:t>
       </w:r>
       <w:r w:rsidR="00B5413A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00773A30" w:rsidRDefault="00773A30" w:rsidP="00773A30">
-[...4 lines deleted...]
-    <w:p w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
+    <w:p w14:paraId="17E587BB" w14:textId="77777777" w:rsidR="00773A30" w:rsidRDefault="00773A30" w:rsidP="00773A30">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B94DF3B" w14:textId="77777777" w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> informations générales sur la structure associative, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
+    <w:p w14:paraId="7944D384" w14:textId="77777777" w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> modalités de conservation de ces TROD, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
+    <w:p w14:paraId="60735D2C" w14:textId="77777777" w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> modalités de gestion des DASRI produits, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
+    <w:p w14:paraId="44CA4251" w14:textId="4B7F558D" w:rsidR="00773A30" w:rsidRDefault="00E14B83" w:rsidP="00773A30">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>les conditions générales de fonctionnement</w:t>
       </w:r>
       <w:r w:rsidR="00773A30">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00E24FE4">
         <w:t>horaires</w:t>
       </w:r>
       <w:r w:rsidR="009F1290">
         <w:t xml:space="preserve"> d’ouverture des lieux fixes ; </w:t>
       </w:r>
       <w:r w:rsidR="00BC0A39">
         <w:t>organisation prévue pour la réalisation des tests (procédures d’accueil</w:t>
       </w:r>
       <w:r w:rsidR="00E24FE4">
         <w:t>,</w:t>
@@ -544,1192 +538,845 @@
       <w:r w:rsidR="009F1290">
         <w:t> ;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC0A39">
         <w:t>description des conditions garantissant la confidentialité</w:t>
       </w:r>
       <w:r w:rsidR="009F1290">
         <w:t xml:space="preserve"> des échanges avec la personne accueillie ;</w:t>
       </w:r>
       <w:r w:rsidR="00BC0A39">
         <w:t xml:space="preserve"> conditions d’orientation et d’accompagnement des personnes vers un médecin, vers un établissement de santé, vers un laboratoire d’analyse médicale</w:t>
       </w:r>
       <w:r w:rsidR="009F1290">
         <w:t xml:space="preserve"> pour confirmation du résultat du TROD ;</w:t>
       </w:r>
       <w:r w:rsidR="00BC0A39">
         <w:t xml:space="preserve"> conditions de conservation des données permettant de garantir la c</w:t>
       </w:r>
       <w:r w:rsidR="009F1290">
         <w:t>onfidentialité des informations ;</w:t>
       </w:r>
       <w:r w:rsidR="00BC0A39">
-        <w:t xml:space="preserve"> conventions formalisées avec </w:t>
+        <w:t xml:space="preserve"> conventions formalisées avec CeGIDD, P</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1290">
+        <w:t>ASS ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0A39">
+        <w:t xml:space="preserve"> articulation avec le réseau des professionnels de la prévention, du dépistage et du soin des infections VIH, VHB et VHC, ainsi que d’autres associations de malades ou d’usagers du système de santé, en lien avec le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC0A39">
-        <w:t>CeGIDD</w:t>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00082">
+        <w:t>oReSS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BC0A39">
-        <w:t>, P</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> articulation avec le réseau des professionnels de la prévention, du dépistage et du soin des infections VIH, VHB et VHC, ainsi que d’autres associations de malades ou d’usagers du système de santé, en lien avec le COREVIH, et un service expert de lutte contre les hépatites virales (SELHV</w:t>
+        <w:t>, et un service expert de lutte contre les hépatites virales (SELHV</w:t>
       </w:r>
       <w:r w:rsidR="00773A30">
         <w:t>),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00E14B83" w:rsidP="000F4CC6">
+    <w:p w14:paraId="1E5EF565" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00E14B83" w:rsidP="000F4CC6">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>la</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> procédure d’assurance qualité</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
-[...53 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRPr="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="3BF8E09C" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55CD8DFF" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CD5ADC" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="662380FD" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B18464B" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D4DAA06" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57808EE8" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F73551" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BC558DE" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5154E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CEEFA9C" w14:textId="77777777" w:rsidR="00424726" w:rsidRPr="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00424726">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Descriptif des objectifs et du public ciblé par l’offre de dépistage </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F0707" w:rsidRDefault="003F0707" w:rsidP="00424726">
+    <w:p w14:paraId="77113B30" w14:textId="77777777" w:rsidR="003F0707" w:rsidRDefault="003F0707" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F52BA" w:rsidRDefault="001F52BA" w:rsidP="00C3407C">
-[...26 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRDefault="009F1290" w:rsidP="001F52BA">
+    <w:p w14:paraId="6B189ED7" w14:textId="77777777" w:rsidR="001F52BA" w:rsidRDefault="001F52BA" w:rsidP="00C3407C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05643F0F" w14:textId="77777777" w:rsidR="00EE382D" w:rsidRDefault="00EE382D" w:rsidP="00C3407C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647E10E4" w14:textId="77777777" w:rsidR="00EE382D" w:rsidRDefault="00EE382D" w:rsidP="00C3407C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A92886E" w14:textId="77777777" w:rsidR="001F52BA" w:rsidRDefault="001F52BA" w:rsidP="00C3407C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5288B435" w14:textId="77777777" w:rsidR="001F52BA" w:rsidRDefault="001F52BA" w:rsidP="00C3407C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="617643B2" w14:textId="1F29BE25" w:rsidR="00424726" w:rsidRDefault="009F1290" w:rsidP="001F52BA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001F52BA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Description des résultats attendus de l’offre de dépistage proposée et de son insertion dans le contexte locorégional d’offre de dépistage</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (cf. paragraphe 10</w:t>
+        <w:t xml:space="preserve"> (cf. paragraphe </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00082">
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00CC0C4C">
-        <w:t xml:space="preserve"> du cahier des charges en annexe II de l’arrêté du 16 juin 2021)</w:t>
+        <w:t xml:space="preserve"> du cahier des charges en annexe I de l’arrêté du </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00082">
+        <w:t>13 mai</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C4C">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00082">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0C4C">
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003F0707">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="110FF9D4" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="2CEFFEA7" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C3407C" w:rsidRDefault="00C3407C" w:rsidP="00424726">
+    <w:p w14:paraId="0E090ED5" w14:textId="77777777" w:rsidR="00C3407C" w:rsidRDefault="00C3407C" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="0C8AC3C5" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="42850D7F" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="05638C12" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="5701343A" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRPr="005C540F" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="643D7CEB" w14:textId="77777777" w:rsidR="00424726" w:rsidRPr="005C540F" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C540F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Informations relatives au personnel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
-[...5 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5413A">
+    <w:p w14:paraId="25EE3A22" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F39005F" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5413A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Liste nominative et qualité</w:t>
       </w:r>
       <w:r w:rsidR="006960DA">
         <w:t xml:space="preserve"> et statut</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t xml:space="preserve"> des personnes formé</w:t>
       </w:r>
       <w:r w:rsidR="001F52BA">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s à l’utilisation des TROD </w:t>
       </w:r>
       <w:r w:rsidR="001F52BA">
         <w:t xml:space="preserve">VHB </w:t>
       </w:r>
       <w:r w:rsidR="00AD1EB8">
         <w:t xml:space="preserve">(antigène de surface </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AD1EB8">
         <w:t>AgHBs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AD1EB8">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>demandés en habilitation complémentaire</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
-[...19 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRPr="001F52BA" w:rsidRDefault="00424726" w:rsidP="001F52BA">
+    <w:p w14:paraId="08D00412" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132589E3" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22277E24" w14:textId="77777777" w:rsidR="00424726" w:rsidRPr="001F52BA" w:rsidRDefault="00424726" w:rsidP="001F52BA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001F52BA">
         <w:t>Procédures de formation (interne et externe) et de mise à jour des compétences du personnel réalisant les TROD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
-[...14 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRPr="005C540F" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="601EF927" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F493159" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F6F78D" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E83BC5A" w14:textId="77777777" w:rsidR="00424726" w:rsidRPr="005C540F" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C540F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Informations relatives aux lieux d’intervention</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
-[...5 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5413A">
+    <w:p w14:paraId="1EDDCAA0" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB30E67" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00B5413A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mention des locaux fixes ou mobiles et de lieux d’intervention prévus : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
-[...14 lines deleted...]
-    <w:p w:rsidR="00424726" w:rsidRPr="005C540F" w:rsidRDefault="00424726" w:rsidP="00424726">
+    <w:p w14:paraId="193C5AB0" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B6FE08A" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E05D65D" w14:textId="77777777" w:rsidR="00424726" w:rsidRDefault="00424726" w:rsidP="00424726">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FD8B85" w14:textId="77777777" w:rsidR="00424726" w:rsidRPr="005C540F" w:rsidRDefault="00424726" w:rsidP="00424726">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C540F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Informations relativ</w:t>
       </w:r>
       <w:r w:rsidR="00543840" w:rsidRPr="005C540F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>es au matériel d’intervention</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543840" w:rsidRPr="005C540F" w:rsidRDefault="00543840" w:rsidP="00543840">
-[...8 lines deleted...]
-    <w:p w:rsidR="00543840" w:rsidRDefault="00543840" w:rsidP="00B5413A">
+    <w:p w14:paraId="29DE5013" w14:textId="77777777" w:rsidR="00543840" w:rsidRPr="005C540F" w:rsidRDefault="00543840" w:rsidP="00543840">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50B2ABD0" w14:textId="77777777" w:rsidR="00543840" w:rsidRDefault="00543840" w:rsidP="00B5413A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Types et marques </w:t>
       </w:r>
       <w:r w:rsidR="001F52BA">
         <w:t xml:space="preserve">et les matrices </w:t>
       </w:r>
       <w:r w:rsidR="00526038">
         <w:t>utilisées, pour les TROD demandés en habilitation complémentaire</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
-[...9 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRPr="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="71762C44" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D8D2782" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B319B58" w14:textId="77777777" w:rsidR="001C5450" w:rsidRPr="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C5450">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Modalités de financement envisagées</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="09212EC7" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Fournir le budget prévisionnel de la structure et le mode de financement des TROD demandés en habilitation complémentaire</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
-[...19 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="590C376C" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B70DBD" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D96EDE4" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="623122B0" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="120C9222" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C5450">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Attestations</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRPr="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
-[...8 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="00B5413A">
+    <w:p w14:paraId="074ECDD0" w14:textId="77777777" w:rsidR="001C5450" w:rsidRPr="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753A6586" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="00B5413A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Fournir les attestations de suivi de formation complémentaire du personnel dédié à la réalisation des TROD demandés en habilitation complémentaire dans la structure associative</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B5413A" w:rsidRDefault="00B5413A" w:rsidP="00B5413A">
-[...5 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="00B5413A">
+    <w:p w14:paraId="5C55B206" w14:textId="77777777" w:rsidR="00B5413A" w:rsidRDefault="00B5413A" w:rsidP="00B5413A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E9B8331" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="00B5413A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Fournir les attestations de</w:t>
       </w:r>
       <w:r w:rsidR="00526038">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r>
         <w:t>assurance</w:t>
       </w:r>
       <w:r w:rsidR="00526038">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> responsabilité civile souscrites pour la réalisation des TROD (ajouter TROD VHB)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
-[...14 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="0F04E80A" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A467710" w14:textId="77777777" w:rsidR="00997239" w:rsidRDefault="00997239" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C5279D5" w14:textId="77777777" w:rsidR="00997239" w:rsidRDefault="00997239" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53188BC3" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Je soussigné</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="6FB69832" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>En qualité de</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="4AF9A6A2" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Certifie que ces données sont exactes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
-[...4 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="667A610D" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FEA2582" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="54ADDABF" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
-[...4 lines deleted...]
-    <w:p w:rsidR="001C5450" w:rsidRPr="0054652E" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+    <w:p w14:paraId="2CADA83B" w14:textId="77777777" w:rsidR="001C5450" w:rsidRDefault="001C5450" w:rsidP="001C5450">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1BA6EB" w14:textId="77777777" w:rsidR="001C5450" w:rsidRPr="0054652E" w:rsidRDefault="001C5450" w:rsidP="001C5450">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C5450" w:rsidRPr="0054652E">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
+    <w:p w14:paraId="333B6CFB" w14:textId="77777777" w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
+    <w:p w14:paraId="254B8C0B" w14:textId="77777777" w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...399 lines deleted...]
-  <w:p w:rsidR="00E14B83" w:rsidRDefault="00E14B83">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1971890118"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="18A7760A" w14:textId="77777777" w:rsidR="009E689D" w:rsidRDefault="009E689D">
+        <w:pPr>
+          <w:pStyle w:val="Pieddepage"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="6B6810F5" w14:textId="77777777" w:rsidR="00E14B83" w:rsidRDefault="00E14B83">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
+    <w:p w14:paraId="0F539D72" w14:textId="77777777" w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
+    <w:p w14:paraId="48931A3D" w14:textId="77777777" w:rsidR="00F00A04" w:rsidRDefault="00F00A04" w:rsidP="00E14B83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C5015B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA702FD4"/>
     <w:lvl w:ilvl="0" w:tplc="D35E3C98">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2001,172 +1648,183 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="750272967">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1744719404">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="758213424">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6147"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD5955"/>
     <w:rsid w:val="000B7506"/>
     <w:rsid w:val="00185345"/>
     <w:rsid w:val="001C5450"/>
     <w:rsid w:val="001D5453"/>
+    <w:rsid w:val="001D7D73"/>
     <w:rsid w:val="001F52BA"/>
     <w:rsid w:val="002969F8"/>
     <w:rsid w:val="002E294E"/>
     <w:rsid w:val="002E6194"/>
     <w:rsid w:val="003F0707"/>
     <w:rsid w:val="00413BA7"/>
     <w:rsid w:val="00424726"/>
     <w:rsid w:val="00526038"/>
     <w:rsid w:val="00543840"/>
     <w:rsid w:val="0054652E"/>
     <w:rsid w:val="005C540F"/>
+    <w:rsid w:val="0061460E"/>
     <w:rsid w:val="006960DA"/>
     <w:rsid w:val="00773A30"/>
     <w:rsid w:val="00794B7B"/>
     <w:rsid w:val="007B757A"/>
+    <w:rsid w:val="00806F41"/>
+    <w:rsid w:val="00950A6A"/>
     <w:rsid w:val="00997239"/>
+    <w:rsid w:val="009E689D"/>
     <w:rsid w:val="009F1290"/>
     <w:rsid w:val="00AD1EB8"/>
+    <w:rsid w:val="00AF5411"/>
     <w:rsid w:val="00B5154E"/>
     <w:rsid w:val="00B5413A"/>
     <w:rsid w:val="00BC0A39"/>
     <w:rsid w:val="00C3407C"/>
+    <w:rsid w:val="00C36652"/>
     <w:rsid w:val="00C659D4"/>
     <w:rsid w:val="00CC0C4C"/>
+    <w:rsid w:val="00D00082"/>
     <w:rsid w:val="00D5158A"/>
     <w:rsid w:val="00D74360"/>
+    <w:rsid w:val="00D75E1C"/>
     <w:rsid w:val="00DD5955"/>
     <w:rsid w:val="00E12AC5"/>
     <w:rsid w:val="00E14B83"/>
     <w:rsid w:val="00E24FE4"/>
+    <w:rsid w:val="00EE382D"/>
     <w:rsid w:val="00F00A04"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6147"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="53A8C93D"/>
+  <w14:docId w14:val="736ADBF7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A5128D90-BBDD-4657-9E6B-0EA0AE65898D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2494,59 +2152,63 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
@@ -2596,62 +2258,58 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E14B83"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E14B83"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-normandie-prevention@ars.sante.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ars.normandie.sante.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estelle.del-pino-tejedor@ars.sante.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2873,72 +2531,101 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>646</Words>
-  <Characters>3553</Characters>
+  <Words>652</Words>
+  <Characters>3589</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ARS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4191</CharactersWithSpaces>
+  <CharactersWithSpaces>4233</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BACHELET Sandrine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-14T09:20:50Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>6f68f139-bb3a-4246-a682-1eb283dee7a5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>